--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -34,192 +34,192 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 10:29</t>
-[...2 lines deleted...]
-    <t>SUB WOOFER B BUSTER BB-1515 15 POLEGADAS - CONE SECO</t>
+    <t>Lista gerada no: 28/12/2025 21:40</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA GOLDEN WAFFLE 2 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR SATELLITE - A-H6601 - 2.2 LITROS</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TRANSCODER PLAY GAME NTSC-PAL M    2V</t>
+  </si>
+  <si>
+    <t>PDP</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELITTE A-R05</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>F F MAXEEL TC-30 ( UNIDADE )</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>XENON HID KIT  (H-7) 10000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>F F TDK 8MM  (02UN)</t>
+  </si>
+  <si>
+    <t>TDK</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-10 / BIVOLT / PRETO</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RA-38 4 BANDAS - 2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BATEARIA CELULAR DR.HANK</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>DR.HANK</t>
+  </si>
+  <si>
+    <t>TRANSCODER P/PS2 PLAY GAME</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIG.BAK VHF/UHF BK-ANT182-IN</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL BAK VHF/UHF BK-ANT183-EX</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE ROADSTAR 12" RS-1230PW1 /3000W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>B-BUSTER</t>
-[...100 lines deleted...]
-  <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>OXIMETRO MORE-FITNESS MF-417 DEDO</t>
   </si>
   <si>
     <t>Oximetros</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
     <t>KIT XENON HID - HB-4 - 8000K - 9006</t>
   </si>
   <si>
     <t>CALCULADORA CASIO FX-82ES PLUS CIENTIFICA 2ND EDITION</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>ACCESORIO GO-PRO (AHBSH-001) BLACKOUT HOUSIN</t>
   </si>
   <si>
     <t>Acessorios p/GOPRO</t>
   </si>
   <si>
     <t>GO PRO</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO HERO  ( GLK5170   ) LENS</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-333 - PULSO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee363f69f749bf9df36d76429c2243d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63355df49d36ca02fad976d1b383b330.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54e7eefc31fc99c0198c8b09dc6d375d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3933371212ce8a317c9f11cf84d2119.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e61de0b84d98873aff691a650773d19.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cccf492d9b5ecdfb381e25b022181ef0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/531f25482450524c15b4c685a36dd40c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/226132292e74def4cfbb182b5fd51292.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c58fe9e6b8445bf01a7fe2562843f18.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c353f661d0cd55b1b6cf9f650671503f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57dcdf556c52c015711c305301697acb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9acea6318099a813517dea526ceea754.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b749a31a3a158f2304b4223e41bdce4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c4e593167213ace6ec315446f72ffbf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a559357797537f82a2b7a0cade634461.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376efd079376dbe7bec078e4799d169b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15cc03dceb53fccaca5886cc5f96da6e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38263e106a071171c396cddac785c4fc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb812247adef1d3c3c3088f4554470d0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4edb61d2fb367c6c9533d41a70e55880.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8158d925403c4cd0a0a67eb29b37d31c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d1afee36a3148c6953df85be5898958.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f3536143abcbb80a38b1d1226a8fb7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa3319c839699798f4d99faf311773b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f398ebee047a0ba051425d5ee9ab6a89.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d76a5b17e772a67856e1e2bc0763a5b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adf91ad901b9acb2f93328ae75118438.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a63909c0f760c83449ef811adf8d06e7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613c46a47d0c235d18a97bf4d4cfd8af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602bb39cd77c6dfc78af22a602766834.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb7a4da7fc50d5d65023546ffde6066.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f80e1f3c2e6764d5d014ea3a0c153e2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9254be0efa73c710a190b37fad3f006.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fd2786eaf953137989132d0b98b0c6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018e40445b9e3554c0e3ddfaad13348e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8bd07c12da67bab0fc96295cc659089.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2daaa23acb100d6b15323eff24938492.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c7aba281ed3689d1c92a3e4f200b53.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1793e732dfc0975e1ad7cefa1516a47a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4bcc7e09b77441fc9a74d4a568e86b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,94 +1153,94 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>162579</v>
+        <v>162142</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>29.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
         <v>168656</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>18.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
         <v>173445</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
@@ -1337,233 +1337,233 @@
         <v>26</v>
       </c>
       <c r="F9" s="3">
         <v>38.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
         <v>183864</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>185356</v>
+        <v>185714</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>185714</v>
+        <v>187411</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>8.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>187411</v>
+        <v>187879</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>2.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>187855</v>
+        <v>187886</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>187879</v>
+        <v>188081</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>39</v>
+      </c>
+      <c r="E15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>5.5</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>187886</v>
+        <v>188456</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>188081</v>
+        <v>189149</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>26.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>188456</v>
+        <v>189705</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>189149</v>
+        <v>189996</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>189705</v>
+        <v>190039</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
         <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>10.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>189996</v>
+        <v>190572</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>