--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 21:40</t>
+    <t>Lista gerada no: 28/12/2025 23:08</t>
   </si>
   <si>
     <t>WAFFLERA BRITANIA GOLDEN WAFFLE 2 220V</t>
   </si>
   <si>
     <t>Wafflera</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
     <t>UMIDIFICADOR DE AR SATELLITE - A-H6601 - 2.2 LITROS</t>
   </si>
   <si>
     <t>Umidificadores</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>TRANSCODER PLAY GAME NTSC-PAL M    2V</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8158d925403c4cd0a0a67eb29b37d31c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d1afee36a3148c6953df85be5898958.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f3536143abcbb80a38b1d1226a8fb7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa3319c839699798f4d99faf311773b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f398ebee047a0ba051425d5ee9ab6a89.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d76a5b17e772a67856e1e2bc0763a5b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adf91ad901b9acb2f93328ae75118438.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a63909c0f760c83449ef811adf8d06e7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/613c46a47d0c235d18a97bf4d4cfd8af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602bb39cd77c6dfc78af22a602766834.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb7a4da7fc50d5d65023546ffde6066.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f80e1f3c2e6764d5d014ea3a0c153e2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9254be0efa73c710a190b37fad3f006.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fd2786eaf953137989132d0b98b0c6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/018e40445b9e3554c0e3ddfaad13348e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8bd07c12da67bab0fc96295cc659089.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2daaa23acb100d6b15323eff24938492.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c7aba281ed3689d1c92a3e4f200b53.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1793e732dfc0975e1ad7cefa1516a47a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4bcc7e09b77441fc9a74d4a568e86b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed2306ac12e984b914e3d0eb7c9732c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00327a037c7d1a64eb8d32d31779cda.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b193fc926fb7721e875f28a9de1a501.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d695e446e70d1bff53bec9aae13db48.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9ed4019ce4fd88aeefcf92c35e4dc6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01befcbd2e8474fbed1c619eab1afec8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10d65c0983825acf36d17466700b77c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b60f26954932733bfcc6dfc5aadc87.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a58a6a32a0dbfec6a0695373c9d53aa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3f477fdb0f9e9b3fedd2ee094924e9f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a975765638ea197445eaa676780a65b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c244b2a796d4d44e5a413673d3a56de.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71ace9b3bba5df2ced88ecf55045b04.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb1a1abf1afdf50b0c878e2e6a4a001e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68cd48d2b97ec0eb9f5c03eb5241acc9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d9ce77061d7b95611dc3e349c45ee7d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d983463e3f3d44794bf0bfcf96d74d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/468a6d88076ac7be4d67b736ac7e766e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b2353ec4f3a201656ac9842f9941f0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5402282583bf6bd62f07ad7d540afb8b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>