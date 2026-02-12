--- v2 (2025-12-29)
+++ v3 (2026-02-12)
@@ -34,192 +34,192 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 23:08</t>
-[...14 lines deleted...]
-    <t>Umidificadores</t>
+    <t>Lista gerada no: 12/02/2026 12:21</t>
+  </si>
+  <si>
+    <t>MICROFONE PROSPER BO-618 COM E SEM FIO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>BATEARIA CELULAR DR.HANK</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>DR.HANK</t>
+  </si>
+  <si>
+    <t>TRANSCODER P/PS2 PLAY GAME</t>
+  </si>
+  <si>
+    <t>PDP</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIG.BAK VHF/UHF BK-ANT182-IN</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL BAK VHF/UHF BK-ANT183-EX</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE ROADSTAR 12" RS-1230PW1 /3000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>OXIMETRO MORE-FITNESS MF-417 DEDO</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 8000K - 9006</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX-82ES PLUS CIENTIFICA 2ND EDITION</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (AHBSH-001) BLACKOUT HOUSIN</t>
+  </si>
+  <si>
+    <t>Acessorios p/GOPRO</t>
+  </si>
+  <si>
+    <t>GO PRO</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO HERO  ( GLK5170   ) LENS</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-333 - PULSO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR WAHL 18 P�S   ORIGINAL  110V BRANCO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>ACCESORIO GO-PRO (GOPOLE GPLC-6)</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RA-18 4 BANDAS - 2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MOUSE SATELLITE A-33 USB PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>TRANSCODER PLAY GAME NTSC-PAL M    2V</t>
-[...119 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>ANTENA CAR ELETRICA SERA MODELO:101 12VOLTS</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 6000K - 9006</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - HB-4 - 10000K - 9006</t>
+  </si>
+  <si>
+    <t>SUPORTE PRA TV -LEVEL 32" / 52" LV-ST3256</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed2306ac12e984b914e3d0eb7c9732c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00327a037c7d1a64eb8d32d31779cda.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b193fc926fb7721e875f28a9de1a501.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d695e446e70d1bff53bec9aae13db48.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9ed4019ce4fd88aeefcf92c35e4dc6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01befcbd2e8474fbed1c619eab1afec8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a10d65c0983825acf36d17466700b77c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b60f26954932733bfcc6dfc5aadc87.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a58a6a32a0dbfec6a0695373c9d53aa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3f477fdb0f9e9b3fedd2ee094924e9f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a975765638ea197445eaa676780a65b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c244b2a796d4d44e5a413673d3a56de.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71ace9b3bba5df2ced88ecf55045b04.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb1a1abf1afdf50b0c878e2e6a4a001e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68cd48d2b97ec0eb9f5c03eb5241acc9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d9ce77061d7b95611dc3e349c45ee7d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92d983463e3f3d44794bf0bfcf96d74d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/468a6d88076ac7be4d67b736ac7e766e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b2353ec4f3a201656ac9842f9941f0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5402282583bf6bd62f07ad7d540afb8b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50911fdbaba6b334101208b4d5dcf948.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d856e1cbe9a2c24f149378ea8c58882.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164e01765483c62ebee809be2c991f71.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971e3002f63986ba4281a7c0b153b1d9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f2dd8e086d7ff68d4a493c7cc928eb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407943f5cb490e01475dd25bcc45fedf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb325eb8ae447b3c7ba5bbcbb292b25e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2bd8da7467f715c07e7a54220eaff29.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65d4bcbfab66ce144d876db574dc47.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fbfd2efe10c9ebc1cdc030eb085ddd7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db11f11c81f4f579a9550628481f962.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0696edd7a6b6ca5f51c17a4b9889d21a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b72176ee0f20da4debe7680be3b02ef.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8fc90d781636cbf1637726b2b8487e8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d9ce9a366764d8bb0a9b0729f6001ca.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a23b7ba6ea810b189063d71f9a0d787.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a17f9905c4358576fd9ef23d137f7cd1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0876357a34079fd28d1659a432719511.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fba2163ecc4aaf4bfb05525bf95a149.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57f6493b8842e661bf6b7647f349676.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1154,416 +1154,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>162142</v>
+        <v>185356</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>168656</v>
+        <v>185714</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>173445</v>
+        <v>187411</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>175647</v>
+        <v>187879</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>176958</v>
+        <v>187886</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>178297</v>
+        <v>188081</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>182843</v>
+        <v>188456</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>183659</v>
+        <v>189149</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>38.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>183864</v>
+        <v>189705</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>185714</v>
+        <v>189996</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>8.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>187411</v>
+        <v>190039</v>
       </c>
       <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>187879</v>
+        <v>190572</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>187886</v>
+        <v>190817</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>188081</v>
+        <v>192613</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>188456</v>
+        <v>193085</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>189149</v>
+        <v>193856</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>189705</v>
+        <v>196239</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>10.75</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>189996</v>
+        <v>196611</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>190039</v>
+        <v>196628</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>190572</v>
+        <v>197755</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>53</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>45.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>