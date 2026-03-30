--- v3 (2026-02-12)
+++ v4 (2026-03-30)
@@ -34,51 +34,60 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 12:21</t>
+    <t>Lista gerada no: 30/03/2026 12:40</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-10 / BIVOLT / PRETO</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
   <si>
     <t>MICROFONE PROSPER BO-618 COM E SEM FIO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>BATEARIA CELULAR DR.HANK</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
   <si>
     <t>DR.HANK</t>
   </si>
   <si>
     <t>TRANSCODER P/PS2 PLAY GAME</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
@@ -167,59 +176,50 @@
     <t>Radios</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>MOUSE SATELLITE A-33 USB PRETO</t>
   </si>
   <si>
     <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>ANTENA CAR ELETRICA SERA MODELO:101 12VOLTS</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>KIT XENON HID - HB-4 - 6000K - 9006</t>
   </si>
   <si>
     <t>KIT XENON HID - HB-4 - 10000K - 9006</t>
-  </si>
-[...7 lines deleted...]
-    <t>LEVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50911fdbaba6b334101208b4d5dcf948.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d856e1cbe9a2c24f149378ea8c58882.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164e01765483c62ebee809be2c991f71.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971e3002f63986ba4281a7c0b153b1d9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01f2dd8e086d7ff68d4a493c7cc928eb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407943f5cb490e01475dd25bcc45fedf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb325eb8ae447b3c7ba5bbcbb292b25e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2bd8da7467f715c07e7a54220eaff29.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e65d4bcbfab66ce144d876db574dc47.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fbfd2efe10c9ebc1cdc030eb085ddd7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db11f11c81f4f579a9550628481f962.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0696edd7a6b6ca5f51c17a4b9889d21a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b72176ee0f20da4debe7680be3b02ef.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8fc90d781636cbf1637726b2b8487e8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d9ce9a366764d8bb0a9b0729f6001ca.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a23b7ba6ea810b189063d71f9a0d787.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a17f9905c4358576fd9ef23d137f7cd1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0876357a34079fd28d1659a432719511.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fba2163ecc4aaf4bfb05525bf95a149.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f57f6493b8842e661bf6b7647f349676.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f99d176c89308a839fb2249ddc3543.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6918725998b27ecd63f034e8d3cce7c0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e9ff6ca1ecec6bb8e1bc2e44f3c81a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce8e1d07368d222144b8b968e5607d6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba0dd93651582c69c8dc292748597930.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c731d87e91c9ed4c81a785817a408a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80c117b89a081c3e3255c58a29b8f37a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d33de2cf5137006581a9feae463881.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d446fe65e8a806123e2528e25d8a66d5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26356c713799178477c5d2643b5235cf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e20132279449971dfc43c3e1d80d3fc3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8193c5cafb930a17679072ec4eab8059.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45a905489e35a6c09956cbd3b82d1ec.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712d342560acfd71692a2eea86bec4a5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c63d264273dcf55cb6fba68f340359.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898a2d688f603098cfd62390f18b2407.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391583db80e92dc1d109e8828367052d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9fb3040a28e5367aa7087ebc019414.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62932f9ffd5046c4506b36b6af2035d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/103e671bb081d6d4af61d90ee7562bc1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1154,416 +1154,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>185356</v>
+        <v>183659</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>185714</v>
+        <v>185356</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>187411</v>
+        <v>185714</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>187879</v>
+        <v>187411</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>187886</v>
+        <v>187879</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>188081</v>
+        <v>187886</v>
       </c>
       <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>188456</v>
+        <v>188081</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>189149</v>
+        <v>188456</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>189705</v>
+        <v>189149</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>10.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>189996</v>
+        <v>189705</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>190039</v>
+        <v>189996</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>190572</v>
+        <v>190039</v>
       </c>
       <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="F13" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>190817</v>
+        <v>190572</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F14" s="3">
-        <v>24.99</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>192613</v>
+        <v>190817</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>193085</v>
+        <v>192613</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>193856</v>
+        <v>193085</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>2.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>196239</v>
+        <v>193856</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
       <c r="D18" t="s">
         <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>23.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>196611</v>
+        <v>196239</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>196628</v>
+        <v>196611</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>197755</v>
+        <v>196628</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>45.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>