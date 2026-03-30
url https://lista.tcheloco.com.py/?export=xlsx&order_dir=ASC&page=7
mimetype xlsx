--- v4 (2026-03-30)
+++ v5 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 12:40</t>
+    <t>Lista gerada no: 30/03/2026 14:35</t>
   </si>
   <si>
     <t>ESPREMEDOR MONDIAL TURBO E-10 / BIVOLT / PRETO</t>
   </si>
   <si>
     <t>Espremedor /  Extrator de Frutas</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>MICROFONE PROSPER BO-618 COM E SEM FIO</t>
   </si>
   <si>
     <t>Fones/Microfones</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>BATEARIA CELULAR DR.HANK</t>
   </si>
   <si>
     <t>Celulares</t>
   </si>
@@ -242,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f99d176c89308a839fb2249ddc3543.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6918725998b27ecd63f034e8d3cce7c0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e9ff6ca1ecec6bb8e1bc2e44f3c81a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce8e1d07368d222144b8b968e5607d6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba0dd93651582c69c8dc292748597930.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c731d87e91c9ed4c81a785817a408a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80c117b89a081c3e3255c58a29b8f37a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d33de2cf5137006581a9feae463881.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d446fe65e8a806123e2528e25d8a66d5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26356c713799178477c5d2643b5235cf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e20132279449971dfc43c3e1d80d3fc3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8193c5cafb930a17679072ec4eab8059.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c45a905489e35a6c09956cbd3b82d1ec.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/712d342560acfd71692a2eea86bec4a5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4c63d264273dcf55cb6fba68f340359.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/898a2d688f603098cfd62390f18b2407.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391583db80e92dc1d109e8828367052d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb9fb3040a28e5367aa7087ebc019414.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62932f9ffd5046c4506b36b6af2035d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/103e671bb081d6d4af61d90ee7562bc1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b3a06b72336f4eefc70d66c64956f5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03aeeee7477929905f72510752ce23a2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6747b91b1b255a2b29b8cf3f58f400.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80c2701a34ae10661a9b356e6daa293.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0839618471481eb0f7aa1ac4e0d740b0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73b7cc58f987a465e8e44338bd17c0a8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c07c27e108d206f30250a6e48e8fc5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1983fa80feff52dbb9ac0691b30ca0c7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/942ba1a00a355912f1470f879c1c26f6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6175ecb704594cc5ce011b1c8ae78e7a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ea0c038bab826b4ede08529d83150bd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bc3d0b1628ef1b673d2b6224af8e6e9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2092f8c1d651dc26c51e10dc61aec621.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba529c537da091fb7be3385cde00271.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/331b152ce05dd7f7ab12461d7d17e1af.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4451957ee29d16d35fb1d6089dcee5bd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b50a35c9a716a756c27941d6aeb6eda.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99ad7c954efd9b1fdcb6cfce23596d17.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fccfce70e40ff557fd88143150730f43.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/118db925b77e4ee4410a70efca058335.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>