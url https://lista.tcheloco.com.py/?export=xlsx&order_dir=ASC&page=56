--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -14,215 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 01:17</t>
-[...11 lines deleted...]
-    <t>MULTIPROSSESADOR MONDIAL TURBO CHEF  MPN-01BF 220V</t>
+    <t>Lista gerada no: 14/02/2026 03:36</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE ECOPOWER EP-8106 20 WATS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>KIT TAPER DE PLASTICO STORAGE BOX 03-PECAS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>COPO  MATERO RODAX AR615 INOX P/MATE</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>RODAX</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  BRITANIA BFR25P  4.0L  110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CELULAR  IPRO F183S  3G/4G / (SOS)  / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>ASPIRADOR NAPPO NLAI-028 20L  / 1400W / 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA OKAMI OK9</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>OKAMI</t>
+  </si>
+  <si>
+    <t>SPEAKER MONDIAL SK-07 MONSTER  60W RMS / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ONIDA ON-115 / 1.8L / INOX / 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ONIDA ON-115 1.8LT INOX 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>SECADOR MEGASTAR SC-302  PARA VIAJEM 1000W 2V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FONTE PARA CAIXAS ECOPOWER EP-012V/1.5A/12V</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>FONTE PARA CAIXAS ECOPOWER EP-015V/3A  /15V</t>
+  </si>
+  <si>
+    <t>FONTE PARA CAIXAS ECOPOWER EP-016V/3A  /15V</t>
+  </si>
+  <si>
+    <t>SUPORTE PARATV -HC   32"/55" HC-8442  GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>HC PREMIUM</t>
+  </si>
+  <si>
+    <t>CAFETEIRA  MONDIAL C-44-SDI DOLCE DIGITAL   110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA APC PE63    6 TOMADAS</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MODELADOR DE  CACHOS ONIDA ON-057  - 2V</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR TITAN TH-444 3.5LT / BLUETOOTH / 110V</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>TITAN</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR TITAN TH-797  (3 EM 1) / 110V</t>
   </si>
   <si>
     <t>Multiprocessadores</t>
-  </si>
-[...127 lines deleted...]
-    <t>ONIDA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62365e2f180f7c41e288b9e46be742b4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1239d4b12dd2649c16c8157e3598def2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f4a261b09be001b59630fad2b8fd10e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17907f8bb2c8d55e0d86fe19b4f7f853.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dbf08d390b0d5864d1dd69c682b7e1e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b012cda48b0b34a1b5f0d4a1da47856.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f02734e5e036247749bfff3ca571729.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc1b4e24c980073ae41fd39ccb94ce66.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/475d3ee5fc001c7be5c153baa5e65642.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cb146872f9ab9b03d354fdcff83d34.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f53ebe74f8defcd7de2f3a85b2ec5d6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb8f23c2b98b927b194ed3ed12d87dd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1776288472bf777d828aa98efea12f87.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ea2e3ba21685b40f1614d44ebc4ce2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd2f57d75cf9bba78214c1853b7ae84.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39bc146894e112506c99b0fed7d7fe26.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e3d9e021a39d65db24afcffe595e048.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a57f8e422be238b1a2e778f6f6cbd9f1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5898dc11823cdadf7aee9ac0383fc66.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20ce8f220721ac2bdcbf52d6ebecd7a2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70543578024e2f64c2e3a912f95c59c9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc90f05ad5c14ab7012056f690be834e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7932806f6fef0e09653fdd8e0087600.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b09edc15c437fb8719f724b8958d99a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9000b35afe0874228a27a6f2260b0a1b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099b0298616ad4f15177497aea50f90a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ecbf10c441ef62ed2efd84b51ccac6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/623477d504219b606bc8bb6f8aa33652.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da4bb420e1c8d52e8982bcc02921a4d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18ba94a03efaba3934344d09e0ba6388.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e389dd59d16fc480d832501113987f95.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77c7cf9e2ea98cd6235362acbaa30118.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfaaa9c9bc09fc87ce88e85e3ba07baf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe1e6bf3b6ebcdccf50cd9b474f321f4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2440a4318799f093ad2762cc39f73b24.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b41f23ed8e63ece4ffca9fcdaa5bbe1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4e9b9d02d9a0bf16fae6757e938570.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f97ea74734f6fd531b0bc6f4a8540ba.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a354760f93da9e0d3a6612154a89dd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d9375ead070ba8fc36a57d906a8d9ea.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>499125</v>
+        <v>503266</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>39.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>499132</v>
+        <v>503303</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>68.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>499156</v>
+        <v>503402</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>3.3</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>499255</v>
+        <v>503518</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>10.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>499590</v>
+        <v>503570</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>41.0</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>499736</v>
+        <v>503600</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>82.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>499804</v>
+        <v>503679</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>25.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>499897</v>
+        <v>503822</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>9.75</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>499941</v>
+        <v>503952</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3">
-        <v>69.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>499958</v>
+        <v>503969</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" t="s">
         <v>33</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>89.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>500050</v>
+        <v>503976</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F12" s="3">
-        <v>3.1</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>500098</v>
+        <v>504027</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>500166</v>
+        <v>504034</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>500302</v>
+        <v>504041</v>
       </c>
       <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>140.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>500364</v>
+        <v>504065</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>500371</v>
+        <v>504157</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>6.5</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>500388</v>
+        <v>504317</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>22.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>500418</v>
+        <v>504416</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>500548</v>
+        <v>504454</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>500609</v>
+        <v>504621</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>23.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>