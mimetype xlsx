--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -14,191 +14,230 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 21:31</t>
-[...11 lines deleted...]
-    <t>ALISADOR  MEGASTAR GWB617 DISPLAY CERAMICA 2V</t>
+    <t>Lista gerada no: 31/12/2025 01:49</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER I12 / BLUETOOTH / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA S101   2.5L     COLOR</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>VENTILADOR PARANA PA-512    CAB.LOCA/  "  110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>PARANA</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV XH-2801 8"x2 RECARREGAVEL/USB/BLUETOOTH/MICROFONE</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>CARTAO MAGNETICO PARA FECHADURA SMART TAG KEY</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-36 CHROME PINK  110V/60HZ</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...5 lines deleted...]
-    <t>Automotivo</t>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE KK-2803</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>KIT XENON HID (HB-3) 4300K  (9005)</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO DOT 5TH / BLUETOOTH / WIFI / AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL PHILIPS AA 2500MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-650 BLUETOOTH / USB / SD / FM</t>
+  </si>
+  <si>
+    <t>Som</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-631 BLT/USB/SD/FM</t>
-[...89 lines deleted...]
-    <t>VENTILADOR  MINI REMAX F9  RECARREGAVEL 2V</t>
+    <t>CARREGADOR ECOPOWER EP-7027 2-USB  / 2.4 A / TYPE C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>SECADOR MOX MO-HD4001 4000W</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK SATEL A-KP12 17.0"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BATERIA +10  POWER ONE P10 C/06P (AP SURDEZ)</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>POWER ONE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MONDIAL AF-30I 3.5L  110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>TV 50" SMART LED  MTEK LED MK50FSAU 4K ANDROID</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>TELEVISOR SMART LED 58" MTEK LED MK58FSAU 4K ANDROID</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  MONDIAL AFN-80  8L  220V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO  MORE FITNESS MF-07 / RECARREGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +260,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c23edd513c605ad17b08e548f3338874.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ddb4a9b99e7d12aa380ab47636d7c5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383823db7ff7b8544df786e81848165f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d18e22bec1d38082639bc600ac1238.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3b7952ed02588e52e59e7dbf1e4bb99.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bca07e7fd7a78855595ea48bc0e3c688.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0db3ce293b55cd7d232ce012dab011a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17973d39dda9cb394876a7574485f7b3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d216667e001903f7245153ea9a10bf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae8622cc023626753619a0ce4894efc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e57fbf212fa719a68db97ef79cbe4b8d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95fc03f58a1064a37b19c25fca0a80d2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb95159201db50b7f1febb1e57207027.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3279454bdb4051f1ce5d84d57bebae.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a1212185558f8124d19515356dab16.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bca217997962c36329498bae0847fd5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e971c9fa2782a489ad1266c299900179.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b65524f727a1220147d836fa9705c04.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/663374fa5cd610f8aeb885a0fa3f541b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8514c2123cbdf2788a2e134af6f92482.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f20aea8335021c23c6288db7e2539254.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9753a0ad20201ada9702571d26468d4a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcbec4d325eca6cbedf55ab2bb8ed45e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b79fb7806189f2795554db4ff8d8da.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03c682bfe08b67abd88a268eef5d7b07.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124733d654304d56219479b716f4813c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f532968b6533f3f77ae64450cb516d4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b395a09531314dca0f4ad04e5b90d1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386bc187f4b0d31a0fcc2803b8a2a07e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50183fea77c9ff5e0fbab53d097ad9bb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23142876a37930db7481d139df264e11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa31d0ee1fa8877c75c73dd0f6e9ea0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da31556d4cbe74bb16743ba5a30da43.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d08e7ca793a215a82826cd940fb16d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2727b16f78a24d2a4fe0dbda682d7af3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e903121f7077b6fa8d18dd332a7bec9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b69fd6018f452a70d8497ca0b67e20.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6207df53617d2b5aeaaaa134aae8e9b4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08c523f043a67a841102699524f0b85.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c075adc03a4d4271b92b864bac522a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1171,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>488501</v>
+        <v>495448</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>35.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>488556</v>
+        <v>495561</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>488686</v>
+        <v>495615</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>488723</v>
+        <v>495684</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>488747</v>
+        <v>495721</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>488778</v>
+        <v>495769</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>488792</v>
+        <v>495950</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>488815</v>
+        <v>496018</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>29.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>488839</v>
+        <v>496049</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3">
-        <v>27.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>488853</v>
+        <v>496056</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F11" s="3">
-        <v>9.75</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>488907</v>
+        <v>496100</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F12" s="3">
-        <v>40.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>488914</v>
+        <v>496124</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>9.9</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>488945</v>
+        <v>496223</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>488969</v>
+        <v>496360</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="F15" s="3">
-        <v>50.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>489034</v>
+        <v>496513</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>489041</v>
+        <v>497022</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>489072</v>
+        <v>497077</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="F18" s="3">
-        <v>46.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>489140</v>
+        <v>497084</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>27.5</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>489430</v>
+        <v>497114</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>3.25</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>489454</v>
+        <v>497138</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>