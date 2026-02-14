--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -14,230 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/12/2025 01:49</t>
-[...2 lines deleted...]
-    <t>FONE DE OUVIDO PROSPER I12 / BLUETOOTH / BRANCO</t>
+    <t>Lista gerada no: 14/02/2026 03:41</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART BOCAL TC-E27 / WIFI / TF</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PLACA INDUCAO TUCANO TC-2200 / 2200W / 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>PLACA INDUCAO TUCANO TC-2200 2200W / 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA TUCANO TC-88 BARBA / RECARREGAVEL / DIGITAL / GOLD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA - CABELO / 8IN1 2V  TUCANO TC-8180</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>APARADOR DE PELO TUCANO TC-51 - PARA CACHORRO - RECARREG�VEL</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA TUCANO 8821   PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>ARMARIO DE TECIDO TNT 165CM / 105 / 45 / MARRO</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DECOTEAM</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV KOLKE  23" / 43"  KVS-588 GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>MOEDOR DE SAL E PIMENTA ECOPOWER EP-2998</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H158 BLUETOOTH / DIGITAL</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
+    <t>SECADOR TAIFF STYLE    2000W 110V / PRETO</t>
+  </si>
+  <si>
+    <t>TAIFF</t>
+  </si>
+  <si>
+    <t>MULTIPROSSESADOR MONDIAL TURBO CHEF  MPN-01BF 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP-G129 500ML / 3 XICARAS</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL TATOOLS / 12V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CARREGADOR PRA CARRO 12V - 24V XIAOMI CC06ZM 2-USB / 37W</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>PRENSA DE BANCO NHC-116</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>ASPIRADOR RECARREGAVEL NAPPO NLAH-121 / 2V / AZUL</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>ARMARIO DE TECIDO TNT 165CM / 105 / 45 / AZUL</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER APRO-12 / BLUETOOTH / ROSA</t>
+  </si>
+  <si>
     <t>PROSPER</t>
-  </si>
-[...148 lines deleted...]
-    <t>MORE FITNESS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -260,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f20aea8335021c23c6288db7e2539254.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9753a0ad20201ada9702571d26468d4a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcbec4d325eca6cbedf55ab2bb8ed45e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37b79fb7806189f2795554db4ff8d8da.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03c682bfe08b67abd88a268eef5d7b07.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/124733d654304d56219479b716f4813c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f532968b6533f3f77ae64450cb516d4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b395a09531314dca0f4ad04e5b90d1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/386bc187f4b0d31a0fcc2803b8a2a07e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50183fea77c9ff5e0fbab53d097ad9bb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23142876a37930db7481d139df264e11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa31d0ee1fa8877c75c73dd0f6e9ea0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da31556d4cbe74bb16743ba5a30da43.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3d08e7ca793a215a82826cd940fb16d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2727b16f78a24d2a4fe0dbda682d7af3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e903121f7077b6fa8d18dd332a7bec9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70b69fd6018f452a70d8497ca0b67e20.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6207df53617d2b5aeaaaa134aae8e9b4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08c523f043a67a841102699524f0b85.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c075adc03a4d4271b92b864bac522a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3767aa7463301353c4d6735d6660bc5a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1d930f9818798d8e0306fcd668ccceb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/981d2ac8a84c65907bf9880d21fce8e7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af72907862fa4b338f9bb7a7fd4173dc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51737bb35de2e587de478a9fac87fdc7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f285b4176709b52515dfbf2447aa2eb0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a544e77b20498669e9d2787e662d11a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c876ec7552a20836ed8f94c628ef245.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260f41f95434fc3768499d508a2d832b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32af67848cffa8c8ab23abb36fde5862.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb94dd22087aa2b56972a2e44dda4a1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40efcb5c2636a82b2c4501f0166c9b66.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10dd0998a223958858408a94b9da4e8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53d412c2d957ee475bf86c4e8162176e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96730664476e56a16b8a4b977122a0ba.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c88102c29afe201e3637d24204dee03c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e003557c76aa577529b373f3cc8e916.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e414582ea41fa7dc78942084e5f63a8e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf519763aee9822955d69d746379657.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf1c7c5672f0b2213f6ce8ecf34c5008.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1171,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>495448</v>
+        <v>498715</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>495561</v>
+        <v>498722</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>9.5</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>495615</v>
+        <v>498739</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>20.0</v>
+        <v>22.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>495684</v>
+        <v>498746</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>13.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>495721</v>
+        <v>498760</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>495769</v>
+        <v>498777</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>495950</v>
+        <v>498784</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>6.5</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>496018</v>
+        <v>498814</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>496049</v>
+        <v>498845</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>52.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>496056</v>
+        <v>499019</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>4.3</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>496100</v>
+        <v>499101</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>496124</v>
+        <v>499125</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>1.8</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>496223</v>
+        <v>499132</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>10.75</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>496360</v>
+        <v>499156</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>496513</v>
+        <v>499255</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>1.86</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>497022</v>
+        <v>499460</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>497077</v>
+        <v>499590</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>265.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>497084</v>
+        <v>499736</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>315.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>497114</v>
+        <v>499804</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>99.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>497138</v>
+        <v>499897</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>9.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>