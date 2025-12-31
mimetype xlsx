--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 21:31</t>
-[...14 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 30/12/2025 21:18</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO SATE A-DB01 PRETO  2V</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>BOLA DE FUTEBOL N�2 COLORIDA</t>
-[...14 lines deleted...]
-    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2129</t>
+    <t>CAMPAINHA SEM FIO SATELLITE A-DB03 BRANCO 2V</t>
+  </si>
+  <si>
+    <t>ESTABILIZADOR SATE A-VR42 1500W</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>LANT POLICE ECOPOWER EP-8360 5WATS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-094 TURBO PROFISSIONAL SILVER   2V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>ESCOVA COM SECADOR ONIDA  ON-1044     2V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR - CABELO VGR V-009  GOLD</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>PROSPER</t>
-[...95 lines deleted...]
-    <t>MANGOO</t>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>TECLADO - MOUSE SEM FIO MTEK KM-5197W BRANCO</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>BALANCA DE PISO ELETRICA  MEGASTAR   150KG  2V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR SPA-1277BT  USB / 1 MICROFONE /12"/ FM / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA MEGASTAR FMA10 - 12 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>BALANCA DE PISO ELETRICA  MEGASTAR   300KG  2V</t>
+  </si>
+  <si>
+    <t>Balan�as</t>
+  </si>
+  <si>
+    <t>LED  A PILHA 50-LED COLOR S9225M   /AAX2</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP- 7901  32W / EMBUTIR / QUADRADO / BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR PIZZERA PZ410 / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>CX NAKAMICHI SUB 8"  AMPL.NBF20.0A 650W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CHAVE FENDA  6X200MM S2929 (1 UNID)</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>SACA ROLHA MANUAL S321</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ECOPOWER EP1073 RGB    2V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>FONTE CAMERA CCTV 12V/40AMP</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e0146b61fad483affb17af8b13fbf14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc7b75a7cef87d8c87d0483e741716f9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea3b5481f464bd0972e5699a721d03bc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c82dbc6837194822b980a3eb48fb27ed.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bca799e0c130fee76894ed0916d8a2f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c170d055efed0168aaaba02aaa8160e5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c102c2bb332a2eaf1c00bab19e7716c7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ff29595267b718638a1738124110d62.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c05e4d2d9a69b39924a173aaa0099c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f43fadae442ac6829a91ccbab8c4ffe.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ce0e1c08b591a1c88ea71ba41034d39.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b477967c591b7a55bb4e5e430523684a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04210046883795de64b663758a9f4ad4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d73b7c3d69a40137f8c3c5d5f5e66797.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b7147437436288ae4d6d38b31c65e70.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2bf4d85a422c2fe0f4634f1fc7a68c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f216d5575807c36782b54c8f4d59d9cc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45591551a000cb168ef193e5ab5c2ac3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe5167fdb8ed2a954151af595056f7fa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eb112766a877b00bff5e68719644d4e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48cf2f37c6d31cb3f9ab32f1679ca47.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f231084412d7ff41d0122e40f32ccc12.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0db160280b189b69915db580d5c2b3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d34010ab1f08205a24b261aade12ae.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f40938e1769ea4af81f8c39e787e4e2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e5e45b1f7b217d331886e73abe274e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21262d1d0698bc27c50e281b31594b32.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3090c7a2b6f6a3d2cbdbaf72bf77b883.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/632c17a1da5d368838157b0a9a876dd3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be8f33ff1a8db6446811fd716b3db29.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a95000f3c0069ddba5b0d3721c5934e5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de59f6b1535c29744198f67bdf93959.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a4eca34a6a890b75689553759d39116.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422158e443fc2d9e2271d8f93155590b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b259d0f5d7f872bd17c694f79981ce.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b13a38b7fee83e64d1a24e4785f12ea.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd510c71f43a41b411da6cb755324fb8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5ad3da5cadab77eaf5517f72fb4e52.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1bb0316f4c58b8a43c5a22a8ed1770a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dea13035c65ce9ccf677096f02d33e7b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>486811</v>
+        <v>494441</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>20.0</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>486859</v>
+        <v>494458</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>486880</v>
+        <v>494465</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>2.75</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>486897</v>
+        <v>494496</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>487061</v>
+        <v>494526</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>487078</v>
+        <v>494533</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>487085</v>
+        <v>494557</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>487139</v>
+        <v>494571</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>487153</v>
+        <v>494618</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>4.7</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>487221</v>
+        <v>494625</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>24.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>487245</v>
+        <v>494632</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>487290</v>
+        <v>494649</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>487351</v>
+        <v>494663</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>487399</v>
+        <v>494700</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>19.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>487412</v>
+        <v>494731</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>487740</v>
+        <v>494748</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>487825</v>
+        <v>494939</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>46</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>17.5</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>488020</v>
+        <v>494953</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>16.5</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>488136</v>
+        <v>495097</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>488471</v>
+        <v>495165</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>11.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>