--- v0 (2025-12-30)
+++ v1 (2026-02-14)
@@ -14,200 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 12:53</t>
-[...11 lines deleted...]
-    <t>PILAO DE MARMORE S399</t>
+    <t>Lista gerada no: 13/02/2026 22:22</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB8880</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2529  USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO SATE A-DB01 PRETO  2V</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMPAINHA SEM FIO SATELLITE A-DB03 BRANCO 2V</t>
+  </si>
+  <si>
+    <t>ESTABILIZADOR SATE A-VR42 1500W</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-094 TURBO PROFISSIONAL SILVER   2V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>BALANCA DE PISO ELETRICA  MEGASTAR   150KG  2V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR SPA-1277BT  USB / 1 MICROFONE /12"/ FM / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>LED  A PILHA 50-LED COLOR S9225M   /AAX2</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP- 7901  32W / EMBUTIR / QUADRADO / BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR PIZZERA PZ410 / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>CX NAKAMICHI SUB 8"  AMPL.NBF20.0A 650W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CHAVE FENDA  6X200MM S2929 (1 UNID)</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>SACA ROLHA MANUAL S321</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...68 lines deleted...]
-    <t>MIXER BRITANIA BMX355P 350W INOX 220V</t>
+    <t>PROJETOR LASER ECOPOWER EP1073 RGB    2V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER I12 / BLUETOOTH / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA S101   2.5L     COLOR</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>BRITANIA</t>
-[...35 lines deleted...]
-    <t>PHILIPS</t>
+    <t>VENTILADOR PARANA PA-512    CAB.LOCA/  "  110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>PARANA</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV XH-2801 8"x2 RECARREGAVEL/USB/BLUETOOTH/MICROFONE</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>CARTAO MAGNETICO PARA FECHADURA SMART TAG KEY</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacf049233031ef9705714fea0a97786.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087de194f1aa126286ecf68aa37d3937.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ae4fb700834f1572e960d2e020a3b1f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a42d24ff4b15e38ced4d8f1e162262a6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33e5fea168cfe79f75fe2fed1a58cf3f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e52e435a7a7e1550c723e28d5a000f5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416a9afd6779d99d458a99944a1df37f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ea2b298fc4616f4a1a7175f46fb48f9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6495efdde065a5129ecd60a33d95682d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e0ed586075359335cdbc1295891d44e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f5044cd092af4ee63dd2ca28f6faa7b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477e35981578ad17c26d9791fd1a0669.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e39e0dc1367f76c1052d1b3c7eda80f1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efcdc20cc78fd7c4918b41394dac36a3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450448b5e30c75864dcdc836dfe0ea39.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b61472ad4b11a89d16476f42738cbd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7130016afafae863c5b12e2d6e21f3f7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d231962399da90cc7d028ffb96c6901f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d4277ec6f44ffc74f943f811e688a71.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb77d1042307ec5aadb48cc474376889.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23f7c04b524634eb4e6514e2bdcd2299.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107597159782497e07ee81213994bf15.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9303e78551056cc4e5f9950ea3c2e6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e087ea4985084d8b485dc0c4fbf4111a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b1df3141a000da855f6223d9b3ea0e2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382316771bd22cf24e6550d257d06def.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff7ac3dc1df46c953780d6706f9bfad.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5d9d3b73492a40abcd30d9e0059298.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b72802d24a19c6163579e94a3be6d43.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d99cbd2ecd383bbb2dc1d4778cba133.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c87d6e4b4b00aa43dc6f34ca19a0151.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6680fe69f85e7d1b7944104686069dd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73eb76add9fc76dcae386ee5cbfce0ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc14c3bea19dcfa30780bd97a7ccb3c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94fbe5d169118f34b3c37f9aaeb7f2b3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f06b86274996d294dc95d58ddc16984.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13295fe490723fd6d89bce2d57bb202c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1a8beeffb34b6eda00419f1f3294f7c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b1f72d23bcac26c097078c75e6e301c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd393c4a167afbc2236dfc9a5f3d11f0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>491426</v>
+        <v>494113</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>491440</v>
+        <v>494144</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>491501</v>
+        <v>494441</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>15.5</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>491563</v>
+        <v>494458</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>2.6</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>491587</v>
+        <v>494465</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>491730</v>
+        <v>494526</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>491747</v>
+        <v>494618</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>6.5</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>491860</v>
+        <v>494625</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>2.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>491976</v>
+        <v>494663</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>8.3</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>491983</v>
+        <v>494700</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>29.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>492010</v>
+        <v>494731</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>37.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>492034</v>
+        <v>494748</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>10.5</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>492171</v>
+        <v>494939</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>492324</v>
+        <v>494953</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>492331</v>
+        <v>495097</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>492348</v>
+        <v>495448</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>492409</v>
+        <v>495561</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>2.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>492492</v>
+        <v>495615</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>492607</v>
+        <v>495684</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>2.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>492669</v>
+        <v>495721</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>8.8</v>
+        <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>