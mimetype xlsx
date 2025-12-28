--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,176 +14,179 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 08:47</t>
+    <t>Lista gerada no: 28/12/2025 19:51</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RC928 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
   </si>
   <si>
     <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
   </si>
   <si>
-    <t>Seguran�a</t>
-[...1 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>WATERPIK WP-450W  110V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>WATERPIK WP-100E 220V ULTRA</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR MONDIAL L-26 POWER-2 2 VELOCIDADES  220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>TWEETER ROADSTAR RS-300T  1000W  (PAR)</t>
-[...2 lines deleted...]
-    <t>Drivers e Tweeters</t>
+    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - H1 - 6000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MONDIAL TURBO E-02 PRETO / 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>KIT XENON HID H1 - 10000K</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR Q/F/NAT 891 110V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA ONIDA ON-455 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
-[...52 lines deleted...]
-  <si>
     <t>KIT XENON HID H7 - 800K</t>
   </si>
   <si>
     <t>KIT XENON HID - H-1 - 8000K</t>
   </si>
   <si>
     <t>KIT XENON HID - H7 - 6000K</t>
+  </si>
+  <si>
+    <t>HD EXTERNO  TOSHIBA  001TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
   </si>
   <si>
     <t>MALETA NOTEBOOK A-KP50 15.4" SATELLITE</t>
   </si>
   <si>
     <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>BATERIA PHILIPS 9V ALKALINA</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO PROSPER K-1028</t>
   </si>
   <si>
     <t>Controles P/AR</t>
   </si>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aff0cab6ccecd828a9a9839486416003.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/447a997930ea5d996e63320aa0bf0153.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474813372566e54660ee2d2d75f8c5b2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fb98a67280f76d5bf5675892faf9e7e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af2a568b878d37bae610add49887b69.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbd8d7146da0af6929ca08a025034d33.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258047e271d9ca111063675655c316c5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc281221e9fe8ef870a3628810f3fe43.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa21041c53a4a7f8ec6d160f9929aa42.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dccb556398191bffbfae9d9410399cc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bb7a324f6201ee600501c09a54b812.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c987c595980ac98034c1c62e770c50.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa4fe575cc26ebba24c9f3617f3a002a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7213ad2008d2a28ba7d2d4784d99a54.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665b83286fecbc3664a03c68d586fda8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6892921c0a8e699d7821f1d17287bfd2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edeead460b4b2b8316c9038a0d26d77b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6b8a46502c59201f111c76cb11ae48c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3d0624a66b573a207a810dd943ed344.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f0b3a46ba4635e6d6d651a9e673b620.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2551016140eafcc72285043c8aba4c53.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc58a0ea9a013e5415665579eb5dd26.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7772fe91e1358988d1fa176a37f32f0e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f056f893f9bcf0630f2c4445f37541b2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd8352bcedda3cd27db166c4cd20d1c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/596858db438e89dfb84cbd1e26a73048.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2338ca403d59cdcdf2d33feb9319a50c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2098929481ea40ef12b00d72278f7590.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ab750b9a26531915fed54e813435d4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca83bfab6f96981507b58e3a4a178762.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a666e9165f56f1168250ac102dd7922b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa7da6229bee5a3b3f0dd9ba8146d432.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adab8d2943cbe6b148d530c518d51ed0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c233d00c8799a5e61e953f033bae309.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6760e179bec5f0832eb749afeec178e5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708a51d7d12f59e3ac7ed9db7f5f9deb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62a4d59a4c5d3c463ee1617718825f7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d974b83c41dc9f4a3f881432bb29cffe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b39932fd1a164ee9daae4be339025f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f225a1db95b4a1ed600b5f876fa40207.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1155,412 +1158,412 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>98625</v>
+        <v>98335</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>99974</v>
+        <v>98625</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="3">
-        <v>60.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>102230</v>
+        <v>99974</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>103268</v>
+        <v>102230</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>22.5</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>104005</v>
+        <v>103268</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
         <v>109284</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F7" s="3">
         <v>7.86</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>109406</v>
+        <v>111867</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>111867</v>
+        <v>113014</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>113014</v>
+        <v>113236</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F10" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>113236</v>
+        <v>113755</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>113748</v>
+        <v>114172</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>95.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>113755</v>
+        <v>114202</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>92.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>114172</v>
+        <v>115216</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>115216</v>
+        <v>117982</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F15" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>117982</v>
+        <v>121378</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F16" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>121378</v>
+        <v>122825</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>132930</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
         <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
         <v>133562</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
         <v>1.55</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
         <v>138826</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
         <v>4.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
         <v>139366</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
         <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>