--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -14,215 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 19:51</t>
-[...11 lines deleted...]
-    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
+    <t>Lista gerada no: 12/02/2026 10:45</t>
+  </si>
+  <si>
+    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - H1 - 6000K</t>
+  </si>
+  <si>
+    <t>Kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>WATERPIK WP-450W  110V</t>
-[...17 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>ESPREMEDOR MONDIAL TURBO E-02 PRETO / 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
-[...20 lines deleted...]
-    <t>KIT XENON HID H1 - 10000K</t>
+    <t>BEBEDOURO MEGASTAR 892 CALIENTE/FRIO/NATURAL - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
   <si>
     <t>BEBEDOURO MEGASTAR Q/F/NAT 891 110V</t>
   </si>
   <si>
-    <t>Bebedouros</t>
-[...8 lines deleted...]
-    <t>Sanduicheiras / Tostadores</t>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>KIT XENON HID H7 - 800K</t>
+  </si>
+  <si>
+    <t>KIT XENON HID - H-1 - 8000K</t>
+  </si>
+  <si>
+    <t>HD EXTERNO  TOSHIBA  001TB BLK 2.5"</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK A-KP50 15.4" SATELLITE</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BATERIA PHILIPS 9V ALKALINA</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE CASIO TEMP/UMEDAD ID-16S</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO PROSPER K-1028</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VIDEO MEMO ORANGE - OR-VM008 - ROSA</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>MICROFONE MEGASTAR DMH-355 COM FIO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>BATERIA DE  LANTERNA  POLICE  18650  1.500MAH</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ONIDA ON-113 / INOX / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
-[...59 lines deleted...]
-    <t>PACOTE</t>
+    <t>JARRA ELETRICA ONIDA ON-113 / 1.7LT / INOX / 110V</t>
+  </si>
+  <si>
+    <t>TELESCOPIO LAND &amp; SKY  STAR 36050  - MALETA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR   12" RS-1283    1400W</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2551016140eafcc72285043c8aba4c53.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfc58a0ea9a013e5415665579eb5dd26.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7772fe91e1358988d1fa176a37f32f0e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f056f893f9bcf0630f2c4445f37541b2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd8352bcedda3cd27db166c4cd20d1c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/596858db438e89dfb84cbd1e26a73048.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2338ca403d59cdcdf2d33feb9319a50c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2098929481ea40ef12b00d72278f7590.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95ab750b9a26531915fed54e813435d4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca83bfab6f96981507b58e3a4a178762.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a666e9165f56f1168250ac102dd7922b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa7da6229bee5a3b3f0dd9ba8146d432.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adab8d2943cbe6b148d530c518d51ed0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c233d00c8799a5e61e953f033bae309.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6760e179bec5f0832eb749afeec178e5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708a51d7d12f59e3ac7ed9db7f5f9deb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62a4d59a4c5d3c463ee1617718825f7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d974b83c41dc9f4a3f881432bb29cffe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b39932fd1a164ee9daae4be339025f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f225a1db95b4a1ed600b5f876fa40207.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b735f479fcc4bd33fb5f9e6192abbff2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ce2a4c67f3fcb1bfc0d17ad269da822.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a337916c387debf575b0e857bfd95091.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99f068ae38837c421817f986c80603.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85fbad335743579a0da3c0ddcce74b89.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da34128a67e6418599812e11f334eb5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1919762e2a6c05f91d8c25c8418f8f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6024f17f6fbaf691d86b32eaa86642d9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d31781e12f50ecdef2a507a49571d94.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7d5a6e0f4144f6a323f69d30984a90.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1717dac882c00afa6fb9cec3536221f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd4e99bddb3845356328a6699f096917.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/784c2492afda06fa1e8c9627e634114b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda97903a6beff9e35fa71a0bb6fafa0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4465c8b01f0b975576e535ee75fbf372.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60b9cb328f4c3f9382bfc4c7509f220.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da58f6a23fcd63804254cb80f21a0f43.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4439cbdd3e9233ded4ef441a61ac25c7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a2cc54ddeaaf071e24f67c79b3c44e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522397f28d935b639a5ef4171a400e85.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>98335</v>
+        <v>109284</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.6</v>
+        <v>7.99</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>98625</v>
+        <v>111867</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>99974</v>
+        <v>113014</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>60.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>102230</v>
+        <v>113748</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>72.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>103268</v>
+        <v>113755</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>22.5</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>109284</v>
+        <v>114202</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>7.86</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>111867</v>
+        <v>115216</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>113014</v>
+        <v>117982</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>113236</v>
+        <v>122825</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>50.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>113755</v>
+        <v>132930</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>92.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>114172</v>
+        <v>133562</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>114202</v>
+        <v>137089</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>115216</v>
+        <v>138826</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>117982</v>
+        <v>139366</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>121378</v>
+        <v>139557</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>122825</v>
+        <v>139595</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>132930</v>
+        <v>140058</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>133562</v>
+        <v>140065</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>47</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>1.55</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>138826</v>
+        <v>140140</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>4.6</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>139366</v>
+        <v>141505</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>