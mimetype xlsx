--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -34,123 +34,123 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 10:45</t>
+    <t>Lista gerada no: 30/03/2026 10:46</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-26 POWER-2 2 VELOCIDADES  220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>TWEETER ROADSTAR RS-300T  1000W  (PAR)</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
   </si>
   <si>
     <t>PILHA PANASONIC PALITO AAA 20 PILHAS - 4 PCS</t>
   </si>
   <si>
     <t>Pilhas</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>KIT XENON HID - H1 - 6000K</t>
   </si>
   <si>
     <t>Kit Xenon</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>ESPREMEDOR MONDIAL TURBO E-02 PRETO / 220V</t>
   </si>
   <si>
     <t>Espremedor /  Extrator de Frutas</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>BEBEDOURO MEGASTAR 892 CALIENTE/FRIO/NATURAL - 220V</t>
   </si>
   <si>
     <t>Bebedouros</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>BEBEDOURO MEGASTAR Q/F/NAT 891 110V</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR 12 POL RS-1280 1400W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>KIT XENON HID H7 - 800K</t>
   </si>
   <si>
-    <t>KIT XENON HID - H-1 - 8000K</t>
-[...1 lines deleted...]
-  <si>
     <t>HD EXTERNO  TOSHIBA  001TB BLK 2.5"</t>
   </si>
   <si>
     <t>HDs</t>
   </si>
   <si>
     <t>TOSHIBA</t>
-  </si>
-[...7 lines deleted...]
-    <t>SATE</t>
   </si>
   <si>
     <t>BATERIA PHILIPS 9V ALKALINA</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
     <t>RELOGIO DE PAREDE CASIO TEMP/UMEDAD ID-16S</t>
   </si>
   <si>
     <t>Relogio de parede e mesa</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO PROSPER K-1028</t>
   </si>
   <si>
     <t>Controles P/AR</t>
   </si>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b735f479fcc4bd33fb5f9e6192abbff2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ce2a4c67f3fcb1bfc0d17ad269da822.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a337916c387debf575b0e857bfd95091.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b99f068ae38837c421817f986c80603.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85fbad335743579a0da3c0ddcce74b89.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1da34128a67e6418599812e11f334eb5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1919762e2a6c05f91d8c25c8418f8f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6024f17f6fbaf691d86b32eaa86642d9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d31781e12f50ecdef2a507a49571d94.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7d5a6e0f4144f6a323f69d30984a90.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1717dac882c00afa6fb9cec3536221f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd4e99bddb3845356328a6699f096917.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/784c2492afda06fa1e8c9627e634114b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda97903a6beff9e35fa71a0bb6fafa0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4465c8b01f0b975576e535ee75fbf372.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b60b9cb328f4c3f9382bfc4c7509f220.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da58f6a23fcd63804254cb80f21a0f43.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4439cbdd3e9233ded4ef441a61ac25c7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a2cc54ddeaaf071e24f67c79b3c44e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/522397f28d935b639a5ef4171a400e85.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ecbc6ed48e1dcfa075cca7bac5184a9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c3f7d3196f89bb414f01c417f920fc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4151180867fd5ba5eec1fc96917a57ad.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42df57ff9a6d9dbe96c8e788cbf4d889.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7852da9c6c256ce7469fdfd42c1b672.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7505d6c20341adeed497eac2f4a563c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d47550dd0f1fbe0fc80037e187268b17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b12f42e32a2e9a63b88ea7c7fee8faec.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1557c8422791afa8d26a98546466195f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b857705b84350656356b192c070941d8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6cb3202708541adab4f6e52654d803b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84e3e557d687e0ce08f0de570207ec5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dfb20bb0740733dc15151a22ff84339.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf8d4480f6ae5dd8911024cafac1674c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a358aebf67c5806db021c12bee7536.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583f20cf0cecb1dd937ff87ee3568c4a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bceba933e3bbbc496599b07d50f712a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f684f56547794144714c343487cec246.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9801526399825a5ab0a7688972491ad.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b56514ec636f4d8b5cbb82cec315bc.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,247 +1147,247 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>109284</v>
+        <v>103268</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.99</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>111867</v>
+        <v>104005</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>113014</v>
+        <v>109284</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>17.0</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>113748</v>
+        <v>111867</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>95.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>113755</v>
+        <v>113014</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>92.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>114202</v>
+        <v>113748</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>25.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>115216</v>
+        <v>113755</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>117982</v>
+        <v>114202</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>122825</v>
+        <v>115216</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>50.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>132930</v>
+        <v>122825</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>50.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
         <v>133562</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="3">
         <v>1.48</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
         <v>137089</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
@@ -1425,133 +1425,133 @@
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>41</v>
       </c>
       <c r="E15" t="s">
         <v>42</v>
       </c>
       <c r="F15" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
         <v>139557</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
         <v>139595</v>
       </c>
       <c r="C17" t="s">
         <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
         <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
         <v>140058</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18" t="s">
         <v>48</v>
       </c>
       <c r="F18" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
         <v>140065</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>47</v>
       </c>
       <c r="E19" t="s">
         <v>48</v>
       </c>
       <c r="F19" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
         <v>140140</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
         <v>56.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
         <v>141505</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" s="3">
         <v>22.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>