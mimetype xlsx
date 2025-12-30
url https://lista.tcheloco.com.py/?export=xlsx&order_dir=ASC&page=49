--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,191 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 19:37</t>
-[...5 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 30/12/2025 11:24</t>
+  </si>
+  <si>
+    <t>TV 50 SAMSUNG 50AU7090 UHD SMART 4K</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA PS007  -  110ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV F604 / 605 / 606    6.5"</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>BATERIA CR2016 TOSHIBA  CARTELA  05 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  4"  STAGE2 424  150W / 25 RMS  2VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  6"  STAGE1 621  35W RMS 2 VIAS</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  5"  STAGE3 527  200W / 40RMS 2VIAS</t>
+  </si>
+  <si>
+    <t>TECLADO + MOUSE SEM FIO SATE 752G / ESPANHOL</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CAIXA DE DISTRIBUI��O ELEKTRON</t>
-[...107 lines deleted...]
-    <t>NAKAMICHI</t>
+    <t>CELULAR  BLU JOY 2.4  J012 / DUAL SIM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>CALCULADORA  MEGASTAR DS2780   - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD KINGST 256GB 100M/S</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z410 256GB (MINI) PRETO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>ADAPTADOR HDMI PRA VGA KOLKE KCA-429</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE PIE  MEGA STAR FAN2022  -  220V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR 1816A 3X1 - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL B-44 PRATICA   PRETA  220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>ABAJUR REMAX BLUETOOTH SPEAKER RBL-L3</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>REMAX</t>
+  </si>
+  <si>
+    <t>RADRIO RELOGIO CONTINENTAL 7915 /AM/FM/  50/60HZ 2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>RADIO RELOJ  CONTINENTAL 7909 / AM / FM / 50/60HZ  2V</t>
+  </si>
+  <si>
+    <t>RADIO RELOJ  CONTINENTAL 7928 / AM / FM / 50 / 60HZ 2V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ba66d8ef33415f32f1eb39abb6575e5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba098261fea0395dcc140ff11453b91e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b9d04b3a023c7733a0acd9167306b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6caa97211009b7d3ec16cd56a3a496af.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ecaa3243a9126cabdc49fd2c9fee62.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f89d6862c88ada8a77bcba1ce16e935d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/808b0f644331cacf2bef45db46995da8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58fb7f37bf96236d8adc93c55b114686.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6eb3344a41f601b6b27ab6f72a566d2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630491c875f76f3bd2a9663ad1446a06.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecbac880cf8649ec6df2b8547e432c11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f35546b427ed341f557e18b830eca84.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcef9ead0f68049380dbff264748b652.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c79552fa08ade18deba30ebcdf747ce.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95e943fd69a101d6366898ddd83abc0a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bb534f830d8932376de1407ad9b6460.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692ec6308888b5af26a138eb792b5670.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153ac0e0e092845abf00bfcd78493a00.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90bbba80967da18f3b6b4ed3d7b17353.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11831cf908c09719ee11f2fdbf81864.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f38eb882e7c60d520f0d6c3a72fb3e5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bcc425137a85432fc0e74fec686ad1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48f64b6aa54c9997e3da7530c536cf5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b666e5db7cd604c97bd69444fff8562d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c7d64fd5fed4b0ca01b0b437a741112.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/954625b3c069fffd8cb1bc06f59934a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b793b3e9063924e3e48e1ede0af783d5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4536ac5f446cc9ed91f04fc8af5b54.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2261c46a64aac1bb0a1b9bf3d31f79fd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1c9ac4a8030159639bd99c6d0f7583.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb56651a05e1b981c5515a9b35224e8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85eeaf78c54ab21061e34cf503797ab0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4656935d121105f7a6ac477446074ce7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2559497e9d5e7362600993a3a0b06024.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92af35006ff2f8851499146cde899024.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69d75a43328ea954c38ffe45603b4e84.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8066a2af8083130505d73b7260d99cf2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9c753c197f9419c6d724a86d9ce8dd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebd4b537a6efe36dda64d93a3e462e8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7a5eab3dd69780d43d4b9dcbcd6e35.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>481663</v>
+        <v>490399</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>339.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>481762</v>
+        <v>490566</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.8</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>481809</v>
+        <v>490634</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>481816</v>
+        <v>490696</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>481847</v>
+        <v>490733</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>23.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>481854</v>
+        <v>490771</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>481984</v>
+        <v>490795</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>1.5</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>482059</v>
+        <v>490931</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>482097</v>
+        <v>491037</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>2.0</v>
+        <v>23.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>482400</v>
+        <v>491044</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>1.9</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>482561</v>
+        <v>491068</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>102.0</v>
+        <v>23.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>482585</v>
+        <v>491075</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>482592</v>
+        <v>491181</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F14" s="3">
-        <v>23.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>482950</v>
+        <v>491235</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>28.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>483018</v>
+        <v>491242</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>41.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>483025</v>
+        <v>491273</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="F17" s="3">
-        <v>42.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>483032</v>
+        <v>491297</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="F18" s="3">
-        <v>49.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>483056</v>
+        <v>491327</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="F19" s="3">
-        <v>83.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>483087</v>
+        <v>491334</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>94.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>483100</v>
+        <v>491341</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>74.0</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>