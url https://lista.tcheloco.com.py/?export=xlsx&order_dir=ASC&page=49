--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,224 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 11:24</t>
-[...14 lines deleted...]
-    <t>Seguran�a</t>
+    <t>Lista gerada no: 13/02/2026 19:44</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER 1032/BLT/LED NATAL</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP-1031/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7050 TYPE-C /3.0A/20W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>ALISADOR BABYLISS ORIGINAL 4091TUZ     2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>BABYLISS</t>
+  </si>
+  <si>
+    <t>ESCOVA ALIS LADYLISS    2V</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER KOLAV F604 / 605 / 606    6.5"</t>
-[...38 lines deleted...]
-    <t>Informatica</t>
+    <t>PILHA RECARREGAVEL PHILIPS  AA 2500MAH 4 P�S</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CABO HDMI  1.00M</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>LED 10M COLOR MANGUERA S9150 /220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LED 20M COLOR MANGUERA S9160 / 220V</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV -UNITV S1 1G RAM / 8G /WIFI / ANDROID</t>
+  </si>
+  <si>
+    <t>Net</t>
+  </si>
+  <si>
+    <t>UNITV</t>
+  </si>
+  <si>
+    <t>MODULO NAKAMICHI NKTA750.5 5 CANAIS 3600W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBAR  PHILIPS BT3222 RECARREGAVEL  2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MEDIDOR PRESS�O DE PULSOECOPOWER EP-2731</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>CORTADOR DE LEGUMES 9 EM 1 GENIUS   S396</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>MATA-MOSQUITO ELETRICO ECOPOWER EP-8204</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE 12000BTU / 50HZ / C/KIT / Q/F</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>MICROFONE PROFESSIONAL PARA CELULAR SATE A-MK141 / TIPO-C</t>
+  </si>
+  <si>
+    <t>Microfones</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CELULAR  BLU JOY 2.4  J012 / DUAL SIM / PRETO</t>
-[...86 lines deleted...]
-    <t>RADIO RELOJ  CONTINENTAL 7928 / AM / FM / 50 / 60HZ 2V</t>
+    <t>CARREGADOR  ONLY TURBO - 2 USB - TIPO C -  4.4A -  BRANCO</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ONLY</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINETE PARALAMA TRASEIRO S9</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-CB7770</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f38eb882e7c60d520f0d6c3a72fb3e5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0bcc425137a85432fc0e74fec686ad1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d48f64b6aa54c9997e3da7530c536cf5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b666e5db7cd604c97bd69444fff8562d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c7d64fd5fed4b0ca01b0b437a741112.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/954625b3c069fffd8cb1bc06f59934a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b793b3e9063924e3e48e1ede0af783d5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4536ac5f446cc9ed91f04fc8af5b54.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2261c46a64aac1bb0a1b9bf3d31f79fd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae1c9ac4a8030159639bd99c6d0f7583.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb56651a05e1b981c5515a9b35224e8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85eeaf78c54ab21061e34cf503797ab0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4656935d121105f7a6ac477446074ce7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2559497e9d5e7362600993a3a0b06024.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92af35006ff2f8851499146cde899024.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69d75a43328ea954c38ffe45603b4e84.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8066a2af8083130505d73b7260d99cf2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b9c753c197f9419c6d724a86d9ce8dd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebd4b537a6efe36dda64d93a3e462e8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7a5eab3dd69780d43d4b9dcbcd6e35.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4162666de7fc7b23790dc538de4d8bf5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ada3e29c39179d576e2b21a029af13.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ef4da0099ff2f16a4c0985c44bb4c72.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fd3a3b4620726c0321514236c6a9b3a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53e8670b0e19975ce7536ec97f067733.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8dc5fc27199373dc77b02e62562eea.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98d27508d934d2a53c4e1a9d9eab7ce2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209693b7ab05ecfd6a6181fdb6b105c2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0db558336220e27352e1d634e27daccb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/514698c522a6cc1c6785167186f2fcbb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcf67ba74158991dbb93f5a7e4a1bba1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11c58ebb547a57551b6469b8ebf53b28.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b693c1253c29b66f36ad04c4d4d7fb5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18ae5b53b1234b82e0a2e907277aca9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fc015ec75aab26a5a4f99fb7132142.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ada648f73e3fd30ebe814b5e0286d73.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea931b0e8d8a8686363c76b1746f140.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9b93a3e1280bfba253199f93e12d52.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20c4319856c022eb3bd04de89a079ba5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2e2081dc0536b1e5911edf9ad490193.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>490399</v>
+        <v>492331</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>339.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>490566</v>
+        <v>492348</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.99</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>490634</v>
+        <v>492409</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>490696</v>
+        <v>492485</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1.06</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>490733</v>
+        <v>492492</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>23.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>490771</v>
+        <v>492669</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>490795</v>
+        <v>492706</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>33.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>490931</v>
+        <v>492737</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>491037</v>
+        <v>492744</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>23.9</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>491044</v>
+        <v>492997</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>4.9</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>491068</v>
+        <v>493017</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>23.8</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>491075</v>
+        <v>493178</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>18.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>491181</v>
+        <v>493239</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>491235</v>
+        <v>493284</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>32.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>491242</v>
+        <v>493352</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>491273</v>
+        <v>493635</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>24.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>491297</v>
+        <v>493741</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>491327</v>
+        <v>494007</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>491334</v>
+        <v>494069</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>491341</v>
+        <v>494106</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>61.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>