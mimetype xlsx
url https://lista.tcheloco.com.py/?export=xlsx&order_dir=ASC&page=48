--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,221 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 19:38</t>
-[...5 lines deleted...]
-    <t>Refletores Led</t>
+    <t>Lista gerada no: 30/12/2025 11:15</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-638 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>ANTENA P/TV DIG.HYUNDAI 400B ISDB (INTERNO)</t>
-[...17 lines deleted...]
-    <t>LAMPADA LED ECOPOWER 3915  06W/ARANDELA</t>
+    <t>RADIO CAR ECOPOWER EP-7015 BLUETOOTH / SD/USB/7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7017 BT/ SD/USB/7"</t>
+  </si>
+  <si>
+    <t>CAMERAIP ECOPOWER EP-C016 3MP BOCAL E27 WF</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DVR DAHUA  DH-XVR1B08-I  8CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>LAMPA LED  TASHIBRA SOBREP/36W/120CM/WH</t>
   </si>
   <si>
     <t>Lampadas Externa</t>
   </si>
   <si>
-    <t>LAMPADA LED ECOPOWER  3918  12W/ARANDELA</t>
-[...5 lines deleted...]
-    <t>Copos</t>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>BABA ELETRONICA MOTOROLA LCD 2.0" 2V  VM481      2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>LUPA MAGNIFIER  39251 70MM</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LUPA MAGNIFIER  39250 80MM</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE MTX  12" SUBWOOFER RTX128  8OHM SECO</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>MTX</t>
+  </si>
+  <si>
+    <t>VENTILADOR MINI REMAX F5 RECARREGAVEL 2V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>REMAX</t>
+  </si>
+  <si>
+    <t>VENTILADOR  MINI REMAX F9  RECARREGAVEL 2V</t>
+  </si>
+  <si>
+    <t>BATEDEIRA ECOPOWER EP-3063  / 500W  / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>CALCULADORA  HP 12C FINANCEIRA  (INGLES) GOLD</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>HP</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABE�A TUCANO T-6</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART TC-H135 / WIFI / HD</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA  IP TUCANO SMART TC-H140/WIFI/HD</t>
+  </si>
+  <si>
+    <t>FONTE NOTEBOOK TUCANO HXL-2022 2V  96W</t>
+  </si>
+  <si>
+    <t>Carregadores P/Notebook</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BRITANIA BCH06P PRETO  220V</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGA STAR WA892N QUENTE /FRIO/NATURAL - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
   </si>
   <si>
     <t>MEGASTAR</t>
-  </si>
-[...103 lines deleted...]
-    <t>WAHL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7eeab57f8ebbaca5f6b3be93fbcc12.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da814848d811e3964739524337da67e4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b282cc6dda37bc1865b12a500be57f3d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce26a2b35532cce179f8b33b091822c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4b0e842ebd5c7441f39639b0b07324a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a53588249abd36181614b8962d27be9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e82280a1f535613768251d7c98b1ea.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8766b33c9ef607a54c9e76f8e447c7d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79d5ac5c39f93e5ace8f1e80834cc1f1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d19cdd1bc4cd52996ad741bc1714c0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07446419d34e247e0d88c7fa9542cce.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010934fba2c3a7a6c6960bd6b8aa0140.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c95d11358524b4ea82756637ae40e61.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c78549ca6948f890219dd9b92c9b69cb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35e8febe7d3a8a8734aa4d0cd7f3cfe1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80fdf1ef6694fb8d360bab65274a35b6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25d7b75f7ccbc84eae3fc69e31a3b7e5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a683b7d4d39742654b593c2b3baf89e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d4a36ab7c7b3679e8f181abbca7f71b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d0fe0cc8acd0f2419923b32414e49b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69a6a2e6c70568ab23c8004ee3e58bc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b23f6325deb7d7c81ecea4e39d6a774.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1c2ea28911fc05652f6bb7624bb60b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87eba6120c8a0f7f825d0bb02a85680c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ae14d512bf9f7068e11c8ee00249f1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bcdbcdf52244dfddf5d37ca9a8ee7ee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cafe885793d67dde078a2740077b90c9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f6d1e6ea53aef30e4357d6c4461ba1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e4fa7280e41cc8df4d1b64c66c6bef.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f84b1a5873151ab66e41b5ab30ae36.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b3b2359bc13637cf9f5016ffd7e48a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c765d779da9a645ce173af416d4479.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85936627dce34455785abef3b09892ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17ee088488bc1ed9af2acd6c093be044.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4805e3abdd01dbf80bc689eff2960d5e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c9b1fb085afc60f1d051abfb85d1cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665abc16a7f2af4b6d6cbc37e9ae9ebd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f372ceded46f27ec99e11c99817c3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19bcf7f4fd4610da97ee5603eb625d6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea08d8e122685b720c09c23e7641921c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>480055</v>
+        <v>488792</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>480079</v>
+        <v>488815</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>480086</v>
+        <v>488839</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>480116</v>
+        <v>488853</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>1.48</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>480161</v>
+        <v>488907</v>
       </c>
       <c r="C6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>480192</v>
+        <v>488945</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>10.15</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>480307</v>
+        <v>488969</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>4.5</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>480352</v>
+        <v>489034</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>480406</v>
+        <v>489041</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>480437</v>
+        <v>489140</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>28.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>480581</v>
+        <v>489430</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>480642</v>
+        <v>489454</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>480840</v>
+        <v>489553</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>480901</v>
+        <v>489638</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>1.99</v>
+        <v>26.45</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>480918</v>
+        <v>489966</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>44.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>480932</v>
+        <v>490023</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>15.75</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>481441</v>
+        <v>490047</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>39.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>481458</v>
+        <v>490054</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>28.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>481540</v>
+        <v>490184</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>32.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>481649</v>
+        <v>490191</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>35.0</v>
+        <v>96.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>