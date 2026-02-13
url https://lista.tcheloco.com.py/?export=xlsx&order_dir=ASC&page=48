--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,212 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 11:15</t>
-[...5 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>Lista gerada no: 13/02/2026 19:44</t>
+  </si>
+  <si>
+    <t>ADAPTADOR HDMI PRA VGA KOLKE KCA-429</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE PIE  MEGA STAR FAN2022  -  220V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR 1816A 3X1 - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL B-44 PRATICA   PRETA  220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>ABAJUR REMAX BLUETOOTH SPEAKER RBL-L3</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>REMAX</t>
+  </si>
+  <si>
+    <t>RADRIO RELOGIO CONTINENTAL 7915 /AM/FM/  50/60HZ 2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>RADIO RELOJ  CONTINENTAL 7909 / AM / FM / 50/60HZ  2V</t>
+  </si>
+  <si>
+    <t>RADIO RELOJ  CONTINENTAL 7928 / AM / FM / 50 / 60HZ 2V</t>
+  </si>
+  <si>
+    <t>SECADOR  TAIFF EASY  1700W 220V /PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TAIFF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - HC   37"/70" HC-546T  FIXO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>HC PREMIUM</t>
+  </si>
+  <si>
+    <t>WAFFLERA ALLWIN AL-SW288W           110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PC HUB ECOPOWER EP-R012 USB  / 7-USB</t>
+  </si>
+  <si>
+    <t>Hub</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-7015 BLUETOOTH / SD/USB/7"</t>
-[...77 lines deleted...]
-    <t>CALCULADORA  HP 12C FINANCEIRA  (INGLES) GOLD</t>
+    <t>SUPORTE PRA TV LUO  10"/55"  LU-502  GIRATORIO</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV LUO    26"/ 65"  LU-504 / FIXO</t>
+  </si>
+  <si>
+    <t>KIT COZINHA KITCHEN WARE  S-262 / 03 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 8 70-12</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
-    <t>HP</t>
-[...32 lines deleted...]
-    <t>ELETRODOMESTICOS</t>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>CAMERA CAR (DVR) SATE A-DVR053  4.0"(3-CAMERAS)</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CREME CANNA DE CANNABIS CBD 75G</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOBA</t>
+  </si>
+  <si>
+    <t>MIXER BRITANIA BMX355P 350W INOX 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>BEBEDOURO MEGA STAR WA892N QUENTE /FRIO/NATURAL - 220V - PRETO</t>
-[...5 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>PROJETOR  -LED NATAL ECOPOWER EP-1034</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +257,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f69a6a2e6c70568ab23c8004ee3e58bc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b23f6325deb7d7c81ecea4e39d6a774.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1c2ea28911fc05652f6bb7624bb60b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87eba6120c8a0f7f825d0bb02a85680c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ae14d512bf9f7068e11c8ee00249f1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bcdbcdf52244dfddf5d37ca9a8ee7ee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cafe885793d67dde078a2740077b90c9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f6d1e6ea53aef30e4357d6c4461ba1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e4fa7280e41cc8df4d1b64c66c6bef.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f84b1a5873151ab66e41b5ab30ae36.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b3b2359bc13637cf9f5016ffd7e48a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c765d779da9a645ce173af416d4479.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85936627dce34455785abef3b09892ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17ee088488bc1ed9af2acd6c093be044.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4805e3abdd01dbf80bc689eff2960d5e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c9b1fb085afc60f1d051abfb85d1cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665abc16a7f2af4b6d6cbc37e9ae9ebd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001f372ceded46f27ec99e11c99817c3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19bcf7f4fd4610da97ee5603eb625d6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea08d8e122685b720c09c23e7641921c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a921ac0c2134ca980f0a18a904ae44.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271077ce3fe8f1e232f0bb1fd10df476.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3192fa1e5e199c19facb4273dd723ce8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/630615a009b217971b2aa6d0fce54881.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa8b3f22f6dc46ab8fe6b26cdb50a85.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca56409deae142e04bf7638fa0b3f3f8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f68fabcc5a33954a1f42200c1f120ec6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b13cd351077070b2a537d690849152.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/051697421756b891d82b89ef4f1450a8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a405d458ece23564d1e390848fc6604.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22d332b034d3b712a335ac64b98905f3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceaa188f65a1b2fa0f542c3393487952.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3576b45c9b1f0fd263c1bb5ac7da6f36.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1676985d7ab391fca95d6f7e6e00d9b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40647865b1e9f6139845b339e01f9126.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ecd181e0e2ae62df4ce39b7c3c52172.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151814d1d57c05c29d416050828a2612.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9ceb546e53828f33c7091f4510d418a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93e2b3455f4ca349ffbad9bab4177880.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/221518455389d1f211db00f6c8feb1b3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1168,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>488792</v>
+        <v>491181</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>488815</v>
+        <v>491235</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>28.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>488839</v>
+        <v>491242</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>27.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>488853</v>
+        <v>491273</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>9.75</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>488907</v>
+        <v>491297</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>40.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>488945</v>
+        <v>491327</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>488969</v>
+        <v>491334</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>50.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>489034</v>
+        <v>491341</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>2.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>489041</v>
+        <v>491358</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>3.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>489140</v>
+        <v>491426</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>28.75</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>489430</v>
+        <v>491501</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>3.25</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>489454</v>
+        <v>491587</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>489553</v>
+        <v>491730</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>489638</v>
+        <v>491747</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>26.45</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>489966</v>
+        <v>491860</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>9.8</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>490023</v>
+        <v>491976</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>38.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>490047</v>
+        <v>491983</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>38.0</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>490054</v>
+        <v>492034</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="F19" s="3">
-        <v>10.75</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>490184</v>
+        <v>492171</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="F20" s="3">
         <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>490191</v>
+        <v>492324</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>96.0</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>