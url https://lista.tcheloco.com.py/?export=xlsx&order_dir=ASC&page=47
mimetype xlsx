--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,203 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 09:47</t>
-[...2 lines deleted...]
-    <t>MULTIMETRO DIGITAL DT-830D</t>
+    <t>Lista gerada no: 13/02/2026 18:14</t>
+  </si>
+  <si>
+    <t>VENTILADOR  MINI REMAX F9  RECARREGAVEL 2V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>REMAX</t>
+  </si>
+  <si>
+    <t>BATEDEIRA ECOPOWER EP-3063  / 500W  / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CALCULADORA  HP 12C FINANCEIRA  (INGLES) GOLD</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>HP</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABE�A TUCANO T-6</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART TC-H135 / WIFI / HD</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA  IP TUCANO SMART TC-H140/WIFI/HD</t>
+  </si>
+  <si>
+    <t>FONTE NOTEBOOK TUCANO HXL-2022 2V  96W</t>
+  </si>
+  <si>
+    <t>Carregadores P/Notebook</t>
+  </si>
+  <si>
+    <t>X-POWER</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BRITANIA BCH06P PRETO  220V</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGA STAR WA892N QUENTE /FRIO/NATURAL - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER  ECOPOWER EP-2526</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>TV 50 SAMSUNG 50AU7090 UHD SMART 4K</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA PS007  -  110ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MOUSEPAD SATE A-PAD031 BLK 30X80CM</t>
-[...2 lines deleted...]
-    <t>Mouse</t>
+    <t>SPEAKER KOLAV F604 / 605 / 606    6.5"</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  4"  STAGE2 424  150W / 25 RMS  2VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  6"  STAGE1 621  35W RMS 2 VIAS</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  JBL  6X9 STAGE1 9631 60WRMS  3VIAS</t>
+  </si>
+  <si>
+    <t>TECLADO + MOUSE SEM FIO SATE 752G / ESPANHOL</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>SELADORA A VACUO PORTATIL  110 - 220 / 50 - 60 Hz</t>
-[...113 lines deleted...]
-    <t>RADIO CAR ECOPOWER EP-7017 BT/ SD/USB/7"</t>
+    <t>CALCULADORA  MEGASTAR DS2780   - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD KINGST 256GB 100M/S</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z410 256GB (MINI) PRETO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b9ab96c7784b862cd8a6acb718af8a7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ee9fabbb9ea6a21540882489427d04b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d8382221168d541e5b818a4340b6491.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80485832bd170f8401488803fcbcf586.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145603408667dcc2530a9dc0a7ea46e8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/734321cbd26b13fd48e906ade4b087f7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38c0d430b7cb355eab2d5bb22a50ca2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b2c39cff6bed17d81b6e0538bb26f7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a206fee87b9cecc6cca7afdc680a290.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20dba472f4f23e9cb0323d4b6f657f0b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c82afd8e657bb06356722cfb14b46e67.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf3f2d79878a5b2692c64e8583958cb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582dd95e5db990932de65853f81705d5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4d3ce959291fcc30a5b918d6492730d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/733e5a2cbc51c24b49d6a957dc359e7a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c0d4bf5a02c37d704e18a06584fcc80.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f8526d6db047585e296c2deec72263.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e94a702dae9f6bd2fb458426c49f9cb0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e478a25cd09f256d1f4a977c809a76f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9903173fdecbf95cba04855a5beeea07.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffbaa998d8d7a1485bfc7ecbbc2e8fce.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279e5c7a755ae179e68dcb41f82b8241.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b55a353caffc624867a54d75783933e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d3f6ba2b6894735e506677411c7d119.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a61a4b1f936e693ca291fac96aedae.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f0836fc04e9173b72a862072583acfd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3443689014e79c8940f24c175bb2cd3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2136a022ca54d1eac00946f897814a5d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abdefd794d91de6c7e820fd86da02cd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae639b172e83fc507fc4dc76d5537f3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500216733be475ae9a2b04ee30a3ed3c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/796c6fd80d53b6619fc813c7725aeb82.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dfb4544ed0d1470136ae41d6f35969b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1b48c9c89ad5ce1b94aa24a76487b01.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246ac23c86dbc480cb575f71c9a02006.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbb6f7223c2dddb6d4df2bcadbf66d2c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b74552e7c10fe70a791e86910baeaf1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6333946113cf035ef1725e69f26c902c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c635bcef0f9d0d75d88ccb870fb2f577.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208807d220c7de2ab04ef8ccd5e493ee.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>487139</v>
+        <v>489454</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>487153</v>
+        <v>489553</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.7</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>487245</v>
+        <v>489638</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>26.45</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>487290</v>
+        <v>489966</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>487351</v>
+        <v>490023</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>487399</v>
+        <v>490047</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>487412</v>
+        <v>490054</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>27.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>487740</v>
+        <v>490184</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>2.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>487825</v>
+        <v>490191</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>488020</v>
+        <v>490290</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>16.5</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>488136</v>
+        <v>490399</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>339.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>488471</v>
+        <v>490566</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>488501</v>
+        <v>490634</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>35.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>488594</v>
+        <v>490733</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>31.5</v>
+        <v>23.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>488686</v>
+        <v>490771</v>
       </c>
       <c r="C16" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" t="s">
         <v>43</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>488747</v>
+        <v>490788</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>488778</v>
+        <v>490931</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>488792</v>
+        <v>491044</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>488815</v>
+        <v>491068</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>488839</v>
+        <v>491075</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>27.0</v>
+        <v>22.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>