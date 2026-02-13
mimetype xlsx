--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,200 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 08:11</t>
-[...14 lines deleted...]
-    <t>Termica</t>
+    <t>Lista gerada no: 13/02/2026 16:40</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL SUNLIGHT 19518 / 12V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CABO USB - TIPO C ECOPOWER 6020 / 1M</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ALISADOR BABYLISS ORIGINAL OPTIMA 3100 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>BABYLISS</t>
+  </si>
+  <si>
+    <t>TRIPE PRA MICROFONE P-5603  UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MALETA NOTEBOOK (NILON) 17.0" SOUDELOR</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>GARRAFA TERMICA  SPORTS EMBORRACHADA    500ML</t>
-[...107 lines deleted...]
-    <t>CABO USB - TIPO C ECOPOWER 6020 / 1M</t>
+    <t>MALETA PARA NOTEBBOK (NILON) 15.6" SOUDELOR</t>
+  </si>
+  <si>
+    <t>CD-R RIDATA TUBO PARA IMPRESS�O 100</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>RASTREADOR GPS VOYAGER VR528 GSM / 12-24V</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ELECTROBR EBVC-01 / 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR SATE  AMP-40  BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR -SATE   AMP-41  BLUETOOTH / TIPO-C</t>
+  </si>
+  <si>
+    <t>BALANCA COZINHA BIGSTAR BS-400  10KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>CAMERA CAR (DVR) SATE A-DVR051</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>CAMERA CAR (DVR) SATE A-DVR052</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V ECOPOWER  EP 7032  1-USB 1-TC</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MORE FITNESS MF-05NB 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>BOLA DE FUTEBOL N�2 COLORIDA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>BOLA DE FUTEBOL N�5 COLORIDA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2129</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO  PROSPER  P-1906</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aafbfbd553c8348980dc4e83cd0b5eb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4ec6919346423ddbd5a317a95027743.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39462d02d51f10b47d1acd4faf2a6f8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa88a22a7b4221c0012a416febf2310.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e89c7b01228cc2c872d40ad0f9dba759.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97994da35fc4e55e3d886531d8460a3d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b1c9c3f231b8d70fabdcb014fc0c2d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10b2b3b2a844438c905ac8a724e0cfd8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d24419479936502362f0968fc2178a2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf025b3f1143c1867a3cceb52484c0a3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c1fe3c71a9de5eecb5544509f06ec25.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a344cadd038ef6b2de1ae11278927f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9000db2773296960ba7defc889cf324b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bb1291e66f04e71cc2f3f67863c979c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db121a1f9858da8b61164e2e24d415c9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b0d690dd585cc8e8c138eb9a678325.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800b2cc83c4c0f4ed5f7eeebbf7802f1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b68eb6f7e3eddc73bc3de46dd1a55b2f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae178c95e265b5d5a6db7351ce9f608.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf0738c8e141bbc13c36192d59194f3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e859951b29ddc97d5bc311168c8d048.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b72ff1fd6e2acdf62d35fd8b69a6c821.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97a7e3ed50c539fdfc7eecabd53172.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f600a1301a8b88f6776dc5c794fff636.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24aa1da0c4cdecd75fa4d7c3e24e895b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54dabb6f18e5ae69fddc3bbdcf508069.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f5ca25fe4d71a8a39e8ccc6252037b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70d646d00fc8df75c2aa3d5a9aa3e89d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0393d081292764533b73d59c9549b39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7084b74d6d6ea47daae7dc10ba7655da.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/032288e5c8615ba40b5b1ec385ed961a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9011bc14663202f9acc3a3cec2e48180.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a736b200b5a67314edccc3d872c5860.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9255278dd90a03fa3939cded1775ada5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04df87f029b0f16bbbd59402034e2ef.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d28181d8425affdf59d95a4880b48d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e497e97ef2887da1f602a08c3d790fc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4854eacc7f9632c97a98bb00ae508688.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aab233a94b8d4b2b69cf58f4a063864d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a9a25682685664d494f0b46b9847019.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>483384</v>
+        <v>485401</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>483919</v>
+        <v>485449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.5</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>483926</v>
+        <v>485456</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.2</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>483933</v>
+        <v>485463</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>4.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>483940</v>
+        <v>485678</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>483995</v>
+        <v>485685</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>11.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>484008</v>
+        <v>485975</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>12.75</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>484084</v>
+        <v>486033</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>484244</v>
+        <v>486040</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>13.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>484251</v>
+        <v>486064</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>484657</v>
+        <v>486071</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>1.15</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>484763</v>
+        <v>486446</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>350.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>484909</v>
+        <v>486699</v>
       </c>
       <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>39</v>
+      </c>
+      <c r="E14" t="s">
         <v>33</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>68.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>484916</v>
+        <v>486705</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>85.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>485012</v>
+        <v>486781</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>9.5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>485180</v>
+        <v>486811</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>32.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>485289</v>
+        <v>486880</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>38.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>485333</v>
+        <v>486897</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>485401</v>
+        <v>487078</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>485449</v>
+        <v>487085</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>1.8</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>