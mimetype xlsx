--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,197 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 04:33</t>
-[...5 lines deleted...]
-    <t>Termica</t>
+    <t>Lista gerada no: 13/02/2026 13:40</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M203</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>ALTO FALANTE  ROADSTAR RS-6908   6X9  400W  (200WRMS)</t>
-[...20 lines deleted...]
-    <t>SUPORTE P/TV ONIDA ON-008 32/75" GIRATORIO</t>
+    <t>FERRO BRITANIA BFV2000P CERAMIC / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO A21 MINI / DUAL SIM / 4B / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F183     2CH/4B/ (SOS)     /PRETO</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS982            8DIG.</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>TELEFONE INTELBRAS TS-2510 BIN/PRETO/6.0/2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>INTELBRAS</t>
+  </si>
+  <si>
+    <t>TV 24 HYE HYE24DTHG   / HD  /DIGITAL</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR  -MINI SUPER LIFE XF-69</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>SPEAKER JBL FLIP 6 BLUETOOTH/ BLACK</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA OKAMI OK12 1200MT</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>OKAMI</t>
+  </si>
+  <si>
+    <t>TAPA BOCA KF94    ( 10-PCS ) DESCARTAVEL/BRANCA</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2450BT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>RADIO CAR BOOSTER  FM/USB/BLT/BMP-2400BT</t>
+  </si>
+  <si>
+    <t>FONTE 110/220 AA50E</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
-    <t>ONIDA</t>
-[...38 lines deleted...]
-    <t>MAQUINA ECOPOWER EP-390  2V</t>
+    <t>MEDIDOR PRESSAO ARTERIAL DR HOUSE 3005-1  PULSO PORTATIL</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8353</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DVD CAR NAKAMICHI NA2300 6.2"BLT/USB/C.R</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>MAQUINA CORTAR CABELO E BARBA SPARX OFERTA AAX2</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>MAQUINA ECOPOWER EP-391  2V</t>
-[...41 lines deleted...]
-    <t>VOYAGER</t>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>LEITOR COD. BARRAS ZKT  ZKB103 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>ZKT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/032fdf4b73322649890037b4c8fb8589.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73d0c0ebf33eca641b880d190d0131af.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a1ca0f9c729d5e6b76b40a2aacc55f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df3b62eb095e3dac5de79a7a20c3267.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93814c6b6d9afcd458d4c79817dedfee.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bebec819a64be5296cab3442f535f4c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c10c563175051298cd9cd925961191aa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0092b1e8b4066d20758a660ab5c984d3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4018dbf844b442ea220a16cbbf705dbe.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2c0445cde144b79a8fb657e565ec57c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdef0bf13c8e1458ab3104b2597944c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c54e67d11791ed2173cfcfc4f1fbac.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4b0d1720b42017a8f81e81df22e78e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d877b291017a9957cc0436d6889c924.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b625e1bd1384866dd9d41bbb072b277.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6158ae6042033ce57ad3f5e153f392f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ae86212cc0e2548e8c7ccf940b6f95a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cc7239827611ea256c7439d63e0d7a3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/553dd9b64e8da789d0923ed02fc45c65.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84f15110099e2d5af25f7bd08d07dc90.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4886d7dedef1fb9608309bafa1c9b804.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8661894667991ccb4190abf3afb852e3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df857a38aaa3738368223366effac615.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa1de96ea4f3d5c3f30fece4b542945e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef83e937f331b48afcada40944c15370.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b271ac6fbbb4ef8eb1cb86d89a9e7700.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9722e43cba14170bac5cf0ad9b9dab4d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac414b7f6d30ca637c74719ca1d4d98.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098cf213ccf0a137a18093384a7b10b3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4431b226e728315b38ea0291d9b40bc0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15a79a680d8aa92f486604b842b4f31d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590b452399b0508234b0522a76e57e11.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4ef64919823383209624bd61d420e72.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd12e3a9a096badb5062f30ee53276c4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e56ba8c558dcfa7c65ffa54604dcfa7f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f61e82858b9081ec01a170950167ddb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b70244e4eabf4f1eb6ced2f02e4529f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cddb41096a6545f648c475d8d2029dd1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acdb81779c7605bbaeb2e5b2f2c7df2e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd32acae098ba54828ab1554b14c1ef7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>475662</v>
+        <v>478328</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>475716</v>
+        <v>478625</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>18.9</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>475723</v>
+        <v>478854</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>475747</v>
+        <v>478861</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>475808</v>
+        <v>478922</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>476164</v>
+        <v>479004</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>476171</v>
+        <v>479042</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>38.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>476201</v>
+        <v>479066</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>476409</v>
+        <v>479158</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>476485</v>
+        <v>479172</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>476560</v>
+        <v>479189</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>476591</v>
+        <v>479202</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>476607</v>
+        <v>479226</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>476614</v>
+        <v>479233</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>476850</v>
+        <v>479387</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>3.95</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>476973</v>
+        <v>479431</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>15.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>476980</v>
+        <v>479479</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>476997</v>
+        <v>479516</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>477468</v>
+        <v>479578</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3">
-        <v>0.98</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>477482</v>
+        <v>479585</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>42.0</v>
+        <v>35.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>