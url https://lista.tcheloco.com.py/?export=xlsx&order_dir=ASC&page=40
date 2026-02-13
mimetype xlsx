--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,200 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 03:58</t>
-[...5 lines deleted...]
-    <t>Termometros</t>
+    <t>Lista gerada no: 13/02/2026 13:43</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO       8 X 32 X 40  ZOOM</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE  ROADSTAR 12" RS-1253BR 300WRMS   4 OHMS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA  NASAL MONDIAL TR-01          (1XAA)</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-391  2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>GARRAFA TERMICA BIGSTAR        3.0L INOX</t>
+    <t>MAQUINA ECOPOWER EP-393  2V</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PROSPER I12 / BLUETOOTH / PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL TUCANO ISDB-TV(INTERNO)5MTS</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>SACA ROLHA SATELLITE A-WP010 RECARGAVEL / 2V</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...13 lines deleted...]
-  <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LAMPADA LED ECOPOWER 5909   7W/REC/  2V</t>
-[...92 lines deleted...]
-    <t>Pen Drives</t>
+    <t>KIT SACA ROLHA SATELLITE A-WP011 RECARGAVEL / 2V</t>
+  </si>
+  <si>
+    <t>SACA ROLHA SATELLITE A-WP012 REC./2V/KIT</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO ECOPOWER 40K - 220V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>CABO USB/CEL/ECOPOWER  6027/  /IPHO/ 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-CB2660        SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA PROFISSIONAL MEGASTAR/4</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>REMOVEDOR DE CALOS/LIXA DE UNHA ONIDA ON-562</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MODELADOR CACHOS ONIDA ON-2675 ( TRIPLO)</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA T270   KIT 25 MIL GRY S/GAR.2V</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  JBL  6"5   GE2634    40WRMS    3VIAS</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>MAQUINA PROSPER  P-2121 REC. GOLD DIGITAL 2V</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M203</t>
+  </si>
+  <si>
+    <t>Microfones</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dcbf19c7c0c21f972c05c894a7210af.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d758bcde6d5c0f2457346c60384336d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b24b3cfdb946b6afd04bc3c07c0f651b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc1b74982c88808bf0ef7887c385e0f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77e16274ae6f8e1d6ac5c7cf10743e5b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310afae1ee694cced989d20eb4d0dbd7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a55f444848d97407da34dbf3aadf3c1f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ee517d3266d458064c94686835ffd1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5f7c34558ed49ceda058fb17d4d091.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/278edf83b4c35d0829daefd10c3c315d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28953639bc30ed348b1e893f7b5cea7e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bac298d9f694aed2b8ee37a8f8e33d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f3827d82757e7e8c60f020070c513a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823e2de25c9ccf23cade34523a78f9c2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8d75fcd86e748e1e69b280439c3e0f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c9e73983fab802dbe61d971a6d6753.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d695918701f42d8a7dd9521afd4031a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eb2cec47043d51dba1fb3d47e4fbe42.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f0d09a3b1da70587f987f469f83483e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee8b1ad438b8bb7c8e9e91dccb95fa6e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec4832a9c7f01ce9917a64c0cd20370c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c400f6b1e1040c5c5bb4a5037c09434.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec5e6ec4f426733f0873b059c00a37b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924b67e7db81d97e6942e887b2b43bb3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/038b1781add6899864aafec9d658e947.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0c9713492b50d2cc618bfbd9e3e52c2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a42d867c67391071c369931923be85f8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5383d318f0d26fed87e6eb09f32178da.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3691cbbd094d5ee1236a18ad0e16e979.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/812927c0c211e78d9c2a2a5afc5b42da.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5907c3bd1a3599133f5886f7764ec325.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4016b1c7a9798f7943e488adcd3ee127.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a8d7d0db2fd6d8af226fa816a613bc9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f233e3a40a1007726518868cc48faa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13a0c6ff165bd75c538dbd0a097686ec.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffc3c8da75c2f27b1b273b023267633.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1905713d9b09a435d708a9e6dcfeeb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a0fbb174d809676c48e9dc988c45c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f9dfdc33524b0b90934b2823118c71.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2495f8a4d944da2cc9359ef151cdb33.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>473002</v>
+        <v>476201</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.8</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>473033</v>
+        <v>476409</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>473040</v>
+        <v>476485</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>473064</v>
+        <v>476607</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>11.25</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>473071</v>
+        <v>476614</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>3.15</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>473187</v>
+        <v>476850</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>1.8</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>473200</v>
+        <v>476904</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>15.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>473231</v>
+        <v>476973</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>33.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>473408</v>
+        <v>476980</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>11.1</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>473477</v>
+        <v>476997</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>64.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>473583</v>
+        <v>477444</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>473606</v>
+        <v>477468</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>473613</v>
+        <v>477482</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>9.6</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>473712</v>
+        <v>477550</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>473729</v>
+        <v>477598</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>475037</v>
+        <v>477611</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>32.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>475358</v>
+        <v>478069</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>48.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>475365</v>
+        <v>478113</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
         <v>30.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>475594</v>
+        <v>478168</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>17.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>475655</v>
+        <v>478328</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>2.5</v>
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>