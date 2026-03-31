--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,206 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 13:43</t>
+    <t>Lista gerada no: 31/03/2026 19:24</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA NAPPO NHK-052 / 189 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR  MONDIAL L-550W POWER BRANCO    220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>KIT FURADEIRA NAPPO NHK-044  14 PECAS/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>KIT PARAFUSADEIRA COM MALETA NAPPO  44 PCS / RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP-1011 110V/220V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PEN DRIVE BLUETOOTH ECOPOWER EP-10 BLT/ USB/M-SD</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  ROADSTAR RS-6908   6X9  400W  (200WRMS)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2503  USB/SD/FM/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV ONIDA ON-008 32/75" GIRATORIO</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART CAM/HD/WIF/5-ANTENAS/TF</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART HS30/WIFI/HD/PROFISSIONAL</t>
   </si>
   <si>
     <t>BINOCULO TUCANO       8 X 32 X 40  ZOOM</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...4 lines deleted...]
-  <si>
     <t>ALTO  FALANTE  ROADSTAR 12" RS-1253BR 300WRMS   4 OHMS</t>
   </si>
   <si>
-    <t>Alto Falantes</t>
-[...4 lines deleted...]
-  <si>
     <t>MAQUINA  NASAL MONDIAL TR-01          (1XAA)</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...1 lines deleted...]
-  <si>
     <t>MAQUINA ECOPOWER EP-391  2V</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>MAQUINA ECOPOWER EP-393  2V</t>
   </si>
   <si>
     <t>FONE DE OUVIDO PROSPER I12 / BLUETOOTH / PRETO</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>ANTENA PARA TV DIGITAL TUCANO ISDB-TV(INTERNO)5MTS</t>
   </si>
   <si>
     <t>Antenas P/TV Digital</t>
   </si>
   <si>
     <t>SACA ROLHA SATELLITE A-WP010 RECARGAVEL / 2V</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>KIT SACA ROLHA SATELLITE A-WP011 RECARGAVEL / 2V</t>
-[...1 lines deleted...]
-  <si>
     <t>SACA ROLHA SATELLITE A-WP012 REC./2V/KIT</t>
-  </si>
-[...64 lines deleted...]
-    <t>Microfones</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec4832a9c7f01ce9917a64c0cd20370c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c400f6b1e1040c5c5bb4a5037c09434.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec5e6ec4f426733f0873b059c00a37b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/924b67e7db81d97e6942e887b2b43bb3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/038b1781add6899864aafec9d658e947.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0c9713492b50d2cc618bfbd9e3e52c2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a42d867c67391071c369931923be85f8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5383d318f0d26fed87e6eb09f32178da.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3691cbbd094d5ee1236a18ad0e16e979.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/812927c0c211e78d9c2a2a5afc5b42da.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5907c3bd1a3599133f5886f7764ec325.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4016b1c7a9798f7943e488adcd3ee127.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a8d7d0db2fd6d8af226fa816a613bc9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28f233e3a40a1007726518868cc48faa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13a0c6ff165bd75c538dbd0a097686ec.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dffc3c8da75c2f27b1b273b023267633.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1905713d9b09a435d708a9e6dcfeeb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a6a0fbb174d809676c48e9dc988c45c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f9dfdc33524b0b90934b2823118c71.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2495f8a4d944da2cc9359ef151cdb33.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86498845ccac39342c94cb1c828271ba.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c163025758ce33144fe2f186f945512d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8708cf62ebf9bbdc1075a3dc479dc983.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d86ad4fe458bbab8e935eef419302cfe.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17ee750a37452c1592293ca73877d742.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9a684fb4c48d0d8414b249d8a4ae91.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66f301ce1606eab611fb7b92c9b55e06.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bb5a4de2798d793d7421059d080726e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/289d9ace807af5d2df4b949817296d41.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6d192addfe36222c66dd8036990481d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c3fc01ea71a402912e05d7557bf6253.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8914ea9819a4b15b029f5a2187308d7e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e29f5422915d48c54ad2fe8bbf29e5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0251cfe5cbd194b23c78a2b921dd9288.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da3508e45257576155632fe889b27e56.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27da00eadedfe2a5d6f277aea4cfed87.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35966055395afe74515409ada7c6aa2a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8922930be3c3269bdd5e51a5c7aca01.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4bd8faef1f64e7d6eb4e670e195d482.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e2e255d719df27023299b572417329.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>476201</v>
+        <v>475037</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>476409</v>
+        <v>475334</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>476485</v>
+        <v>475372</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>476607</v>
+        <v>475389</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>476614</v>
+        <v>475594</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>476850</v>
+        <v>475655</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>3.95</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>476904</v>
+        <v>475716</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>476973</v>
+        <v>475747</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>15.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>476980</v>
+        <v>475808</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>476997</v>
+        <v>476164</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>18.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>477444</v>
+        <v>476171</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>19.75</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>477468</v>
+        <v>476201</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>0.98</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>477482</v>
+        <v>476409</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>42.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>477550</v>
+        <v>476485</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>24.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>477598</v>
+        <v>476607</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>477611</v>
+        <v>476614</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>478069</v>
+        <v>476850</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>54.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>478113</v>
+        <v>476904</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="F19" s="3">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>478168</v>
+        <v>476973</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>17.6</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>478328</v>
+        <v>476997</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>