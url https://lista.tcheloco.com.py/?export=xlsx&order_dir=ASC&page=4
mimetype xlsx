--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,218 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 08:47</t>
+    <t>Lista gerada no: 28/12/2025 21:24</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 6001 - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
   </si>
   <si>
     <t>MALETA P/NOTEBOOK A-KP40 15.4" SATELLITE</t>
   </si>
   <si>
     <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>BABA ELETRONICA M-FITNES MF-863 AZUL 2V</t>
   </si>
   <si>
     <t>Baba Eletronica</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
     <t>BINA CONVERTER KXT-1CD</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL MF-378 - PULSO</t>
   </si>
   <si>
     <t>Med.Pressao de Pulso</t>
   </si>
   <si>
-    <t>PANELA DE ARROZ BRITANIA - BRPA5 - 220V</t>
-[...7 lines deleted...]
-  <si>
     <t>MODULO ROADSTAR RS-4000MB AGRESSIVE PUNCH 16000W</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>M�QUINA DE CORTAR CABELO E APARADOR PANASONIC ER-2403</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>DESPERTADOR CASIO TQ-141</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>FILTRO DE LINHA SATELITTE A-R03</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>WATERPIK WP-450E  220V</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 814 - 12 DIGITOS</t>
   </si>
   <si>
-    <t>Calculadoras</t>
-[...4 lines deleted...]
-  <si>
     <t>AURICULAR PARA RADIO COMUNICADOR /  ARCO 1 PLUG</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
     <t>BATERIA 9V - HI-WATT BATERIA  - CAIXA COM 10 UNIDADES</t>
   </si>
   <si>
     <t>Baterias</t>
   </si>
   <si>
     <t>TOCA CD PIONEER  DEH-S5250BT BLUETOOTH</t>
   </si>
   <si>
-    <t>Automotivo</t>
-[...1 lines deleted...]
-  <si>
     <t>PIONEER</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR 12 POL RS-1210PW1 (POWER-ONE)</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>MAQUINA LUX_SHAVE LX-394 CAB/ACABAMENTO 220V</t>
   </si>
   <si>
     <t>CORTADOR DE UNHA "GRANDE" ( 04-UNID )</t>
   </si>
   <si>
     <t>CARGADOR  CASIO BK-618 (NP-20) GENERICO</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
     <t>PC AURICULAR /MIC SATELLITE AE-880 VIBRA</t>
   </si>
   <si>
     <t>Fones P/Pc</t>
-  </si>
-[...7 lines deleted...]
-    <t>TUCANO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eb2dfd51d61c071b0d0072bfaf74fb1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551c0b03b169335873e1128f3fbaaf8a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2c08ffd193a695414de46f38c94e37.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a2c524de144ad18d74b2d7290f1916.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7361bf9961a8cda8782bcfcbc7ed86.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d409d75e3497db05990b558a1205b1b2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423fe1b442754a70922f9eade1a97820.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d167c9bde591c1beb6b86bc1c4d07d50.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708199f2bec0ff9db0dcd2301f799265.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe62eb3db8c1823e54f294f9fc7e8975.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb33d213c86620d56b86c5fa7f0273b6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d854d287981483ff44cbea09250d6810.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db67312168627ea952757b3539dd059d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06cd716db469a281a16ca9719317e39d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58bf1244665b11aa422e0c858e782726.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8d091c3ef49a4da03ce85f11198926a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d686cbb20d7c3dd160b7fb6e7e4ed087.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2ef6d013fbdf8cf3852f8db755c74a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c4eb74a685c4b225f61cbc19fb7562.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a06625b6e7718297fd124d7944ed1001.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ba752b6548a66db3ee4170cd3f50dfb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf99e156171d5a5dd8149d37643088bd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db0e7ab6d65c7812e6c6b7bcf7f421ae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00265f755b8117dba5622a30377a728a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7695e982ae8bf6590eeb4a2d5770a29b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4f6a05b62d9de8c19dac4526a6a1cd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8703e35460fd4a9875a44d7af7756d42.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e687438b756bb0985f5da1496ff2999.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b30000b6cdf45ece447b82b245520925.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a05387325e5a883ebbb211597839d9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c757605c343f5b6dc6d0d2e57bf75755.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6f203a799a268b96f5acf0f3c7bf93.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec30607f0a6bef11f8fdee8813eb886.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d292bfad9a5fcdb8147471a12404737.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0502358f6a7a9f09d17f7a1e559c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41fc4f91672333be9107348e0326db4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/620dd96858e4790b071daf6cb39901d9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ebfa80ec0b7f289ac8fe763d74c6389.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b8b8f0fc7b546d2ac1a511e1b429c92.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8076c17b6158e07fb8151490b73a2bfa.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>69298</v>
+        <v>65276</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.5</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>69991</v>
+        <v>67379</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>70935</v>
+        <v>69298</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>1.6</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>72007</v>
+        <v>69991</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>72397</v>
+        <v>70935</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>25.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>77699</v>
+        <v>72007</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>95.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>80064</v>
+        <v>77699</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>83225</v>
+        <v>80064</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>28</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>7.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>84901</v>
+        <v>83225</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>31</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>87261</v>
+        <v>84901</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>59.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>87858</v>
+        <v>87261</v>
       </c>
       <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
         <v>35</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>36</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>5.5</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>88671</v>
+        <v>87858</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>4.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>89050</v>
+        <v>88671</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>3.25</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>89548</v>
+        <v>89050</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="F15" s="3">
-        <v>109.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>90971</v>
+        <v>89548</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>26.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>92227</v>
+        <v>90971</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>93408</v>
+        <v>92227</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>1.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>95174</v>
+        <v>93408</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>96249</v>
+        <v>95174</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>98335</v>
+        <v>96249</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>5.6</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>