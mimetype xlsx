--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -34,186 +34,186 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 21:24</t>
-[...2 lines deleted...]
-    <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
+    <t>Lista gerada no: 12/02/2026 11:02</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL MF-378 - PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>PANELA DE ARROZ BRITANIA - BRPA5 - 220V</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MODULO ROADSTAR RS-4000MB AGRESSIVE PUNCH 16000W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>TELEFONE PAN KX-  500LX  /   /PRETO / C/FIO</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>M�QUINA DE CORTAR CABELO E APARADOR PANASONIC ER-2403</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-141</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELITTE A-R03</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-450E  220V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>AURICULAR PARA RADIO COMUNICADOR /  ARCO 1 PLUG</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BATERIA 9V - HI-WATT BATERIA  - CAIXA COM 10 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1210PW1 (POWER-ONE)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>MAQUINA LUX_SHAVE LX-394 CAB/ACABAMENTO 220V</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>ROADSTAR</t>
-[...112 lines deleted...]
-  <si>
     <t>CORTADOR DE UNHA "GRANDE" ( 04-UNID )</t>
   </si>
   <si>
     <t>CARGADOR  CASIO BK-618 (NP-20) GENERICO</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
     <t>PC AURICULAR /MIC SATELLITE AE-880 VIBRA</t>
   </si>
   <si>
     <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RC928 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-450W  110V</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-100E 220V ULTRA</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-26 POWER-2 2 VELOCIDADES  220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ba752b6548a66db3ee4170cd3f50dfb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf99e156171d5a5dd8149d37643088bd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db0e7ab6d65c7812e6c6b7bcf7f421ae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00265f755b8117dba5622a30377a728a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7695e982ae8bf6590eeb4a2d5770a29b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4f6a05b62d9de8c19dac4526a6a1cd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8703e35460fd4a9875a44d7af7756d42.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e687438b756bb0985f5da1496ff2999.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b30000b6cdf45ece447b82b245520925.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2a05387325e5a883ebbb211597839d9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c757605c343f5b6dc6d0d2e57bf75755.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b6f203a799a268b96f5acf0f3c7bf93.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fec30607f0a6bef11f8fdee8813eb886.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d292bfad9a5fcdb8147471a12404737.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0502358f6a7a9f09d17f7a1e559c15.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b41fc4f91672333be9107348e0326db4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/620dd96858e4790b071daf6cb39901d9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ebfa80ec0b7f289ac8fe763d74c6389.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b8b8f0fc7b546d2ac1a511e1b429c92.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8076c17b6158e07fb8151490b73a2bfa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31416b1b5818f05f5aca729536926ecd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c260e6ad18ec072dd02d916e45da1c4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1dd48ecdfc7e7cfc50e2fd38f16c7f6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cab0d3ac42d7db7e25f7954c85001b82.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6203a46985f87fcd1829786fdef018d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbc89ef8bb92bb1d036e8946d25f0225.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/102848151034c19e023c4181ff55aa84.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cfb28594070dddf49000ebb143bef7f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23e5acd03e194aadf985b961ad31c6cb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26b4505cb00c5282b0649ed90f0ad6ea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2015f619aef2f53ba0fd29252bd5af00.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fde6604afb25904352f3f8b76cc9274.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e3c899d088596f61abff72392a4c70.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274951b2121fdd1bce4cdfa18290b12d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75cfd349bd4e92d91a388f840abe6ea2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f9e4116bb22e5c7f3c790f519c3875.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3831f3aa93b68654c9f91a20a28553f8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d71328eac07ebb3299f18c8630dcca.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f2ce33586adb28c252ca5b1cf0022a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb2b9f8f8ebf5b8a9508805931ed2aaa.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>65276</v>
+        <v>72007</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>89.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>67379</v>
+        <v>72397</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.8</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>69298</v>
+        <v>77699</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>15.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>69991</v>
+        <v>79228</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>70935</v>
+        <v>80064</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>1.6</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>72007</v>
+        <v>83225</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>77699</v>
+        <v>84901</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>95.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>80064</v>
+        <v>87261</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>83225</v>
+        <v>88671</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>7.5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>84901</v>
+        <v>89050</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>87261</v>
+        <v>90971</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>59.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>87858</v>
+        <v>92227</v>
       </c>
       <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
         <v>37</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>88671</v>
+        <v>93408</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>4.5</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>89050</v>
+        <v>95174</v>
       </c>
       <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>3.25</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>89548</v>
+        <v>96249</v>
       </c>
       <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
         <v>42</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>109.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>90971</v>
+        <v>98335</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>45</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>26.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>92227</v>
+        <v>98625</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>93408</v>
+        <v>99974</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F19" s="3">
-        <v>1.6</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>95174</v>
+        <v>102230</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F20" s="3">
-        <v>2.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>96249</v>
+        <v>103268</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>51</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>22.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>