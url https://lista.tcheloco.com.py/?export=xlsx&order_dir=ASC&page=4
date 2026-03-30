--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,206 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 11:02</t>
+    <t>Lista gerada no: 30/03/2026 10:46</t>
+  </si>
+  <si>
+    <t>BABA ELETRONICA M-FITNES MF-863 AZUL 2V</t>
+  </si>
+  <si>
+    <t>Baba Eletronica</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>OMELETEIRA BRITANIA 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BINA CONVERTER KXT-1CD</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL MF-378 - PULSO</t>
   </si>
   <si>
     <t>Med.Pressao de Pulso</t>
   </si>
   <si>
-    <t>MORE FITNESS</t>
-[...1 lines deleted...]
-  <si>
     <t>PANELA DE ARROZ BRITANIA - BRPA5 - 220V</t>
   </si>
   <si>
     <t>ELETRODOMESTICOS</t>
   </si>
   <si>
-    <t>BRITANIA</t>
-[...1 lines deleted...]
-  <si>
     <t>MODULO ROADSTAR RS-4000MB AGRESSIVE PUNCH 16000W</t>
   </si>
   <si>
     <t>M�dulos</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>TELEFONE PAN KX-  500LX  /   /PRETO / C/FIO</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
-    <t>M�QUINA DE CORTAR CABELO E APARADOR PANASONIC ER-2403</t>
+    <t>DESPERTADOR CASIO TQ-141</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-450E  220V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 814 - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>AURICULAR PARA RADIO COMUNICADOR /  ARCO 1 PLUG</t>
+  </si>
+  <si>
+    <t>BATERIA 9V - HI-WATT BATERIA  - CAIXA COM 10 UNIDADES</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR 12 POL RS-1210PW1 (POWER-ONE)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>MAQUINA LUX_SHAVE LX-394 CAB/ACABAMENTO 220V</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CORTADOR DE UNHA "GRANDE" ( 04-UNID )</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
-    <t>DESPERTADOR CASIO TQ-141</t>
-[...11 lines deleted...]
-    <t>Informatica</t>
+    <t>CARGADOR  CASIO BK-618 (NP-20) GENERICO</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>PC AURICULAR /MIC SATELLITE AE-880 VIBRA</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>WATERPIK WP-450E  220V</t>
-[...47 lines deleted...]
-    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RC928 - BIVOLT</t>
+    <t>MAQUINA DE CHOQUE RECARREGAVEL  COM LANTERNA - RG800 - BIVOLT</t>
   </si>
   <si>
     <t>Seguran�a</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...4 lines deleted...]
-  <si>
     <t>WATERPIK WP-450W  110V</t>
   </si>
   <si>
     <t>WATERPIK WP-100E 220V ULTRA</t>
-  </si>
-[...7 lines deleted...]
-    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31416b1b5818f05f5aca729536926ecd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c260e6ad18ec072dd02d916e45da1c4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1dd48ecdfc7e7cfc50e2fd38f16c7f6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cab0d3ac42d7db7e25f7954c85001b82.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6203a46985f87fcd1829786fdef018d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbc89ef8bb92bb1d036e8946d25f0225.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/102848151034c19e023c4181ff55aa84.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cfb28594070dddf49000ebb143bef7f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23e5acd03e194aadf985b961ad31c6cb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26b4505cb00c5282b0649ed90f0ad6ea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2015f619aef2f53ba0fd29252bd5af00.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fde6604afb25904352f3f8b76cc9274.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e3c899d088596f61abff72392a4c70.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274951b2121fdd1bce4cdfa18290b12d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75cfd349bd4e92d91a388f840abe6ea2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8f9e4116bb22e5c7f3c790f519c3875.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3831f3aa93b68654c9f91a20a28553f8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d71328eac07ebb3299f18c8630dcca.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f2ce33586adb28c252ca5b1cf0022a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb2b9f8f8ebf5b8a9508805931ed2aaa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e371d9ab468b7cf9ce798a1c64753d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf914ccf0da57b0a8545b0b95bf5d94.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bc61a81b9f2ac465fe34868172c5012.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2aeac14e6792d541d717f298ec7e37.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5f4f7da3d2ad3395b521a8c67e168f6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec6849e4b605d8534562136a54dd5f3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea82eb7f4fe0248d4e8e967b5612b52d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2589b68673addd802ad927f554d6797.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85ae6f464939dc66efeacc4882dbfdb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361ec39ac4f48be5be7f70bac52a5107.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c66c7f66781ead08097ac9527c5463.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff6a25ecf71a816b5cf2ffe0cd50f79.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c330d8713daeec4db8c874329f3d2fe.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72b61a5824b5b687187dd5c7fa160c5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d7829a3ede796e4bc86430b466a695.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff40310daad23b513cc2328e299caa83.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732be4474fc2fc3140e9a1f9cf200e0e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16157836debcf7fcd2c7d9847179d3e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a3af6bfa54938800017540f7e14464.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db97853506517d1dfb476d51e103e7da.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1148,416 +1151,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>72007</v>
+        <v>69991</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>72397</v>
+        <v>70072</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>77699</v>
+        <v>70935</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>95.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>79228</v>
+        <v>72007</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>80064</v>
+        <v>72397</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>83225</v>
+        <v>77699</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>7.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>84901</v>
+        <v>79228</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>87261</v>
+        <v>83225</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>28</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>60.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>88671</v>
+        <v>87261</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>4.5</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>89050</v>
+        <v>87858</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>3.25</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>90971</v>
+        <v>88671</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>92227</v>
+        <v>89050</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>93408</v>
+        <v>90971</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>1.6</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>95174</v>
+        <v>92227</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>96249</v>
+        <v>93408</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>98335</v>
+        <v>95174</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>5.6</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>98625</v>
+        <v>96249</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>99974</v>
+        <v>98625</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>60.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>102230</v>
+        <v>99974</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>103268</v>
+        <v>102230</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="F21" s="3">
-        <v>22.5</v>
+        <v>72.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>