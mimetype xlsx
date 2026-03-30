--- v3 (2026-03-30)
+++ v4 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 10:46</t>
+    <t>Lista gerada no: 30/03/2026 12:40</t>
   </si>
   <si>
     <t>BABA ELETRONICA M-FITNES MF-863 AZUL 2V</t>
   </si>
   <si>
     <t>Baba Eletronica</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
     <t>OMELETEIRA BRITANIA 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
     <t>BINA CONVERTER KXT-1CD</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28e371d9ab468b7cf9ce798a1c64753d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf914ccf0da57b0a8545b0b95bf5d94.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bc61a81b9f2ac465fe34868172c5012.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be2aeac14e6792d541d717f298ec7e37.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5f4f7da3d2ad3395b521a8c67e168f6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aec6849e4b605d8534562136a54dd5f3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea82eb7f4fe0248d4e8e967b5612b52d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2589b68673addd802ad927f554d6797.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a85ae6f464939dc66efeacc4882dbfdb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361ec39ac4f48be5be7f70bac52a5107.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c66c7f66781ead08097ac9527c5463.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff6a25ecf71a816b5cf2ffe0cd50f79.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c330d8713daeec4db8c874329f3d2fe.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72b61a5824b5b687187dd5c7fa160c5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d7829a3ede796e4bc86430b466a695.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff40310daad23b513cc2328e299caa83.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732be4474fc2fc3140e9a1f9cf200e0e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b16157836debcf7fcd2c7d9847179d3e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00a3af6bfa54938800017540f7e14464.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db97853506517d1dfb476d51e103e7da.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d571aecc98ac1f12c393a91317508fa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d7c6d9bd724999791d067771c36082f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd44062492485941f38a21d41082c9de.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89995ab9640aab9da7be62e567496da3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10249d13bcd5cd0eca8ecf014c5a2b66.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b6bfba9aa2cd494d9aba346e494634.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0fdd06ca3a59e7867577cd46ff1d29.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a9f33fe2dd671c81f2dbcef76b56b0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b46d8c671135f0f6d88c0a35e240edfc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fa42bfc4a760eb9d78eb936ffdc25bc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f668cffbf33cfcacf9523ce68c04b7e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3bef2c880930dc414c938e036b133fe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/139eb9358049945deefd7680bf292d29.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe72c7e182fd4cd5824b8c6c0b986279.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ce20be4760f075802473a182d524118.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6b131ac906f4bc560cb7d28d2e746a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6e680b4f2a1aa6f216784aa99361488.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e45a3ca49a19d66cf2429e118fb7527b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfe0171dd23b5ff517d9c28749d6941.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d6586eceefcb08b3549ec26e730b65.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>