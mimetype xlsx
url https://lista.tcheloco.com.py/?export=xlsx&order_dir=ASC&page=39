--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,230 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 11:49</t>
-[...5 lines deleted...]
-    <t>Lampadas E27</t>
+    <t>Lista gerada no: 30/12/2025 02:51</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS2783          12DIG.</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CAREGADOR ECOPOWER EP-7038 / 1-USB-C / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MEL DA MALASIA (CX/12 SACH)JAGUAR POWER</t>
-[...8 lines deleted...]
-    <t>TOSTADORA MONDIAL INOX T-13 P/2 PAES - 220V</t>
+    <t>RADIO ECOPOWER EP-F101B REC/USB/TF/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA996 QUENTE /FRIO - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18066 18" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F98B  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>SHAKE PORTATIL HH-03  REC/USB/2V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP30     30-CAF�E/PRETO/110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...11 lines deleted...]
-    <t>Batedeiras</t>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>ALARME PARA CARRO POSITRON FX-360 24 FUN�OES</t>
+  </si>
+  <si>
+    <t>Alarmes p/ carro</t>
+  </si>
+  <si>
+    <t>POSITRON</t>
+  </si>
+  <si>
+    <t>ARO LED RING LIGHT   COM SUPORTE DE CELULAR</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE  -MINI RECARREGAVEL ZLZT11</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS291     12 DIGITOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS276    12 DIGITOS</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL S1038</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>ARO LED ECOP EP-6615 14" + TRIPE 145 CM</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE56C0T-IRPF 720P/D 2.8mm</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE16C0T-IRPF 720P/E 2.8mm</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7104HGHI-M1  1080P/04CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE10DF0T-PF COLORVU 2.8.mm</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3600MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
   </si>
   <si>
     <t>MOX</t>
-  </si>
-[...115 lines deleted...]
-    <t>TAPA BOCA EANNE   ( 50-PCS ) DESCARTAVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -260,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf053ce7b503c723386b5f53a623a085.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c07bf102ed7300a9731af3736827bf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fef107d78fc74107e29d060551d74981.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1766ea6f0c7cba2c2204bede093b8d98.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0ebf8f137ae2bc623cfdb080366535a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e3163bb8308f3d4f519ff70fecbaaf1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf1649120a554f4f11832050ff1783ad.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca33db762e00d3694946d1b844de0d2e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab01316dc8d00dd262f9a3f781d2a9fd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b55aa16d7a390a7353cdf317dca213a8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89f97666c4c7e27174ad0698b07379d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ee5d8d5bd53739ac256b4476b157ade.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e546f4e7cf4761b1a4f21f439db754.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc67b502467224ffc77fe016e501f380.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee7742fdc41625c2769760540623498.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ce689ff5f5cb2269d2714167a5bcf4a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ba8c5caf5e37ccd4fce627d1e8fa08f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee83a9bcfec1f116158a405dae4aecb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6b4d7b940e539764c516a8d8aab381b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcfdc2c6ac01e955ba18924834ffc45c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c85acd78e6fd4bf75b21b5cc09f70c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e1891207202bda2ce6578359cbb6e7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e90a830913f18ae9ccbc91ac6081690e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a31914068917c95d95c97ce3bd30c2c3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab057e2ecd04c23dd2deeefd21105088.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f5cdfa5b21aa688616ec8fef4d8b11.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4998b9fba90735d9265532931c1488.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fddf5c0cbf7538068b59a68772d8651c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb67a73d8e23fb988b1a584e3b31b4a5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525e31ca7146c6c9fe0991f0744fc155.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57bd1cd43c0305e30fd5cb34c33a6f5d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11197b41ac01dd65a19252f538f6bf76.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ac491cf61391b07ffc7a976c8abbdc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4d10ec66c857ed6bf51cc86662644c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9a29415e07acc1c027b65623fde6ec.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3300b8139729e1c73a6d8bb88885d01.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582868753cbffa41e04bc6d800ce3698.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59e4fca262899719f6d0de068370c0df.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bcf256b6295b007847135e7f7d599e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c7a2cb087f39d816162d2e7164178ed.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1172,416 +1142,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>462334</v>
+        <v>470933</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>462433</v>
+        <v>471329</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>462518</v>
+        <v>471343</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>20.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>462594</v>
+        <v>471367</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>3.5</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>462679</v>
+        <v>471428</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>462754</v>
+        <v>471589</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>462952</v>
+        <v>471657</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>1.9</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>462969</v>
+        <v>471664</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>1.95</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>463034</v>
+        <v>472029</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>11.75</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>463096</v>
+        <v>472074</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>12.5</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>463393</v>
+        <v>472296</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>59.0</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>463492</v>
+        <v>472319</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>463553</v>
+        <v>472326</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>5.95</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>463584</v>
+        <v>472517</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>5.3</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>463768</v>
+        <v>472555</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>15.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>463966</v>
+        <v>472746</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>65.5</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>464109</v>
+        <v>472753</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>464130</v>
+        <v>472777</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>4.66</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>464215</v>
+        <v>472807</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>464314</v>
+        <v>472913</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>5.5</v>
+        <v>3.6</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>