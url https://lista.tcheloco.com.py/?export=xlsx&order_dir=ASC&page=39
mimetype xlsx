--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,200 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 02:51</t>
-[...14 lines deleted...]
-    <t>Fontes</t>
+    <t>Lista gerada no: 13/02/2026 12:13</t>
+  </si>
+  <si>
+    <t>MAQUINA PROSPER  P-2127 REC. ACAB./INOX   2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MICROFONE PROFESSIONAL SEM FIO PROSPER P-6181</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO CVC C32 / BLUETOOTH / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>CVC</t>
+  </si>
+  <si>
+    <t>FECHADURA DE PORTA DIGITAL HYUNDAI HYU-420</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>FONTE DE CAMERA CCTV 12V/10AMP</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONTE DE CAMERA CCTV  12V/20AMP</t>
+  </si>
+  <si>
+    <t>FONTE DE CAMERA CCTV 12V/30AMP</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-4X6 "4X6" 50WRMS 4VIAS 1PE�A</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR  RS-5X7 "5X7" 50WRMS 4VIAS 1PE�A</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA NAPPO NHK-053 / 159 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA NAPPO NHK-052 / 189 PCS</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ ECOPOWER EP-1011 110V/220V</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>PEN DRIVE BLUETOOTH ECOPOWER EP-10 BLT/ USB/M-SD</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F101B REC/USB/TF/BLUETOOTH</t>
+    <t>GARRAFA TERMICA BIGSTAR        4.0L INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  ROADSTAR RS-6908   6X9  400W  (200WRMS)</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2503  USB/SD/FM/BLUETOOTH</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>BEBEDOURO MEGASTAR WA996 QUENTE /FRIO - 220V</t>
-[...101 lines deleted...]
-    <t>MOX</t>
+    <t>SUPORTE P/TV ONIDA ON-008 32/75" GIRATORIO</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART CAM/HD/WIF/5-ANTENAS/TF</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART HS30/WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO       8 X 32 X 40  ZOOM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c85acd78e6fd4bf75b21b5cc09f70c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e1891207202bda2ce6578359cbb6e7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e90a830913f18ae9ccbc91ac6081690e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a31914068917c95d95c97ce3bd30c2c3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab057e2ecd04c23dd2deeefd21105088.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f5cdfa5b21aa688616ec8fef4d8b11.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4998b9fba90735d9265532931c1488.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fddf5c0cbf7538068b59a68772d8651c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb67a73d8e23fb988b1a584e3b31b4a5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525e31ca7146c6c9fe0991f0744fc155.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57bd1cd43c0305e30fd5cb34c33a6f5d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11197b41ac01dd65a19252f538f6bf76.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ac491cf61391b07ffc7a976c8abbdc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4d10ec66c857ed6bf51cc86662644c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9a29415e07acc1c027b65623fde6ec.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3300b8139729e1c73a6d8bb88885d01.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582868753cbffa41e04bc6d800ce3698.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59e4fca262899719f6d0de068370c0df.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bcf256b6295b007847135e7f7d599e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c7a2cb087f39d816162d2e7164178ed.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb2d85447f9126737522936cffa2a604.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c1611b3127696ba58d1bd46337c596.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/304a3a73e14b4e0027fdffaf884675d6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa3f1f01bc9eda81c992c67645442ced.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc16046273a1536a6df121ca53f7735.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8493782d2d9c1c944950bf25971322.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d9263e0178ce5290761fe3aad020c9a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65662a68d5991df160de63be8193f663.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abcec6377253a8e02a851a8166422cdb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8003d1e6ee0b0109b0cc1a004cff1a30.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/975225479afd1edebc88ad74795ff34f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13c0139a98a132ba08e704fea2b332a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d588a5faa1c37bf266beae49977cb594.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5925ec9be23b2f204d73108aad46e6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867a087ea544bbaf1592e0d8079b0172.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdff83e3799fe4adc361b57820f5ae29.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923521aa83ad785c823f10c77106e92c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c0486ed5ad58243ad40852e8a124f5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0334c919b896ade957682d337cf398fc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4476b7b32fa67520c457cf1cd1552e1a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>470933</v>
+        <v>473200</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.75</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>471329</v>
+        <v>473231</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.3</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>471343</v>
+        <v>473408</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>11.1</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>471367</v>
+        <v>473477</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>173.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>471428</v>
+        <v>473583</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>471589</v>
+        <v>473606</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>14.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>471657</v>
+        <v>473613</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>4.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>471664</v>
+        <v>473712</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>472029</v>
+        <v>473729</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>56.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>472074</v>
+        <v>475020</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>7.25</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>472296</v>
+        <v>475037</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>3.2</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>472319</v>
+        <v>475594</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>472326</v>
+        <v>475655</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>6.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>472517</v>
+        <v>475662</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>20.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>472555</v>
+        <v>475716</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>472746</v>
+        <v>475747</v>
       </c>
       <c r="C17" t="s">
+        <v>39</v>
+      </c>
+      <c r="D17" t="s">
         <v>40</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
-        <v>9.8</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>472753</v>
+        <v>475808</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
         <v>43</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>11.75</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>472777</v>
+        <v>476164</v>
       </c>
       <c r="C19" t="s">
         <v>44</v>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>32.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>472807</v>
+        <v>476171</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>19.5</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>472913</v>
+        <v>476201</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>3.6</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>