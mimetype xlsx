--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,197 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 12:13</t>
+    <t>Lista gerada no: 31/03/2026 18:20</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE16D0T 2.8mm/2MP/EXTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7104HGHI-M1  1080P/04CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7108HGHI-M1  1080P/08CH</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7116HGHI-M1  1080P/16CH</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE10DF0T-PF COLORVU 2.8.mm</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3600MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA BIGSTAR        3.0L INOX</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PET ECOPOWER MAQ TOSAR EP2805 KIT   220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATE A-KP74 15.6"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 5909   7W/REC/  2V</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 5902 100W/RECARREGAVEL SOLAR</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7033 1-USB  /2.1A/  /TIPO C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>MAQUINA PROSPER  P-2127 REC. ACAB./INOX   2V</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>MICROFONE PROFESSIONAL SEM FIO PROSPER P-6181</t>
-[...4 lines deleted...]
-  <si>
     <t>FONE DE OUVIDO CVC C32 / BLUETOOTH / BRANCO</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
     <t>CVC</t>
   </si>
   <si>
     <t>FECHADURA DE PORTA DIGITAL HYUNDAI HYU-420</t>
   </si>
   <si>
     <t>Seguran�a</t>
   </si>
   <si>
     <t>HYUNDAI</t>
   </si>
   <si>
-    <t>FONTE DE CAMERA CCTV 12V/10AMP</t>
+    <t>FONTE DE CAMERA CCTV  12V/20AMP</t>
   </si>
   <si>
     <t>Acess�rios dvr</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...4 lines deleted...]
-  <si>
     <t>FONTE DE CAMERA CCTV 12V/30AMP</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR RS-4X6 "4X6" 50WRMS 4VIAS 1PE�A</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR  RS-5X7 "5X7" 50WRMS 4VIAS 1PE�A</t>
   </si>
   <si>
     <t>KIT DE FERRAMENTAS COM MALETA NAPPO NHK-053 / 159 PCS</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
     <t>NAPPO</t>
-  </si>
-[...55 lines deleted...]
-    <t>BINOCULO TUCANO       8 X 32 X 40  ZOOM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb2d85447f9126737522936cffa2a604.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c1611b3127696ba58d1bd46337c596.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/304a3a73e14b4e0027fdffaf884675d6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa3f1f01bc9eda81c992c67645442ced.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edc16046273a1536a6df121ca53f7735.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c8493782d2d9c1c944950bf25971322.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d9263e0178ce5290761fe3aad020c9a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65662a68d5991df160de63be8193f663.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abcec6377253a8e02a851a8166422cdb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8003d1e6ee0b0109b0cc1a004cff1a30.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/975225479afd1edebc88ad74795ff34f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b13c0139a98a132ba08e704fea2b332a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d588a5faa1c37bf266beae49977cb594.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c5925ec9be23b2f204d73108aad46e6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867a087ea544bbaf1592e0d8079b0172.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdff83e3799fe4adc361b57820f5ae29.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923521aa83ad785c823f10c77106e92c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c0486ed5ad58243ad40852e8a124f5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0334c919b896ade957682d337cf398fc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4476b7b32fa67520c457cf1cd1552e1a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b464fde076303bb4e97b3bd3f9ff546.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/774d4dabaf4e9819739b75df3c39436b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c8de5308b4322930a4d28ed5057962.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec3accdf5ac6a470475f2e59e6b1478.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6eb3498a76410ca64011d384720042e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a734b113cd99adb0f50a4d69febfc03.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08d3e71a24495eff44af05295e327a5d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79c45a28ab7e1dbca6ab6aa7fe791b0c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07767f8b263a9e8c081399fdb5947a8d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b070728fe3e7433bd8c32393e8d4d562.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990dce82f20086f20eed120177e4d762.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89b967bb70bc5e3db21f153ad4b67d41.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae553f1ba21b278304121910938f0f6f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8b1fdfe637c7d58f9372abd8991bd5b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/724bcbe82c693f19ad12b96f24573071.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d94c5c02ee60125d44f3ebfc8ec970c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1867fb6ea10c863328beed9ea98bd878.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b067898222eb151b387509b3ad16249f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fbe8e73c4915edccb55b3fb0f5af4f0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8b5ab994ca8d949903355cee9c723db.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1139,416 +1145,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>473200</v>
+        <v>472760</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.75</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>473231</v>
+        <v>472777</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>33.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>473408</v>
+        <v>472784</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>11.1</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>473477</v>
+        <v>472791</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>64.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>473583</v>
+        <v>472807</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>473606</v>
+        <v>472913</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>473613</v>
+        <v>473033</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>473712</v>
+        <v>473040</v>
       </c>
       <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>473729</v>
+        <v>473064</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>5.5</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>475020</v>
+        <v>473071</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>27.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>475037</v>
+        <v>473088</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
         <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>32.5</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>475594</v>
+        <v>473187</v>
       </c>
       <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
         <v>31</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>475655</v>
+        <v>473200</v>
       </c>
       <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
         <v>33</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>2.5</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>475662</v>
+        <v>473408</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>15.0</v>
+        <v>11.1</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>475716</v>
+        <v>473477</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>18.9</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>475747</v>
+        <v>473606</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>475808</v>
+        <v>473613</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>476164</v>
+        <v>473712</v>
       </c>
       <c r="C19" t="s">
         <v>44</v>
       </c>
       <c r="D19" t="s">
         <v>45</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>476171</v>
+        <v>473729</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>45</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>38.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>476201</v>
+        <v>475020</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>27.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>