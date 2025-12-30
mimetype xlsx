--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 11:49</t>
-[...2 lines deleted...]
-    <t>LAMPA LED - ATMOSFERICA MEGASTAR GIRATORIO - 2V</t>
+    <t>Lista gerada no: 30/12/2025 01:55</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F100  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR SPA-124 USB/BAT/12"/RE/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-6900 SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-3900  SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED -BLUETOOTH MEGASTAR 701A /2V</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...41 lines deleted...]
-    <t>Balan�as</t>
+    <t>CALCULADORA CASIO FX350ES PLUS CIENTIFICA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LEITOR CODIGO BARRAS ZKT  ZKB101   CABO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>ZKT</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA   DH-HAC-B1A21 2.8mm/1080/EX</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR GOLFINHO KANGLING KL-99 / 220V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>INVERSOR -TUCANO   12V P/220V 300W/SG</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>INVERSOR -TUCANO 12V P/110V 300W/SG</t>
+  </si>
+  <si>
+    <t>CAMERA  IP TUCANO SMART HS20/WIFI/HD/PROFISIONAL</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART TCQ9/WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE SUNLIGHT S-2033  T6   BAT</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>FONTE CAMERA CCTV 12V/15AMP</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>A F NAKAMICHI SUB 12"NSW12D B.DUPLA 120W</t>
-[...80 lines deleted...]
-    <t>L�MPADA LED ECOPOWER EP-5917 E27 - 65W</t>
+    <t>LANTERNA  ECOPOWER REC. 8303 1LED  2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>SPRAY DE JARDIM (AGUA) RECARREGAVEL 1.5 LITROS USB</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 5000MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba924021d41248a3c036749ead993024.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3545e4fdcfdf4c67e2f87d0e65b9df8e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3eeae015257e9cff0acb407975d22b46.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dabd9a92ff669413f2edc9a74c27fa7c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56d89dd98634437ca4d101b878bf5fb2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6221b09eda16b8429f2dbe3d1a16b777.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15d373c5ba58ddf890c62ebe93eb5ba0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f551e38457fcf74e7e68d338c2b39b0e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b63f536f93080624e2fd657fb93f9cae.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12df22317b929b58715f5fed8f5544af.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5deefcfa3ebea22fe460466b0109e66.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d8c845111b810da07b3ad5519e45bf0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3726a20a64c451b9b43fe8d7ed177576.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74ab0467c8ab1fbe18fe4bfd68d2e287.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4072c52b5e052cb92d61a19f5446f0e5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88563fdad6c488826b9bc509e112f2e0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bb0f1b0869cb9c34efbc8cef8dbc4b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13f971e21a0b0a72e6c714c6d67a2b43.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed664fdbc240ab954daba9a658b20b09.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a3b0332c7487a30e011fc6ee94853c0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5078ab8b83fc349d6811edcb7720c721.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa0dfac308f09b0a107508ba8123b10.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cb4cb77311b5199c0209273bd8095cf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05dfd5b082a67bfad5cae037c798e79.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c1f52256ef73890e9d3a9819f532328.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594185d2790ab8932ef273561356966d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12864dc080cda0d6c89521504841d7d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a4deef946f00cddba298d0bc8ab67a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6379135cc277c149da3bab5501f42305.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8748ce6c5279c2ca48fa391111cbbce4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00bc8f67c751541dd8f052b70eb122e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97a58729ba37e7ad75c9de58182c958.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1ce3da50b743b2ef81bdf5fccd77a8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2dd9e1a0a506832dff814ec94c03a5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36e280a0bfd0b25ecd58f8c17a3d1e03.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aeb8027473c31ea15010bca558a0674.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78eed0b28b4073b3ca5b514a0a9186ce.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b34689663856b273526e2f3b9435dcfa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab49389824d44c5fe82688e1f763d603.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca076fd57db1c49f3870e2c8cb7acba.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>461214</v>
+        <v>469371</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.3</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>461269</v>
+        <v>469395</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>461283</v>
+        <v>469494</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>13.5</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>461344</v>
+        <v>469500</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>461412</v>
+        <v>469616</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>57.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>461528</v>
+        <v>469708</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>37.0</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>461610</v>
+        <v>469883</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>461634</v>
+        <v>469937</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>3.25</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>461665</v>
+        <v>470100</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>30</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>29.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>461832</v>
+        <v>470117</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>461870</v>
+        <v>470124</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>4.8</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>461948</v>
+        <v>470155</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>461955</v>
+        <v>470162</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>18.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>461993</v>
+        <v>470353</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>462051</v>
+        <v>470414</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>462068</v>
+        <v>470698</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>10.8</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>462259</v>
+        <v>470773</v>
       </c>
       <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
         <v>47</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>462280</v>
+        <v>470803</v>
       </c>
       <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
         <v>50</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>95.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>462297</v>
+        <v>470810</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>462327</v>
+        <v>470827</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>3.7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>