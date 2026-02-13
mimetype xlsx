--- v1 (2025-12-30)
+++ v2 (2026-02-13)
@@ -14,209 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 01:55</t>
-[...5 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 13/02/2026 12:15</t>
+  </si>
+  <si>
+    <t>ALARME PARA CARRO POSITRON FX-360 24 FUN�OES</t>
+  </si>
+  <si>
+    <t>Alarmes p/ carro</t>
+  </si>
+  <si>
+    <t>POSITRON</t>
+  </si>
+  <si>
+    <t>ARO LED RING LIGHT   COM SUPORTE DE CELULAR</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE  -MINI RECARREGAVEL ZLZT11</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS291     12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL S1038</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE56C0T-IRPF 720P/D 2.8mm</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE16C0T-IRPF 720P/E 2.8mm</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE16D0T 2.8mm/2MP/EXTERIOR</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7104HGHI-M1  1080P/04CH</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7108HGHI-M1  1080P/08CH</t>
+  </si>
+  <si>
+    <t>DVR HIKVISION DS-7116HGHI-M1  1080P/16CH</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION DS-2CE10DF0T-PF COLORVU 2.8.mm</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AAA 3600MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO PISTOLA ECOPOWER EP-2711</t>
+  </si>
+  <si>
+    <t>Termometros</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER MEGASTAR SPA-124 USB/BAT/12"/RE/BLUETOOTH</t>
-[...125 lines deleted...]
-    <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
+    <t>GARRAFA TERMICA BIGSTAR        3.0L INOX</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>PET ECOPOWER MAQ TOSAR EP2805 KIT   220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 5909   7W/REC/  2V</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER 5902 100W/RECARREGAVEL SOLAR</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7033 1-USB  /2.1A/  /TIPO C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>MAQUINA PROSPER  P-2127 REC. ACAB./INOX   2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5078ab8b83fc349d6811edcb7720c721.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa0dfac308f09b0a107508ba8123b10.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cb4cb77311b5199c0209273bd8095cf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05dfd5b082a67bfad5cae037c798e79.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c1f52256ef73890e9d3a9819f532328.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/594185d2790ab8932ef273561356966d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c12864dc080cda0d6c89521504841d7d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a4deef946f00cddba298d0bc8ab67a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6379135cc277c149da3bab5501f42305.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8748ce6c5279c2ca48fa391111cbbce4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00bc8f67c751541dd8f052b70eb122e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97a58729ba37e7ad75c9de58182c958.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f1ce3da50b743b2ef81bdf5fccd77a8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2dd9e1a0a506832dff814ec94c03a5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36e280a0bfd0b25ecd58f8c17a3d1e03.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aeb8027473c31ea15010bca558a0674.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78eed0b28b4073b3ca5b514a0a9186ce.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b34689663856b273526e2f3b9435dcfa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab49389824d44c5fe82688e1f763d603.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca076fd57db1c49f3870e2c8cb7acba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a95538a5989b39ce18cccc520b80b79.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f064fa28b25dbb4bcd202b9de1748d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce32e3d9b7d218dc814b26accae96b8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf1a3035c11d65f3ee2f54a286ae280.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851846adf81474b4c1010ffd1b9d473e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/134211c600169d4bfbfdd65843703bea.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76812cc8eaba6a4692bb983b21311511.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701edf0a2241ed256a402351b78340a9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d915bcde83c1107b9fb1f51f647d491e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a947ff9460cefe5c3badda3daeceb5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a047bbb22f03ceee447029f5290afb2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16828ee0c90278747f68767e5219f65c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45036bcb3f008944ff64d0c9f9fb0ed2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d130b088f4242f3098f78df8401ca31b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a46a4a444205447fd7858723ce8761.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce60a57f1fe9043bcd62798987e4e39.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6360ecde7f8b7cf88907fa450b0572e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a217d0242e332f1b56609ff5036d979.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c6ae47f553ddda378cee4aac02b243.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af107038ff80921c12dba7abdc203a4c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1151,416 +1136,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>469371</v>
+        <v>472029</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>469395</v>
+        <v>472074</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>45.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>469494</v>
+        <v>472296</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>168.0</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>469500</v>
+        <v>472319</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>162.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>469616</v>
+        <v>472517</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>469708</v>
+        <v>472746</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>10.8</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>469883</v>
+        <v>472753</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>469937</v>
+        <v>472760</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>13.8</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>470100</v>
+        <v>472777</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>470117</v>
+        <v>472784</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>22.8</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>470124</v>
+        <v>472791</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F12" s="3">
-        <v>22.8</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>470155</v>
+        <v>472807</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>42.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>470162</v>
+        <v>472913</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>22.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>470353</v>
+        <v>473002</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>470414</v>
+        <v>473033</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>470698</v>
+        <v>473040</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
-        <v>2.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>470773</v>
+        <v>473071</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="F18" s="3">
-        <v>18.5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>470803</v>
+        <v>473088</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>2.8</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>470810</v>
+        <v>473187</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="F20" s="3">
-        <v>2.8</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>470827</v>
+        <v>473200</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>3.7</v>
+        <v>15.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>