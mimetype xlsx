--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,194 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 12:15</t>
+    <t>Lista gerada no: 31/03/2026 17:45</t>
+  </si>
+  <si>
+    <t>SPRAY DE JARDIM (AGUA) RECARREGAVEL 1.5 LITROS USB</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 5000MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS2783          12DIG.</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CAREGADOR ECOPOWER EP-7038 / 1-USB-C / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F101B REC/USB/TF/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA996 QUENTE /FRIO - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1936 INOX (VIDRO)   220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18066 18" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  MONDIAL AF-50  5.0L  220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F98B  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>SHAKE PORTATIL HH-03  REC/USB/2V</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP30     30-CAF�E/PRETO/110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
   </si>
   <si>
     <t>ALARME PARA CARRO POSITRON FX-360 24 FUN�OES</t>
   </si>
   <si>
     <t>Alarmes p/ carro</t>
   </si>
   <si>
     <t>POSITRON</t>
   </si>
   <si>
-    <t>ARO LED RING LIGHT   COM SUPORTE DE CELULAR</t>
-[...7 lines deleted...]
-  <si>
     <t>LANTERNA POLICE  -MINI RECARREGAVEL ZLZT11</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
     <t>CALCULADORA MEGASTAR DS291     12 DIGITOS</t>
   </si>
   <si>
-    <t>Calculadoras</t>
-[...4 lines deleted...]
-  <si>
     <t>PATINETE INFANTIL S1038</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
     <t>CAMERA HD HIKVISION DS-2CE56C0T-IRPF 720P/D 2.8mm</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
     <t>HIKVISION</t>
   </si>
   <si>
     <t>CAMERA HD HIKVISION DS-2CE16C0T-IRPF 720P/E 2.8mm</t>
-  </si>
-[...70 lines deleted...]
-    <t>PROSPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a95538a5989b39ce18cccc520b80b79.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f064fa28b25dbb4bcd202b9de1748d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce32e3d9b7d218dc814b26accae96b8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf1a3035c11d65f3ee2f54a286ae280.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851846adf81474b4c1010ffd1b9d473e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/134211c600169d4bfbfdd65843703bea.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76812cc8eaba6a4692bb983b21311511.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/701edf0a2241ed256a402351b78340a9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d915bcde83c1107b9fb1f51f647d491e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53a947ff9460cefe5c3badda3daeceb5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a047bbb22f03ceee447029f5290afb2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16828ee0c90278747f68767e5219f65c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45036bcb3f008944ff64d0c9f9fb0ed2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d130b088f4242f3098f78df8401ca31b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56a46a4a444205447fd7858723ce8761.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce60a57f1fe9043bcd62798987e4e39.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6360ecde7f8b7cf88907fa450b0572e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a217d0242e332f1b56609ff5036d979.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c6ae47f553ddda378cee4aac02b243.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af107038ff80921c12dba7abdc203a4c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4939aba73f64491be9611f93715bf814.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e95afcbf21191410970b95ba82eec16.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2b818d491155105b5fc06d2da8f4a47.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/447fa1505ae9b609ed6c3a9c7d9b8e7a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/809c267f4288fda3d6d6369c5c7a62f2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/619521a8df5c8e6d0e279e196a116e6c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d1a135d4573511d2658616353113aa.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7963905509f23fc61a6aaa77910e768.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/134ae3c3ab7ffd4f445f442b7fc7e252.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d169d252ff18aad4c5e6c0f14bd806c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6aa558449e3f9553f6c0972130d08c0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dd2ba3e618fae5539281586d6e2df25.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d1622e1a140265b98afe5d13832ec2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/169412a5f30eb443d205aa75e8af604c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e237baca58e068215c183b02e7044640.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d43051e5107a7099a08eb8ac0406a179.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929f8f38897522ab20a0dfed14611d01.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7952423bfe7522b9f32643a825496c1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5bd4115cb3f4dc908e8be540a959ad1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671d471b177d56819ce8be530c9a7696.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>472029</v>
+        <v>470773</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>59.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>472074</v>
+        <v>470803</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.25</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>472296</v>
+        <v>470810</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>3.2</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>472319</v>
+        <v>470827</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>472517</v>
+        <v>470933</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>20.5</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>472746</v>
+        <v>471329</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>9.8</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>472753</v>
+        <v>471343</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>472760</v>
+        <v>471367</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>17.0</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>472777</v>
+        <v>471404</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>32.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>472784</v>
+        <v>471428</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>37.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>472791</v>
+        <v>471534</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
         <v>63.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>472807</v>
+        <v>471589</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>19.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>472913</v>
+        <v>471657</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>3.6</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>473002</v>
+        <v>471664</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>3.8</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>473033</v>
+        <v>472029</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>473040</v>
+        <v>472296</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>473071</v>
+        <v>472319</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="F18" s="3">
-        <v>2.8</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>473088</v>
+        <v>472517</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F19" s="3">
-        <v>3.8</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>473187</v>
+        <v>472746</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>1.8</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>473200</v>
+        <v>472753</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>15.75</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>