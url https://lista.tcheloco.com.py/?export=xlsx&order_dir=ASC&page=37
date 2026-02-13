--- v0 (2025-12-30)
+++ v1 (2026-02-13)
@@ -14,212 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/12/2025 01:03</t>
-[...14 lines deleted...]
-    <t>Cabos USB</t>
+    <t>Lista gerada no: 13/02/2026 10:41</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR GOLFINHO KANGLING KL-99 / 220V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>INVERSOR -TUCANO   12V P/220V 300W/SG</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>INVERSOR -TUCANO 12V P/110V 300W/SG</t>
+  </si>
+  <si>
+    <t>CAMERA  IP TUCANO SMART HS20/WIFI/HD/PROFISIONAL</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART TCQ9/WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>LANTERNA  POLICE SUNLIGHT S-2033  T6   BAT</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>FONTE CAMERA CCTV 12V/15AMP</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RECEPTOR  ATV A5  IPTV/FILMES/SERIES/4K  BRANCO</t>
+  </si>
+  <si>
+    <t>Net</t>
+  </si>
+  <si>
+    <t>ATV</t>
+  </si>
+  <si>
+    <t>LANTERNA  ECOPOWER REC. 8303 1LED  2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CABO USB ECOPOWER  6016 / TIPO- C / 5A/1M</t>
-[...41 lines deleted...]
-    <t>Telefones C/Fio</t>
+    <t>SPRAY DE JARDIM (AGUA) RECARREGAVEL 1.5 LITROS USB</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Recarreg�veis</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 5000MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>PILHA RECARREGAVEL MOX AA 4300MA / 4 PCS</t>
+  </si>
+  <si>
+    <t>CALCULADORA MEGASTAR DS2783          12DIG.</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>BALANCA DE BANHO MONDIAL BL-03     150KG</t>
-[...71 lines deleted...]
-    <t>PRASONIC</t>
+    <t>CAREGADOR ECOPOWER EP-7038 / 1-USB-C / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F101B REC/USB/TF/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA996 QUENTE /FRIO - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1936 INOX (VIDRO)   220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18066 18" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F98B  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5fb4563dc0f54dc30f52a724c9b0563.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a67dd7c5404ec64aa59944494d950c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a886f63e12c5e1d64ab34f92aeabf1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007066d14f7a8e2624fcd45e3284e897.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2824202e70f1c70b5569dc9306901fd4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18501100778318b1e022302c8ec290c1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96f49a2743fa4703d5cc9e720423a4fc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d8e0a15fd891168668f4b0e7af805f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d137ac04c7900b547a5462ac977a23a9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c421e4664347b4de6695655c2c365d8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e9ecc338ed222893b8f55012dde22be.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54d7519427169ca5b2c73e5760443417.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4368e06441862239005008df7dd9f6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0c5455e3bdb04e594cd5710fd71b9de.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ab7dd5f71d672ef05faabc6a7a176d8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15e498d6c98ab4d0c83dacdcb501e3b3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3ec9d9463ea2ad7b79ae22224eb1849.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9c9c7e7bc2e3a663e18306cac101225.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e05647b88c96ba5d1d81e235ae4a08c8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddbb9ddc3d9586e7981d4792256d5666.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4576e921abace3d6931601800d20393.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53688a4e0ef62ac76a3bbcc22ea4f582.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96a23244a18409ab77cab5abfc081dd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78878065202e24b16d1c1298641cff14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a0e57fae8b02baa528312eb7b2df4d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03875d34749eddd2b266617b8d0b5dc0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58119f5594326b36d79616d2e39431c4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7545f1c7e9981c192ba2c85f459fc47.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f0180428cf9c614fb802251fc1fbb5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f937bf99f3cc16fb877a67f7316b9259.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/286cd16e9cf1c9d25fa95c51f54606a3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310445f57628604b584a91c7c1bfa09d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054fc513f603691ea5668803ae764c02.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c82b289d018f472c44c2ebaf26251d5d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0fb67edaff9482d572b5dc7e49ab7df.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45355c0e7c205b8d977cd389205c1a6a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2fb894520ea361eddeab65498d69a8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/badfd481f048ffd1ec73eda4a671c11a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b559a952e88724b1c550915921904dc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e6965358a3380a839189efa639da7d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>466868</v>
+        <v>470100</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>70.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>466943</v>
+        <v>470117</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>466950</v>
+        <v>470124</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>0.8</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>466998</v>
+        <v>470155</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>467179</v>
+        <v>470162</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>467711</v>
+        <v>470353</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>225.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>467780</v>
+        <v>470414</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>42.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>467797</v>
+        <v>470636</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>35.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>467919</v>
+        <v>470698</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>468114</v>
+        <v>470773</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>468398</v>
+        <v>470803</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>468404</v>
+        <v>470810</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>6.75</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>468473</v>
+        <v>470827</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>468480</v>
+        <v>470933</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>468688</v>
+        <v>471329</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>4.5</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>468794</v>
+        <v>471343</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>23.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>468985</v>
+        <v>471367</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>2.3</v>
+        <v>173.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>469029</v>
+        <v>471404</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
         <v>46</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>29.6</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>469180</v>
+        <v>471428</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>3.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>469197</v>
+        <v>471589</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>28.75</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>