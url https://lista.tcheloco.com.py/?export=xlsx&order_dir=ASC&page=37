--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,206 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 10:41</t>
+    <t>Lista gerada no: 31/03/2026 16:15</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-TGB112LAB BINA/2BASE /PRETO/ 2V</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F100  REC/USB/TF/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR SPA-124 USB/BAT/12"/RE/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MONDIAL GRILL S-07 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-6900 SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-3900  SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED -BLUETOOTH MEGASTAR 701A /2V</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>REFLETOR LED -  FLOOD (FINO) 500W/220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX350ES PLUS CIENTIFICA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LEITOR CODIGO BARRAS ZKT  ZKB101   CABO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>ZKT</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA   DH-HAC-B1A21 2.8mm/1080/EX</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
   </si>
   <si>
     <t>MASSAGEADOR GOLFINHO KANGLING KL-99 / 220V</t>
   </si>
   <si>
     <t>Massageadores</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>INVERSOR -TUCANO   12V P/220V 300W/SG</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>INVERSOR -TUCANO 12V P/110V 300W/SG</t>
   </si>
   <si>
     <t>CAMERA  IP TUCANO SMART HS20/WIFI/HD/PROFISIONAL</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
     <t>CAMERA IP TUCANO SMART TCQ9/WIFI/HD/PROFISSIONAL</t>
   </si>
   <si>
     <t>LANTERNA  POLICE SUNLIGHT S-2033  T6   BAT</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
     <t>FONTE CAMERA CCTV 12V/15AMP</t>
   </si>
   <si>
     <t>Acess�rios dvr</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>RECEPTOR  ATV A5  IPTV/FILMES/SERIES/4K  BRANCO</t>
   </si>
   <si>
     <t>Net</t>
   </si>
   <si>
     <t>ATV</t>
   </si>
   <si>
     <t>LANTERNA  ECOPOWER REC. 8303 1LED  2V</t>
   </si>
   <si>
     <t>Lanternas</t>
-  </si>
-[...73 lines deleted...]
-    <t>Radios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4576e921abace3d6931601800d20393.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53688a4e0ef62ac76a3bbcc22ea4f582.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f96a23244a18409ab77cab5abfc081dd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78878065202e24b16d1c1298641cff14.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75a0e57fae8b02baa528312eb7b2df4d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03875d34749eddd2b266617b8d0b5dc0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58119f5594326b36d79616d2e39431c4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7545f1c7e9981c192ba2c85f459fc47.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f0180428cf9c614fb802251fc1fbb5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f937bf99f3cc16fb877a67f7316b9259.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/286cd16e9cf1c9d25fa95c51f54606a3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/310445f57628604b584a91c7c1bfa09d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054fc513f603691ea5668803ae764c02.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c82b289d018f472c44c2ebaf26251d5d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0fb67edaff9482d572b5dc7e49ab7df.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45355c0e7c205b8d977cd389205c1a6a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2fb894520ea361eddeab65498d69a8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/badfd481f048ffd1ec73eda4a671c11a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b559a952e88724b1c550915921904dc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e6965358a3380a839189efa639da7d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90512f78fce9c71cf97680eccc8aa56f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98789c70a579a2bdd217fdc738caccb3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6452f361684d2e5ffc6661927a658269.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37018e9c55af8d3ff2db87e78b3fcc60.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88c48e2419d0d590b12a41a151701909.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc267b3d3a91e5341dbb0769346887aa.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a87710f4bf6641b82ba1e166075ee3ff.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbc138aa1e914f39f8372ecfbe478add.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a073d12c47eed74a58dbb1f11aa58204.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04846402a8c4c6967e1220a9a1a238ce.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dad12d47a8084476e1dad36a371f638.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7dba13db55c40a2061117bae33f2ec.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b0acd09b88bb8831b2f9fd2b043e5de.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47b5e7a896942ff7397596e93bf0d609.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43e5858886750e76bf4c548a28d97386.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b35372caad1df7e179ec6fa4b213808.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92dba1be207d3862442e63dfc1a10a91.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad383e6dc43ae251d77e7108d79a563.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d433197b695757f9fd307a4e12aeb96f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2e9d053aa17bdddb65eaf71580b409.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>470100</v>
+        <v>469364</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>470117</v>
+        <v>469371</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>22.8</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>470124</v>
+        <v>469395</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>22.8</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>470155</v>
+        <v>469425</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>42.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>470162</v>
+        <v>469494</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>22.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>470353</v>
+        <v>469500</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>470414</v>
+        <v>469616</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>470636</v>
+        <v>469623</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>90.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>470698</v>
+        <v>469708</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>2.5</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>470773</v>
+        <v>469883</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>18.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>470803</v>
+        <v>469937</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>2.8</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>470810</v>
+        <v>470100</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>2.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>470827</v>
+        <v>470117</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>3.5</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>470933</v>
+        <v>470124</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>6.75</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>471329</v>
+        <v>470155</v>
       </c>
       <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>2.3</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>471343</v>
+        <v>470162</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>22.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>471367</v>
+        <v>470353</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>173.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>471404</v>
+        <v>470414</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>471428</v>
+        <v>470636</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>18.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>471589</v>
+        <v>470698</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>2.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>