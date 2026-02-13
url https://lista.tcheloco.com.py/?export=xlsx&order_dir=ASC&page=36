--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,203 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 10:10</t>
-[...2 lines deleted...]
-    <t>RADIO ECOPOWER EP-F102 USB/TF/BLUETOOTH</t>
+    <t>Lista gerada no: 13/02/2026 11:02</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H118 / BLUETOOTH / AIRPODS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATEDEIRA ECOPOWER EP-3016 110V</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>TAPA BOCA  MASK  (50-PCS) DESCARTAVEL PRETO</t>
+  </si>
+  <si>
+    <t>SAUDE</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>TAPA BOCA KN95 ( 20-PCS ) DESCARTAVEL  PRETO</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PRECISAO CX-PRETA      500G</t>
+  </si>
+  <si>
+    <t>Balan�as de Precis�o</t>
+  </si>
+  <si>
+    <t>SUPORTE P/CEL KOLKE ROBOT-CANERAMAN 360�</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H113</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>TALKABOUT MOTOROLA.T110   KIT 16 MIL PRETO S/GAR.2V</t>
+  </si>
+  <si>
+    <t>Talkabout</t>
+  </si>
+  <si>
+    <t>MOTOROLA</t>
+  </si>
+  <si>
+    <t>PC ROUTER -XIAOMI MI R03 2.4GHZ 300MBPS</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MAQUINA SUPER JY 8801 ACABAMENTO B.REC. 220V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA PROSPER  P-1902 CABELO REC/PROFISSIONAL 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PRASONIC</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC KX-TGB112LAB BINA/2BASE /PRETO/ 2V</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F100  REC/USB/TF/BLT</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...5 lines deleted...]
-    <t>Med.Pressao de Bra�o</t>
+    <t>SPEAKER MEGASTAR SPA-124 USB/BAT/12"/RE/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>VENTILADOR MEGASTAR FAN 2020 DE  PISO  220V</t>
-[...110 lines deleted...]
-    <t>BRITANIA</t>
+    <t>PX VOYAGER VR-6900 SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>PX VOYAGER VR-3900  SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED -BLUETOOTH MEGASTAR 701A /2V</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>REFLETOR LED -  FLOOD (FINO) 500W/220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX350ES PLUS CIENTIFICA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LEITOR CODIGO BARRAS ZKT  ZKB101   CABO</t>
+  </si>
+  <si>
+    <t>ZKT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae0c85a8d49532f7271161e279dea3b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb07687e28a4bbdc91b46efade5ab18.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5837a1c0535515beacf92010beb042f6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1fce96f0a1a70efb78d90019a25a99f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8777e3234ef4522ec40472c3ebfcd345.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3c1b1245f52aec4196469e5cf923c1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9eaba47c8562796e25b5ada4b66e7a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bc103f3e0a6d2b82170f8cfea6b8d9d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f95bc5127d1f453e3a885181c5424124.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e60f9880452e9b5ab735f4f5633828b3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b010ce745796ada6cb1519df0a3a19ba.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d61cdd7c0c285a316492c32439d166d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89cfb88ecc13185b8748cde0890f6c2b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b56e0029933773a217569a36d8886469.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a842865dba0497742bee1b5c3e04a6c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de0c647b4a3d7c889396cf409c37e685.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4256847e30b1403c1fce92d5c33d19e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aab5128bb2e830a295273f6b31c0d12.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71930f2b3730850357de563a99407b17.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fe105ac1e3255dba9f197540093311f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91dd1e8738b47de8ace2774e9a01490.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abf4cdd6080947764eb418c2114fb71.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd04261a25e493766c081c38b0afd95f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b64c6148d26ec215f467327776e762e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/946f9a006be95263e049fe5b546f697c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1badb72dbd9a92d64b2e470809c59d63.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bcbd18a37fe8c5849c611b8784edc68.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0836aa41785b4bc53c1885c16e1c4ba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2740766af3c2a0e0e746bc23c2b1281e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d303ad4bc11528010d24c9d0604bd09a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855d57808e0e3a06a300e3c8962f022a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e9b6a29b38a757aa41584e9e702a6f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90bb899e7578d2ab83cfb921b0c2f9ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe18ff1510f567ce734ccfbf5a116c3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cfb402f3d9892e6a53a0480b172fdc0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e6caa9f5398bee4ec433e8e35809b0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d74d4b57a8089fbe68b13ba79526a1c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c417775a165f99db9f78c3c7cd0ca148.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a30ef1d5942648fbb02519b84e2bdc9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21ae6bd29c33fb33ca5a469e5a6fd59.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>456937</v>
+        <v>468398</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>456951</v>
+        <v>468404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>456999</v>
+        <v>468473</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>34.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>457286</v>
+        <v>468480</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>457293</v>
+        <v>468688</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1.8</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>457859</v>
+        <v>468794</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>10.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>457866</v>
+        <v>468985</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>10.5</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>457880</v>
+        <v>469029</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>1.9</v>
+        <v>29.6</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>457897</v>
+        <v>469159</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>457927</v>
+        <v>469180</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>3.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>457934</v>
+        <v>469197</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>3.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>457989</v>
+        <v>469364</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>55.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>458030</v>
+        <v>469371</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>11.8</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>458047</v>
+        <v>469395</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>15.75</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>458382</v>
+        <v>469494</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>1.35</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>458573</v>
+        <v>469500</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>458795</v>
+        <v>469616</v>
       </c>
       <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" t="s">
         <v>41</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>458993</v>
+        <v>469623</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>19.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>459099</v>
+        <v>469708</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>459136</v>
+        <v>469883</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>18.5</v>
+        <v>25.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>