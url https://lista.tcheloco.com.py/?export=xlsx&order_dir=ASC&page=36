--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -34,195 +34,195 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 11:02</t>
-[...5 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 31/03/2026 15:53</t>
+  </si>
+  <si>
+    <t>CABO ECOPOWER  6021 / LIGHTNING / TIPO-C /  1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
+    <t>CABO USB ECOPOWER  6016 / TIPO- C / 5A/1M</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA FREE FR-K120 2L / INOX / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>FONE JBL T510BT BLUETOOTH PRETO</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO. FOSTON FS-S09 PRO 8.5"</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL  6"5   CLUB6520  50WRMS KIT 2VIA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE3 627F - 6"5 - 45WRMS</t>
+  </si>
+  <si>
+    <t>TELEFONE MEGASTAR COM FIO FT-308</t>
+  </si>
+  <si>
+    <t>Telefones C/Fio</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>BALANCA DE BANHO MONDIAL BL-03     150KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
     <t>BATEDEIRA ECOPOWER EP-3016 110V</t>
   </si>
   <si>
     <t>ELETRODOMESTICOS</t>
   </si>
   <si>
     <t>TAPA BOCA  MASK  (50-PCS) DESCARTAVEL PRETO</t>
   </si>
   <si>
     <t>SAUDE</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>TAPA BOCA KN95 ( 20-PCS ) DESCARTAVEL  PRETO</t>
   </si>
   <si>
     <t>BALAN�A DE PRECISAO CX-PRETA      500G</t>
   </si>
   <si>
     <t>Balan�as de Precis�o</t>
   </si>
   <si>
     <t>SUPORTE P/CEL KOLKE ROBOT-CANERAMAN 360�</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>KOLKE</t>
   </si>
   <si>
     <t>FONE DE OUVIDO ECOPOWER EP-H113</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
+    <t>FONE JBL T510BT BRANCO BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Headphone</t>
+  </si>
+  <si>
     <t>TALKABOUT MOTOROLA.T110   KIT 16 MIL PRETO S/GAR.2V</t>
   </si>
   <si>
     <t>Talkabout</t>
   </si>
   <si>
     <t>MOTOROLA</t>
   </si>
   <si>
     <t>PC ROUTER -XIAOMI MI R03 2.4GHZ 300MBPS</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
     <t>MAQUINA SUPER JY 8801 ACABAMENTO B.REC. 220V</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>MAQUINA PROSPER  P-1902 CABELO REC/PROFISSIONAL 2V</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PRASONIC</t>
-  </si>
-[...61 lines deleted...]
-    <t>ZKT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e91dd1e8738b47de8ace2774e9a01490.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abf4cdd6080947764eb418c2114fb71.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd04261a25e493766c081c38b0afd95f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b64c6148d26ec215f467327776e762e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/946f9a006be95263e049fe5b546f697c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1badb72dbd9a92d64b2e470809c59d63.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bcbd18a37fe8c5849c611b8784edc68.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0836aa41785b4bc53c1885c16e1c4ba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2740766af3c2a0e0e746bc23c2b1281e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d303ad4bc11528010d24c9d0604bd09a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855d57808e0e3a06a300e3c8962f022a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51e9b6a29b38a757aa41584e9e702a6f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90bb899e7578d2ab83cfb921b0c2f9ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe18ff1510f567ce734ccfbf5a116c3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cfb402f3d9892e6a53a0480b172fdc0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1e6caa9f5398bee4ec433e8e35809b0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d74d4b57a8089fbe68b13ba79526a1c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c417775a165f99db9f78c3c7cd0ca148.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a30ef1d5942648fbb02519b84e2bdc9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d21ae6bd29c33fb33ca5a469e5a6fd59.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0172d9d3f4504e3c0d97d83383b73d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ae9fa53d0cd247ebe9a78630989e21.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b7a1c51bfbafeafa0ecb61693c62dd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e1f4fe19a228a9b0cbd59dd37b1748.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7b9c6d354dfc7b101d92e50b130e4f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd31be0f89da0c0704112e16296aa31.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d26389310b1bcbdafde992b57863c3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20d48869a8412fe592f84065d4b986f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16d5644356dd693a1c554a8d432a5ee9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f068ab2caea51de4834f83ec47cdc39b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/194e200de53b16950974bcd7631996b0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eee7cc365fff3ebafc21db498884ad16.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee43af75de176363aa6686782a99cfd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969d369eb13150729ab194b97e092d6c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0115afc9d233d363312baad0652720d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ff88ddb6496e8aa15fb68cf49af89a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2deee44121346c134fe851fae90e3760.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439c1582021c5521f3d53e983ff04b0a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78a2990cf2198dd138c9dd7c08685cd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea5dbe8e382abd20c354d98ae3c9895.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>468398</v>
+        <v>466943</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>468404</v>
+        <v>466950</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>6.75</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>468473</v>
+        <v>467179</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>468480</v>
+        <v>467230</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>468688</v>
+        <v>467711</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>4.5</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>468794</v>
+        <v>467780</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>23.5</v>
+        <v>43.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>468985</v>
+        <v>467797</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>2.3</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>469029</v>
+        <v>467919</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>29.6</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>469159</v>
+        <v>468114</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>469180</v>
+        <v>468404</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>3.5</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>469197</v>
+        <v>468473</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>469364</v>
+        <v>468480</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>58.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>469371</v>
+        <v>468688</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>14.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>469395</v>
+        <v>468794</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>45.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>469494</v>
+        <v>468985</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>168.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>469500</v>
+        <v>468992</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>162.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>469616</v>
+        <v>469029</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E18" t="s">
         <v>46</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>29.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>469623</v>
+        <v>469159</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
         <v>48</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>49</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>469708</v>
+        <v>469180</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="F20" s="3">
-        <v>10.8</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>469883</v>
+        <v>469197</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>