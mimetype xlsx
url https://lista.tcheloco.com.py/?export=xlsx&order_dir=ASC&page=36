--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 15:53</t>
+    <t>Lista gerada no: 31/03/2026 17:19</t>
   </si>
   <si>
     <t>CABO ECOPOWER  6021 / LIGHTNING / TIPO-C /  1M</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>CABO USB ECOPOWER  6016 / TIPO- C / 5A/1M</t>
   </si>
   <si>
     <t>JARRA ELETRICA FREE FR-K120 2L / INOX / 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>FREE</t>
   </si>
   <si>
     <t>FONE JBL T510BT BLUETOOTH PRETO</t>
   </si>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0172d9d3f4504e3c0d97d83383b73d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8ae9fa53d0cd247ebe9a78630989e21.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b7a1c51bfbafeafa0ecb61693c62dd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e1f4fe19a228a9b0cbd59dd37b1748.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7b9c6d354dfc7b101d92e50b130e4f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd31be0f89da0c0704112e16296aa31.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d26389310b1bcbdafde992b57863c3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d20d48869a8412fe592f84065d4b986f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16d5644356dd693a1c554a8d432a5ee9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f068ab2caea51de4834f83ec47cdc39b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/194e200de53b16950974bcd7631996b0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eee7cc365fff3ebafc21db498884ad16.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bee43af75de176363aa6686782a99cfd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969d369eb13150729ab194b97e092d6c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0115afc9d233d363312baad0652720d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ff88ddb6496e8aa15fb68cf49af89a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2deee44121346c134fe851fae90e3760.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/439c1582021c5521f3d53e983ff04b0a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78a2990cf2198dd138c9dd7c08685cd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea5dbe8e382abd20c354d98ae3c9895.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e45f19198203fbeecb43f11d1a102dcf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80954ec530e2142c492af33e2b0c5ce7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aac547cb923ffe7847405d197cd649af.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81cc9f3bb92f517edf52e1d615408f3b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/621e21244c8b1b3ba26dddcf618652d8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2eec27fd23d0f4d58634b0d0e40f19.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d493a74cd48c4ba6e5aba8f401342fa4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443832340fe68a65b7b0f6251ab4aba1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730c326af94fc8272ecec4bee81c2322.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b494e48d61b08aca0c9b910efa5277a9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f797d3ba8681ee5e6ff6e53bdd0d246.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5bed399ec3c6145a4c33724e47fa720.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68efc4a2f58ece99b68fdb54d70562d3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbf2198fed2ed8d82f4e59fd1a48db00.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad06dab85bc5ad2da03396e0c826b558.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/912fe61195baf4e189af01bbf4a2023f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46fe6aafc65bf2eba947b6ee8862129f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9402aae6db64de2a8d9e6e282cd11aa9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51b7fd77e91f02481865bb5d4564ec63.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1b9881be360d33dc669aedfd9d10972.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>