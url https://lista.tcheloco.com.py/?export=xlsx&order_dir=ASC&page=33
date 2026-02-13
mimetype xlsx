--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,224 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 06:44</t>
-[...5 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>Lista gerada no: 13/02/2026 07:54</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA SUNLIGHT S150  500ML INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>PLACA INDUCAO ONIDA ON-400 (1BOCA) / 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>BARBEADOR PROSPER P-4408 RECARREG�VEL - 2V</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>REFLETOR LED MEGASTAR YM8206D 10W - 2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>REFLETOR LED MEGASTAR YM8207D 20W - 2V</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL POWER C/PROCESSADOR M-07 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>ALISADOR MONDIAL BLACK ROSE P-27 - 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HAC-T1A11   2.8M/720P/DM</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>BEBEDOURO ELECTROBRAS     EBBM-02C  220V</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5918 E27 - 80W</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5917 E27 - 65W</t>
+  </si>
+  <si>
+    <t>L�MPADA LED ECOPOWER EP-5919 E27 - 100W</t>
+  </si>
+  <si>
+    <t>MEL DA MALASIA (CX/12 SACH)JAGUAR POWER</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>JAGUAR POWER</t>
+  </si>
+  <si>
+    <t>TOSTADORA MONDIAL INOX T-13 P/2 PAES - 220V</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7037 / 1 USB-C / 3.0 /  20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>ALISADOR BRITANIA TITANIUM BLUE - 2V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>BATERIA CR1620 PANASONIC CART C/05P</t>
-[...140 lines deleted...]
-    <t>MINI MIXER ECOPOWER EP-2997 / A PILHA</t>
+    <t>BATEDEIRA MOX MO-EM60 / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>MICROFONE PTT PARA RADIO PX 4 PINOS - KT2021</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V MEGASTAR CH221 - 2 USB</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH331 / 2 USB / 1A / 2.1A / 2V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7805b43eb7a86b393872b7743de0e5a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f449eb1f1a0f748c0231c2c0866b6e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fda260ff7b27bd96bf194eec9d2b12.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2242d5720d04b63c97e08dfdbd6ff87.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac7c079e1866c351c55165d5f01e599c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6f16714e66122e4be4d2e4ec03b87c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78a9ef5d315f354f2095e7bec8a8259f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f5fdc4e06910d28ef6218590561b3e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e2f1d96cd48caeb60975493eaa4040.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a01220ac30445af6baa04fe46978a56a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0261633d0d74ba7ea1656a3d97ebc75.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0535bcee385544a3ea8036c26fa42a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68ca70ba50e6431d7cdce9c52a7becbd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae7383c5a70a3e8279c2ffffc7f6eb3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c58da1c1bd2337e0603006a38f7ae73.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62bf20a58b4a39451ec51b6235b7550.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a555bf118f05aba6561e97edc81ec36.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/321e7141533d43d18e0771e6a42e6d94.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05929c8fb7866acd74a1978a2448d04a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830747a0a923786080839dd0130343c0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28127e143950376e3c47220c0f10c5da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d4b02e26b3fe33c9bb05b6df75c784e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b53d374ba3e3cf996644bca0f69aad5c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89e5d7e82a9884d3578ad3ac2e303b6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca286a3273cc8885e4805410f4bc6667.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03825279e762c4d05190ff09a6da6bbb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/704fe0371782742da254e010b4b29fe9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a73fec2d3cfaadeef20bbd937aa16da.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c1ac5301cafaf749a333e2bdc9386a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7512db4adf0c9ad5f70a6e58ff6c81.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b4568fe840f7119358d9183a31a807.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732c85917bc4040840e06d794d1a2174.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fb8ef92fee07b16e455ad562395d38.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c99deae0ffd78b4ad78c3911749ed3fe.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e17f95676d6320ffc3506f9d8ba17bb5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a77daa98984853078928943f353ebdcd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0923f8e7087b32617c50a0db06b58221.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24fdfc13f8d63341c95dc2e4be6659b5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e0b74700de8fd06860f61be52ffa01.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a81fd2555cfdabda9e7c5f6a5bae16.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>449496</v>
+        <v>461634</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>24.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>449557</v>
+        <v>461665</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.31</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>449588</v>
+        <v>461832</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>449601</v>
+        <v>461948</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>449908</v>
+        <v>461955</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>450423</v>
+        <v>461993</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>93.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>450461</v>
+        <v>462051</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>90.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>450621</v>
+        <v>462068</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>28</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>42.0</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>450638</v>
+        <v>462280</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>450720</v>
+        <v>462297</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>7.3</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>450737</v>
+        <v>462327</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>11.3</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>450751</v>
+        <v>462334</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>450782</v>
+        <v>462433</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>450942</v>
+        <v>462518</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>3.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>451024</v>
+        <v>462594</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>48.0</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>451123</v>
+        <v>462617</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>451239</v>
+        <v>462679</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>4.4</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>451321</v>
+        <v>462754</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>34.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>451598</v>
+        <v>462952</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>4.26</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>451697</v>
+        <v>462969</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>1.5</v>
+        <v>1.95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>