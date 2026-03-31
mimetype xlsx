--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,206 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 07:54</t>
+    <t>Lista gerada no: 31/03/2026 12:43</t>
+  </si>
+  <si>
+    <t>SPEAKER INOVA 8168 BAT REC/FM/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FERRO MONDIAL VAPOR     F-32 AZUL   220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR  SATE AP-25 USB REC - 3 LAMINAS</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR HYJ181BT USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC089N 2X1 PINK - 110V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL MEGASTAR FMA8C - 220V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MEGASTAR NRA72A - 220V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR PORT�TIL MEGASTAR MY126 - RECARREG�VEL</t>
+  </si>
+  <si>
+    <t>ABAFADOR DE TIRO ESPORTIVO SATE AE-740</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>LAMPA LED - ATMOSFERICA MEGASTAR GIRATORIO - 2V</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 12" LUO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>M�QUINA DE BARBEAR MONDIAL SUPERGROOM-10 BG-03 - 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>A F NAKAMICHI SUB 12"NSW12D B.DUPLA 120W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
   </si>
   <si>
     <t>GARRAFA TERMICA SUNLIGHT S150  500ML INOX</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
     <t>PLACA INDUCAO ONIDA ON-400 (1BOCA) / 110V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>BARBEADOR PROSPER P-4408 RECARREG�VEL - 2V</t>
   </si>
   <si>
     <t>Barbeadores</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>REFLETOR LED MEGASTAR YM8206D 10W - 2V</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>REFLETOR LED MEGASTAR YM8207D 20W - 2V</t>
   </si>
   <si>
     <t>MIXER MONDIAL POWER C/PROCESSADOR M-07 - 110V</t>
   </si>
   <si>
-    <t>Eletrodom�sticos</t>
-[...1 lines deleted...]
-  <si>
     <t>PACOTE</t>
   </si>
   <si>
     <t>ALISADOR MONDIAL BLACK ROSE P-27 - 2V</t>
-  </si>
-[...82 lines deleted...]
-    <t>CARREGADOR MEGASTAR CH331 / 2 USB / 1A / 2.1A / 2V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28127e143950376e3c47220c0f10c5da.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d4b02e26b3fe33c9bb05b6df75c784e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b53d374ba3e3cf996644bca0f69aad5c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89e5d7e82a9884d3578ad3ac2e303b6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca286a3273cc8885e4805410f4bc6667.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03825279e762c4d05190ff09a6da6bbb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/704fe0371782742da254e010b4b29fe9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a73fec2d3cfaadeef20bbd937aa16da.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c1ac5301cafaf749a333e2bdc9386a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7512db4adf0c9ad5f70a6e58ff6c81.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b4568fe840f7119358d9183a31a807.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732c85917bc4040840e06d794d1a2174.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10fb8ef92fee07b16e455ad562395d38.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c99deae0ffd78b4ad78c3911749ed3fe.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e17f95676d6320ffc3506f9d8ba17bb5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a77daa98984853078928943f353ebdcd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0923f8e7087b32617c50a0db06b58221.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24fdfc13f8d63341c95dc2e4be6659b5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39e0b74700de8fd06860f61be52ffa01.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a81fd2555cfdabda9e7c5f6a5bae16.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149ccbf1ca517c271cbce0238061af64.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193640c8fcd2a5559c4469b530c5757d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1271babb46026eb7e1f96665b51b3549.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b417c6dea579e5d6205bdfc127e8493.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a7b0c33e1d5ec372649a265220a6ea3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca8547610945c4e427220930a1af3397.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bb327b55d36879075810eb37a50cfb0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bcfb148a9dd66fd3015db5901700936.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0314f89a6a83f881e002066ee549998.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f42f48a4b554f4fe503087b976f27d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf59f8e7cd3274b3376728fd388f6bd3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1879ba914391f30a47c9b3651d898f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26cad342cd2b70f56d6c5e319ae6c71b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e8d367aaf7f2b69986e93c41494708.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2916b1dca319c4e711da19a04cb79de3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b016871358189233c06535f416d1a2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1153981b230e8747ee82e0c59ccd1e16.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c54a1b296d3c3a6d3d038a915ca0e96.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559ff525918d009247e7d7c1b516dfb4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ab2b4193a12fa650b5fb62e0c19ea19.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>461634</v>
+        <v>460279</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.25</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>461665</v>
+        <v>460514</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>461832</v>
+        <v>460804</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>461948</v>
+        <v>461016</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>461955</v>
+        <v>461047</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>461993</v>
+        <v>461078</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>462051</v>
+        <v>461108</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>16.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>462068</v>
+        <v>461122</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>10.8</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>462280</v>
+        <v>461184</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>95.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>462297</v>
+        <v>461214</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>462327</v>
+        <v>461269</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>462334</v>
+        <v>461344</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>462433</v>
+        <v>461610</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>20.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>462518</v>
+        <v>461634</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>20.5</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>462594</v>
+        <v>461665</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>3.3</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>462617</v>
+        <v>461832</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>462679</v>
+        <v>461948</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>462754</v>
+        <v>461955</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>462952</v>
+        <v>461993</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>1.9</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>462969</v>
+        <v>462051</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>1.95</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>