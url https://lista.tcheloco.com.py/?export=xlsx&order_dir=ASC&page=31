--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,209 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 04:53</t>
-[...14 lines deleted...]
-    <t>Roteadores</t>
+    <t>Lista gerada no: 29/12/2025 19:13</t>
+  </si>
+  <si>
+    <t>CALCULADOR TRULY 836B-12</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>ANDROID BOX XIAOMI MI TV STICK MDZ-24-AA FULL HD</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  32GB 100M</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>RAQUETE ELET. GECKO   MATA MOSCA LTD-008</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI MIXER ECOPOWER EP-2997 / A PILHA</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  64GB 100M</t>
+  </si>
+  <si>
+    <t>C�MERA IP ECOPOWER EP-C009 HD 3.0MP WIFI/BRANCO</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO HS18 SMART/WIFI/HD/PROFIS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA HD TUCANO COLOR MODEL-320 3.6MM INTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DVR TUCANO  KIT  8CH/ 8-CAM S/FIO   WF08</t>
+  </si>
+  <si>
+    <t>SEGURANCA</t>
+  </si>
+  <si>
+    <t>CARREGADOR LITERNA CAMERA PARA BATERIA 18650</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO I12 / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>TRIPE TUCANO TTX-6218 128CM</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASE 10 MICRO SD KINGSTON 64GB 100MB/S</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK TL-RE305 DUAL BAND WFI</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
-    <t>APARELHO GAME BOX SUP - RETRO - 400 JOGOS</t>
-[...62 lines deleted...]
-    <t>VENTILADOR DIGITRON 18360 - CABECA LOCA - 220V</t>
+    <t>PILHA RECARGAVEL MOX  AAA 3600MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>BATERIA CR1632 PANASONIC CART C/05P</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSR40ABW-L COLUMNA - 16" 110V</t>
   </si>
   <si>
     <t>Climatiza��o</t>
   </si>
   <si>
-    <t>DIGITRON</t>
-[...47 lines deleted...]
-    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 220V</t>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ONIDA ON-7044 (HAIR CURLER) - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL MEGASTAR TXG066  / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148db95f508c98180f0834e0338bc3ac.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5feb6c93e860df05fdf65e218f9fbc19.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/087d5099220914ef6b0539a25b218ce6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90272db7a2dc5f212815e37c1a51e758.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4024fb841b07cb882bd48450bb9f604e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142b5114e7cf64f57ab6bcba95b5d945.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf3c70b2628b2382bc61a2af7b9d26b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e17fa2475695e1f109bbd13057b1efb9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c9a6d67038e1ebf372f5afc99054df.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b53fde2dba1cce014ead74b8668ef2f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/861030a71b5ef6f6360e8c01a915c547.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec4abc4b011ff0b8fa8ff0b554555c6d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f2ec5b81dad5a1eda68c4f31e75214.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd37c5c12995326e1417d3a4c88a13db.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3d1dbfd583e556fbdd92da69181e6e2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099ebf7dc849238a934f886742bc0ca.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26fdbc0396056814e97549755bf7e8a7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc432cc4f1c293939871ca5b784df647.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdfa2c86b5efd421c8d1110bd91debf8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c8bed45aa93f3f3f59c27b2fb4870cb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485c0ba2cdbcb83b1f5b1acc4296fb03.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48069a19f561e1a598e5f07588d56f9a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7810e03ac9c78fc95ced0c2745459a83.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae039ec31e0ca2e3297cb43c8e7703e7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54b44b329447b9111176277db4481ab2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf319ce71af27af1d85fc1a3697fea7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7a2916fa1cf9c55afdf7fdec5814236.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb6b02496ef95f43495c76c317123f00.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce232d5338df5d182a931248e50552ef.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417fe42557c421efbace70214b524245.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9479c16475c8686ab4ff4d6468b0c337.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f2cb51f7a96fca5324df58410e43ca0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1a4000c2174241dfe9b60221c31c6c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4beeff92ebc196e54b22f41eb4e7b296.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b3e3b9b6eb3e15812e170e534ade2b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8603f05076c5ae32fab7639722da31fd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d844007e9d1a9a1736e8ee1d5a1825b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c16f4e5983e86e4b8bea7d66b3d5d6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0695441321c6ef94f9735c757b9bdb48.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d696249f2b47232d0c1bc61d79252b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>443623</v>
+        <v>451239</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>444019</v>
+        <v>451321</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>20.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>444071</v>
+        <v>451598</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>444422</v>
+        <v>451642</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>444521</v>
+        <v>451697</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>10.8</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>444637</v>
+        <v>451741</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3.0</v>
+        <v>6.77</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>444651</v>
+        <v>451789</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>444712</v>
+        <v>451932</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>26</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>0.99</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>444781</v>
+        <v>451956</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>11.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>444989</v>
+        <v>451963</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>444996</v>
+        <v>451970</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>445214</v>
+        <v>451987</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>24.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>445405</v>
+        <v>451994</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>445412</v>
+        <v>452052</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>14.0</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>445924</v>
+        <v>452304</v>
       </c>
       <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E16" t="s">
         <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>32.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>445979</v>
+        <v>452564</v>
       </c>
       <c r="C17" t="s">
         <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>1.5</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>446020</v>
+        <v>452694</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>30.5</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>446143</v>
+        <v>452748</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>54.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>446297</v>
+        <v>452878</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>77.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>446358</v>
+        <v>453028</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>25.0</v>
+        <v>32.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>