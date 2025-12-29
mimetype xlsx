--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 19:13</t>
+    <t>Lista gerada no: 29/12/2025 20:48</t>
   </si>
   <si>
     <t>CALCULADOR TRULY 836B-12</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>ANDROID BOX XIAOMI MI TV STICK MDZ-24-AA FULL HD</t>
   </si>
   <si>
     <t>Android Tv</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
     <t>MEMORIA CLASS 10 MICR SD SANDISK  32GB 100M</t>
   </si>
   <si>
     <t>Cartoes de Memoria</t>
   </si>
@@ -248,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485c0ba2cdbcb83b1f5b1acc4296fb03.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48069a19f561e1a598e5f07588d56f9a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7810e03ac9c78fc95ced0c2745459a83.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae039ec31e0ca2e3297cb43c8e7703e7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54b44b329447b9111176277db4481ab2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf319ce71af27af1d85fc1a3697fea7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7a2916fa1cf9c55afdf7fdec5814236.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb6b02496ef95f43495c76c317123f00.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce232d5338df5d182a931248e50552ef.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417fe42557c421efbace70214b524245.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9479c16475c8686ab4ff4d6468b0c337.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f2cb51f7a96fca5324df58410e43ca0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1a4000c2174241dfe9b60221c31c6c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4beeff92ebc196e54b22f41eb4e7b296.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b3e3b9b6eb3e15812e170e534ade2b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8603f05076c5ae32fab7639722da31fd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d844007e9d1a9a1736e8ee1d5a1825b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c16f4e5983e86e4b8bea7d66b3d5d6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0695441321c6ef94f9735c757b9bdb48.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d696249f2b47232d0c1bc61d79252b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58577feb292a6f0e14864acdfd204303.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fb57fe8a4d304e9dd2380c1f7cd719.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce30bc04746288ca7acabbae5a895d14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034154de40e1bc392882fc4b1f2e5ed0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cc2f58e024ac3f0d5e6263c33a52272.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8650b63e1bfcf5011510736ecd3eb6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d68b572dab5d76298ec1eb9c6911af.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f867cebf35d9d5b685d1706794f1f7ef.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32469808422dba98b9b6e8923931b8c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7406a596f0860022ceb14f96671673d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aed22f747cb293e0df9a77719cf95a2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f25da510d19a5dd823cb24e3438d89.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afedcbdc870cc75c5acee0353848c170.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905aac96619f537cc1500c460a100e10.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1968949576cb3c8c204d7fd6502c2cae.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18aa4eb3a9a3557665185b1295c1433.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d507a93488d7eb7eb9b72665eeebb823.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2bbf26fa78872e1257008189b71eeaa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70f9b205a119a4bc3863a768e8c192e8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080f19c2d408326e64aabab886d4bd1f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>