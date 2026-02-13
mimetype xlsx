--- v2 (2025-12-29)
+++ v3 (2026-02-13)
@@ -14,218 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 20:48</t>
-[...29 lines deleted...]
-    <t>RAQUETE ELET. GECKO   MATA MOSCA LTD-008</t>
+    <t>Lista gerada no: 13/02/2026 06:34</t>
+  </si>
+  <si>
+    <t>PX VHF VOYAGER GP-78 (HT)  SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>A F ROAD RS-6"B  6" REBAIXADO S/TELA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PANELA PRESSAO ELET. MONDIAL PE-38  110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MEGA STAR HT1   MANUAL</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGASTAR FAN 2020 DE  PISO  220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>OXIMETRO DR HOUSE    XY-01   DEDO</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL DT03   DIG HYUNDAI</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL K8 PARA CELULAR V8</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MINI MIXER ECOPOWER EP-2997 / A PILHA</t>
-[...2 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>TERMOMETRO DIGITAL K8 PARA CELULAR IPHONE</t>
+  </si>
+  <si>
+    <t>FONTE RECEPTORES/TV BOX UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Receptores e TV BOX</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC/MICROFONE SATE AE-358 GAMER USB 7.1</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PURIFICADOR DE AR ECOPOWER EP-C813 IONS NEGATIVO</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MEMORIA CLASS 10 MICR SD SANDISK  64GB 100M</t>
-[...101 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>PURIFICADOR DE AIRE ECOPOWER EP-C812 ION NEGATIVO</t>
+  </si>
+  <si>
+    <t>RECEPTOR SATELITE GLOBALSAT 120 PRO MAX WIFI 4K</t>
+  </si>
+  <si>
+    <t>Satelital</t>
+  </si>
+  <si>
+    <t>GLOBALSAT</t>
+  </si>
+  <si>
+    <t>ARO LED SATELLITE A-MK09  10"</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>TERM�METRO DE PISTOLA INFRAVERMELHA HYUNDAY F02</t>
+  </si>
+  <si>
+    <t>PC FONE/MIC SATE AE-337</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>CABO DE ENERG�A 3 PINOS (ANTIGUO)</t>
+  </si>
+  <si>
+    <t>Cabos</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MONDIAL S-07 / INOX / GRILL / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT (FINO) 300W - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58577feb292a6f0e14864acdfd204303.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fb57fe8a4d304e9dd2380c1f7cd719.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce30bc04746288ca7acabbae5a895d14.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/034154de40e1bc392882fc4b1f2e5ed0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cc2f58e024ac3f0d5e6263c33a52272.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd8650b63e1bfcf5011510736ecd3eb6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76d68b572dab5d76298ec1eb9c6911af.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f867cebf35d9d5b685d1706794f1f7ef.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e32469808422dba98b9b6e8923931b8c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7406a596f0860022ceb14f96671673d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aed22f747cb293e0df9a77719cf95a2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f25da510d19a5dd823cb24e3438d89.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afedcbdc870cc75c5acee0353848c170.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/905aac96619f537cc1500c460a100e10.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1968949576cb3c8c204d7fd6502c2cae.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18aa4eb3a9a3557665185b1295c1433.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d507a93488d7eb7eb9b72665eeebb823.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2bbf26fa78872e1257008189b71eeaa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70f9b205a119a4bc3863a768e8c192e8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080f19c2d408326e64aabab886d4bd1f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506e49fc30d836b1199e206ebd7525af.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e43b540303360df5e66fb024b390aa5d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6bce13629dbf484dccfd17ba32e07c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1304bb10c6f9300c63a047419e013085.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b374400887b17c9b93aaac12eac9da6b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48406aed0fa000d454ebc3c52a6efffe.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00b5f3f7c306b7b44b71af5d6e290da0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d12a93f6116a69301220c3d43a025f0b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afc7cff86f919444320ebfe215e5ba7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8505798db20fa456638ecd83b407890d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8d2822004c4516fae588684b089172d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a301d7b8216068fa8a67b67f8b72ca.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/981d3533028f25900dd8f0e615ef1aea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727dcb0e60790a94c303071b34145b54.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b9ec17503a6a19af8ba1fd80d42b6b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208b33b19e7f968f21bd612421906d8a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/597c240c8b0d8d90d75cf3c48fbb1ed1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d45ea60ab1b8a0567d0e3dc9ccfa8a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7292f0d3612061cec988854acd60c30d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b438fb64cc644200fca8732f95dcdb2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>451239</v>
+        <v>455794</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.4</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>451321</v>
+        <v>456319</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>34.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>451598</v>
+        <v>456586</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.99</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>451642</v>
+        <v>456951</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>451697</v>
+        <v>456999</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>451741</v>
+        <v>457286</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>6.77</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>451789</v>
+        <v>457293</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>16.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>451932</v>
+        <v>457859</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>37.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>451956</v>
+        <v>457866</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>8.3</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>451963</v>
+        <v>457880</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>165.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>451970</v>
+        <v>457897</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>3.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>451987</v>
+        <v>457927</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>451994</v>
+        <v>457934</v>
       </c>
       <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>13.75</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>452052</v>
+        <v>457989</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>7.36</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>452304</v>
+        <v>458030</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F16" s="3">
-        <v>25.0</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>452564</v>
+        <v>458177</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>2.55</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>452694</v>
+        <v>458573</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F18" s="3">
-        <v>4.55</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>452748</v>
+        <v>458795</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>452878</v>
+        <v>458993</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>21.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>453028</v>
+        <v>459099</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>32.0</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>