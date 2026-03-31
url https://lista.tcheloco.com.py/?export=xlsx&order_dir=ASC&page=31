--- v3 (2026-02-13)
+++ v4 (2026-03-31)
@@ -14,206 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 06:34</t>
+    <t>Lista gerada no: 31/03/2026 10:30</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL MEGASTAR TXG066  / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR BRITANIA BP900P (3 EM 1) / 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH / BRANCA</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH</t>
+  </si>
+  <si>
+    <t>CABO DE ENERGIA 3 PINOS (BR)</t>
+  </si>
+  <si>
+    <t>Cabos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 2008A-12 / 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>CABO HDMI MICROFINS (3D) 20 METROS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>MINI MICROFONE ECOPOWER  EP-100 PARA CELULAR - 2M</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CAMERA IP MINI ECOPOWER EP-C006 1080P - WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-618 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-621 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>TOSTADOR MONDIAL INOX  T-13 2-PAES  110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
   <si>
     <t>PX VHF VOYAGER GP-78 (HT)  SEM GARANTIA</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
+    <t>PANELA  ARROZ FREE HOME - FR-A404  4L  110V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
     <t>A F ROAD RS-6"B  6" REBAIXADO S/TELA</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>PANELA PRESSAO ELET. MONDIAL PE-38  110V</t>
-[...5 lines deleted...]
-    <t>MONDIAL</t>
+    <t>JARRA ELETRICA MEGASTAR TMK20 2L / INOX / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESSAO MEGA STAR HT1   MANUAL</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>VENTILADOR MEGASTAR FAN 2020 DE  PISO  220V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>OXIMETRO DR HOUSE    XY-01   DEDO</t>
-[...2 lines deleted...]
-    <t>Oximetros</t>
+    <t>TERMOMETRO DIGITAL DT03   DIG HYUNDAI</t>
+  </si>
+  <si>
+    <t>Termometros</t>
   </si>
   <si>
     <t>HYUNDAI</t>
   </si>
   <si>
-    <t>TERMOMETRO DIGITAL DT03   DIG HYUNDAI</t>
-[...4 lines deleted...]
-  <si>
     <t>TERMOMETRO DIGITAL K8 PARA CELULAR V8</t>
   </si>
   <si>
     <t>DIVERSOS</t>
-  </si>
-[...70 lines deleted...]
-    <t>Ilumina��o</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506e49fc30d836b1199e206ebd7525af.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e43b540303360df5e66fb024b390aa5d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6bce13629dbf484dccfd17ba32e07c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1304bb10c6f9300c63a047419e013085.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b374400887b17c9b93aaac12eac9da6b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48406aed0fa000d454ebc3c52a6efffe.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00b5f3f7c306b7b44b71af5d6e290da0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d12a93f6116a69301220c3d43a025f0b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1afc7cff86f919444320ebfe215e5ba7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8505798db20fa456638ecd83b407890d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8d2822004c4516fae588684b089172d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a301d7b8216068fa8a67b67f8b72ca.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/981d3533028f25900dd8f0e615ef1aea.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727dcb0e60790a94c303071b34145b54.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b9ec17503a6a19af8ba1fd80d42b6b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208b33b19e7f968f21bd612421906d8a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/597c240c8b0d8d90d75cf3c48fbb1ed1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d45ea60ab1b8a0567d0e3dc9ccfa8a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7292f0d3612061cec988854acd60c30d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b438fb64cc644200fca8732f95dcdb2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667db6ac13ec8a1371ffaeed422a0abe.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bef855b8bce396f4d71bfcd464434853.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/331af7a9303d1cf72427ff8059ba4f98.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28955201c93fdbb013b7ad5d27d7e98a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b5c90569dac08750e1a3fd291c97c6f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84fb8b77e840825e61f8fbdfd070e99.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3539fba0c7ce52f47a012c48d8e804.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f29f5ee0db91fb3b84c029ba56cacbb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed99dec70148ef486e43df763be066c0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9112876550c2f9eab2c56e7fa2449b6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659815d047a32a79063209c8810b32ab.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee30499b2ba818ee7d4edcc32351d4ab.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53971e96540b584a946b8953cb91b4b2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59748334a3a4f80c1bf25aa88ad9b5b0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3870909d8add7b64407aa825eaac55f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fbdd7aaed716b6ac064e426723c183d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1671906fa05cfe6b22ff7dab4a28199.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d922dd9fc9a32a3be47d70ed09f80f3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6247bc3251b1a003fa24d1cf842cea40.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d7e2b7ed7af58b7a64c555846b2b066.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>455794</v>
+        <v>453028</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>49.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>456319</v>
+        <v>453172</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.5</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>456586</v>
+        <v>453226</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>65.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>456951</v>
+        <v>453233</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>456999</v>
+        <v>453387</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>34.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>457286</v>
+        <v>453424</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>457293</v>
+        <v>453431</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>1.8</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>457859</v>
+        <v>453943</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>10.5</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>457866</v>
+        <v>454377</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>10.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>457880</v>
+        <v>454506</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>1.9</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>457897</v>
+        <v>454520</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>457927</v>
+        <v>455091</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>3.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>457934</v>
+        <v>455794</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>457989</v>
+        <v>456173</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>55.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>458030</v>
+        <v>456319</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="F16" s="3">
-        <v>11.8</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>458177</v>
+        <v>456913</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>458573</v>
+        <v>456951</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>458795</v>
+        <v>456999</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>458993</v>
+        <v>457293</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>459099</v>
+        <v>457859</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>16.0</v>
+        <v>10.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>