--- v0 (2025-12-29)
+++ v1 (2026-02-13)
@@ -14,215 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 18:55</t>
-[...2 lines deleted...]
-    <t>PANELA  GRILL MOX MO-KEC01 / 1500W  / 220V</t>
+    <t>Lista gerada no: 13/02/2026 06:34</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO I12 / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>TRIPE TUCANO TTX-6218 128CM</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASE 10 MICRO SD KINGSTON 64GB 100MB/S</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK TL-RE305 DUAL BAND WFI</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>PILHA RECARGAVEL MOX  AAA 3600MA / 2 PCS</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>BATERIA CR1632 PANASONIC CART C/05P</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSR40ABW-L COLUMNA - 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ONIDA ON-7044 (HAIR CURLER) - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA GRILL MEGASTAR TXG066  / 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
-    <t>MOX</t>
-[...5 lines deleted...]
-    <t>Mouse</t>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SUPORTE P/CEL UNIVERSAL LUO LU-309</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH / BRANCA</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATER�A AUXILIAR TUCANO / 20000MAH</t>
+  </si>
+  <si>
+    <t>CABO DE ENERGIA 3 PINOS (BR)</t>
+  </si>
+  <si>
+    <t>Cabos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>PC MOUSEPAD SATELLITE - A-PAD034- 30X80CM -  AZUL</t>
-[...32 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>CALCULADORA TRULY 2008A-12 / 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>CABO HDMI MICROFINS (3D) 20 METROS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR BLUETOOTH CAR USBX2 / 12V - 24V</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BRITANIA BLQ970 TURBO COM FILTRO -  220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>FONE GAMER KOLKE GAMER SPARTAN - KGA-161</t>
-[...29 lines deleted...]
-    <t>Televis�es</t>
+    <t>RADIO CAR ECOPOWER EP-618 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRER  ELETRICA MONDIAL - AF-30I - 3.5 LITROS - 220V</t>
+    <t>TRANSMISSOR -SATE   AMP-39  BLUETOOTH</t>
+  </si>
+  <si>
+    <t>TOSTADOR MONDIAL INOX  T-13 2-PAES  110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MONDIAL</t>
-  </si>
-[...40 lines deleted...]
-    <t>Ventiladores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +257,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f182b9e15b4f1d45088c0bf350f81213.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec2379fa189009cc6e72dfda40bfabb1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f2b776368fc5f6dbe8c89531c332fe2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a1fdd9c49576b0a3addc75799f18e5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d14abbe4d17e637403f36a3bd9e0a0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/987e9e45c92bbb8e37bd352857510537.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa1a065801fc217814bc3787d80f4bae.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94173e814a32c9900527990aa8209fc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ffb36ce71302f33f5d7fde25f95593.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db2524f1c322c39dda4864911845e4f8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b98847ed58124a71d93b00801c26b30.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6e915907b508dc3debb0cb63c17bad5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64780e145e341c5f0f15877214fc6b83.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/331a9a2c89e5a7534cb9128014d8b197.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80c8f6c962faf032eb1f91f8f7e49fa2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ab8918ca41f4aa237311a4d30f526e7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2573076b03fa4a07f413a1fd5a285ddd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/344491b2e2664d8affeb60de4fedb62c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe886abef4c12e0cf24eaeedca0d084.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2011bbe59e9a13b2f490355fb44a31ba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcbf20299d1e9e99dbe449e75abfd87.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f189448a7a965f4b24a6b0a3e8e4318f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20b1fd013f85b59d6e400e6d03f7922f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39b0d8203a24651c5ccd1a2a49aff97.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cde3a938259104a816dabac775af1b4c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b6352b3200cad509e59e1bd036dd3e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ede744142bbbe3823444b8550523125.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b7c70d7cc7a6cdaa178fba06699af0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd3e98c3e8703d51472e04310c267ce0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7f8d447bb7498fbfed8af448cd8266.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30811b94352320f4787c8bd5a4f3cc23.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb95621d805782445d1db30de913e8f5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9406cc771b99b04a0c0eb3ebc3c02a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee13e4493480621c755f4c104acab192.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89bf76c42030b912dd13ff82b0b012f8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279733c6e5ec3414224213763290485f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f405b1a70e9070708ef23ca23782a1a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ece6e7ab6dad12d321bc470b030f89e6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d16df61f680dbaf655d4194f900b98ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ad8b5657417c3a3f1e4f08e38da5e7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1168,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>448611</v>
+        <v>451987</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>448666</v>
+        <v>451994</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.5</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>448680</v>
+        <v>452052</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>448734</v>
+        <v>452304</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>21.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>448901</v>
+        <v>452564</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>448918</v>
+        <v>452694</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>449250</v>
+        <v>452748</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>13.75</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>449472</v>
+        <v>452878</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>18.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>449588</v>
+        <v>453028</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>449601</v>
+        <v>453097</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>3.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>449908</v>
+        <v>453226</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>450423</v>
+        <v>453233</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>93.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>450461</v>
+        <v>453387</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>86.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>450621</v>
+        <v>453424</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>42.0</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>450638</v>
+        <v>453431</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>450720</v>
+        <v>453462</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>7.3</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>450751</v>
+        <v>454162</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="F18" s="3">
-        <v>5.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>450942</v>
+        <v>454506</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>451024</v>
+        <v>454650</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>48.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>451123</v>
+        <v>455091</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>20.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>