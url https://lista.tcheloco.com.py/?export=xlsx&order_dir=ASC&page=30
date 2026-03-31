--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,227 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 06:34</t>
+    <t>Lista gerada no: 31/03/2026 10:37</t>
+  </si>
+  <si>
+    <t>ANDROID BOX XIAOMI MI TV STICK MDZ-24-AA FULL HD</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  32GB 100M</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>RAQUETE ELET. GECKO   MATA MOSCA LTD-008</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI MIXER ECOPOWER EP-2997 / A PILHA</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  64GB 100M</t>
+  </si>
+  <si>
+    <t>C�MERA IP ECOPOWER EP-C009 HD 3.0MP WIFI/BRANCO</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO HS18 SMART/WIFI/HD/PROFIS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA HD TUCANO COLOR MODEL-320 3.6MM INTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DVR TUCANO  KIT  8CH/ 8-CAM S/FIO   WF08</t>
+  </si>
+  <si>
+    <t>SEGURANCA</t>
+  </si>
+  <si>
+    <t>CARREGADOR LITERNA CAMERA PARA BATERIA 18650</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>FONE DE OUVIDO TUCANO I12 / BLUETOOTH</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...1 lines deleted...]
-  <si>
     <t>TRIPE TUCANO TTX-6218 128CM</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>MEMORIA CLASE 10 MICRO SD KINGSTON 64GB 100MB/S</t>
   </si>
   <si>
-    <t>Cartoes de Memoria</t>
-[...1 lines deleted...]
-  <si>
     <t>KINGSTON</t>
   </si>
   <si>
     <t>PC ROUTER TP-LINK TL-RE305 DUAL BAND WFI</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
     <t>PILHA RECARGAVEL MOX  AAA 3600MA / 2 PCS</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>MOX</t>
   </si>
   <si>
     <t>BATERIA CR1632 PANASONIC CART C/05P</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>VENTILADOR  HYUNDAI HY-FSR40ABW-L COLUMNA - 16" 110V</t>
   </si>
   <si>
     <t>Climatiza��o</t>
   </si>
   <si>
     <t>HYUNDAI</t>
   </si>
   <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE A-CP19 - PRETO</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
     <t>MODELADOR DE CACHOS ONIDA ON-7044 (HAIR CURLER) - BIVOLT</t>
   </si>
   <si>
     <t>MODELADORES</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>SANDUICHEIRA GRILL MEGASTAR TXG066  / 220V</t>
-[...86 lines deleted...]
-    <t>MONDIAL</t>
+    <t>BATERIA +13  POWER ONE P13 COM 06 UNIDADES (AP. SURDEZ)</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>POWER ONE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -257,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adcbf20299d1e9e99dbe449e75abfd87.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f189448a7a965f4b24a6b0a3e8e4318f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20b1fd013f85b59d6e400e6d03f7922f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39b0d8203a24651c5ccd1a2a49aff97.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cde3a938259104a816dabac775af1b4c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b6352b3200cad509e59e1bd036dd3e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ede744142bbbe3823444b8550523125.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b7c70d7cc7a6cdaa178fba06699af0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd3e98c3e8703d51472e04310c267ce0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7f8d447bb7498fbfed8af448cd8266.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30811b94352320f4787c8bd5a4f3cc23.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb95621d805782445d1db30de913e8f5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9406cc771b99b04a0c0eb3ebc3c02a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee13e4493480621c755f4c104acab192.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89bf76c42030b912dd13ff82b0b012f8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279733c6e5ec3414224213763290485f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f405b1a70e9070708ef23ca23782a1a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ece6e7ab6dad12d321bc470b030f89e6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d16df61f680dbaf655d4194f900b98ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65ad8b5657417c3a3f1e4f08e38da5e7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f15fd40126086b8a8bf63ca0be210db.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209cdbce84a679752c20a38fdb251f05.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa0be8ef3d3e5fcb4bc90a7cbf9d0f97.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca057f901de6bbab03e827b63d96540.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3588b2bbafc8b079f1bc5516f15fc073.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/482226214734653c3805f29ac5fdcdc5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac55bc75e4174031095d907cd5110117.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ccf79f4cd323dc901a79834c9dcbf83.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebc037910693a5c8b72dffe1851dde7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592cb6c3803526f3a2672741b13b1621.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce1a1d0bb33d81d89a415c331d9554b9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58e4d460092d5cb433f7ddb410d165f9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc7888f316523bfe26b85505bd202874.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d69a32bcd0dc76f2e401bb6778b374d8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39540099bd2c3ad3940500bc027e1103.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8597d9712853c66f186a52b784d75802.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716695864c7e98bd2f3f00fd7b51b6cc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04106721d45973ac0b562dfbd856917.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a8e05974a9dc0fb967e9d426708d5c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083fa400dd76be40fad820e2ce8fb1b4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1199,386 +1190,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>451987</v>
+        <v>451321</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>451994</v>
+        <v>451598</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.75</v>
+        <v>8.99</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>452052</v>
+        <v>451642</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>10.75</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>452304</v>
+        <v>451697</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>452564</v>
+        <v>451741</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>2.55</v>
+        <v>12.25</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>452694</v>
+        <v>451789</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>4.55</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>452748</v>
+        <v>451932</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>452878</v>
+        <v>451956</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>453028</v>
+        <v>451963</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>32.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>453097</v>
+        <v>451970</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>2.6</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>453226</v>
+        <v>451987</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>8.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>453233</v>
+        <v>451994</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>8.5</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>453387</v>
+        <v>452052</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>2.0</v>
+        <v>10.56</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>453424</v>
+        <v>452304</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>5.95</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>453431</v>
+        <v>452564</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>453462</v>
+        <v>452694</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>3.25</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>454162</v>
+        <v>452748</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>23.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>454506</v>
+        <v>452809</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>454650</v>
+        <v>452878</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>4.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>455091</v>
+        <v>452915</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>20.5</v>
+        <v>2.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>