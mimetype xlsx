--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -34,80 +34,92 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 08:43</t>
+    <t>Lista gerada no: 28/12/2025 19:50</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 60ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PC FONE MICROFONE SATELLITE AE-335</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
   </si>
   <si>
     <t>MAQUINA PANASONIC - ER-224</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>TEL VOYAGER VR-678  (EXTRA)</t>
   </si>
   <si>
     <t>Comunica��es</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>SPRAY DE PIMENTA 40ML</t>
   </si>
   <si>
-    <t>Seguran�a</t>
-[...4 lines deleted...]
-  <si>
     <t>PANELA DE ARROZ 2.8L R600 110V</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
     <t>WATERPIK WP-100W  110V (ULTRA)</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>CABO  AUDIO-VIDEO PARA CAMERA SAM S630 / 760 / 860</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
     <t>SAMSUNG</t>
   </si>
   <si>
     <t>FITA PARA LIMPADORA 8MM SONY</t>
@@ -167,62 +179,50 @@
     <t>DESPERTADOR CASIO TQ-140</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR 18POL RS-18200SB 6800W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>KIT XENON HID HB-3/12000K/9005</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>PENDRIVE SANDISK 32GB Z50 - MINI - PRETO E VERMELHO</t>
   </si>
   <si>
     <t>Pen Drives</t>
   </si>
   <si>
     <t>SANDISK</t>
-  </si>
-[...10 lines deleted...]
-    <t>TRULY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4a98f0e1b03872d181435cbb850087.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee2ae40873bbde3b273cf911e22273a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b82e4f7beb2df9f8a44c4145975398.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/171f3bc9afd5dcb50335716ef167fd34.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e649c2f33bbe69802614dcd9bb5820c3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7d9e712d7c9e597cf26e68f73b92608.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9d20d1ffbbaddcb782afbac9d23267c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dab1271e1a14e31c67a08cf9f3d5220.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efde3c29ccf8b9ea16fe9b103c1715a6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76401c19f1605ea905d4054fc95c6c2e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c6be5e6ab0c435758954b43f42b6b5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7867fae893428a99a41547b90aa50e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/990db33a88b62af1cf63cc162ee4b17a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a4b153b4d0d9af4f5dd57d7189bc5cf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b8ea474de486baa6e12a29744215951.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88e1240747a21d98c0a728f9f9c4669c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/428779dd6a66dc722bf94f0f179de121.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04aae36fcefdfa0d98ce00a7bf0ed8e7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d29c0e692bd341ef4951a8d05422476a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d9f66b640f6944566ee1afb93b76339.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98a3e274ce44bfe21cb4178d9b582dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372eea4cc77233f1a4e28d5cc219c98.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d24d06df31bcf340d1bb3fcfc7c5942.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80021faa6a0aaaf160b141986c71362.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade476254668d4e52950bf28f8e852b7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce80d9500078ba3e23092f6f8fa09712.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3df9fb3d0572d38ad724828a4a5549d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80d6a18eae54b06928b166fd4843d87.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb165e5a9f4d5c01ec83e80f91569653.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f7667477fb60abdae0d781a9ed45bc4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e65819b04dd359d3dcf95228260f3b3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea5678aef0d9c7f454561e54cce866c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a46a4f97d64e55843688e5eede79f984.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0183efabc0d6f15112f15cd2461b0e33.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54240da180bf8353db443e3b4d1b52e0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e53ebbcaea5e50a3c63c3680459eee2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e2abc3be2885885323fdb71cdd1648.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64bc67a82023e585e56ccea5503cae6c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eadb802e62b678228770102bce1d398.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013bb741301fc3515755f26023a82b82.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1187,386 +1187,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>16629</v>
+        <v>15899</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>37.5</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>18371</v>
+        <v>15981</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>39.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>18647</v>
+        <v>16629</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.8</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>22187</v>
+        <v>18371</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>42.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>24549</v>
+        <v>18647</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>67.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>29773</v>
+        <v>22187</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>0.8</v>
+        <v>42.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>34524</v>
+        <v>24549</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>4.25</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>36740</v>
+        <v>29773</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>1.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>36894</v>
+        <v>34524</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>45254</v>
+        <v>36740</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>48941</v>
+        <v>36894</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>34</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>56120</v>
+        <v>45254</v>
       </c>
       <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
         <v>36</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>18.9</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>56571</v>
+        <v>48941</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>2.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>58957</v>
+        <v>56120</v>
       </c>
       <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>61582</v>
+        <v>56571</v>
       </c>
       <c r="C16" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
         <v>42</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>61766</v>
+        <v>58957</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>45</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>63.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>62909</v>
+        <v>61582</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>63920</v>
+        <v>61766</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19" t="s">
         <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>3.78</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>65276</v>
+        <v>62909</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>89.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>67379</v>
+        <v>63920</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
       <c r="E21" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>4.8</v>
+        <v>4.78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>