--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -14,215 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 19:50</t>
-[...5 lines deleted...]
-    <t>Seguran�a</t>
+    <t>Lista gerada no: 12/02/2026 10:45</t>
+  </si>
+  <si>
+    <t>PANELA DE ARROZ 2.8L R600 110V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PC FONE MICROFONE SATELLITE AE-335</t>
-[...2 lines deleted...]
-    <t>Fones P/Pc</t>
+    <t>WATERPIK WP-100W  110V (ULTRA)</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>CABO  AUDIO-VIDEO PARA CAMERA SAM S630 / 760 / 860</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>FITA PARA LIMPADORA 8MM SONY</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>ADAPTADOR USB SATELLITE (2X1)  AL-10</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MORE FITNESS MF-09NB - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS MANUAL MF-225</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>AUTO FALANTE ROADSTAR RS-12SW - 12 POLEGADAS - 2500W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>ALTO  FALANTE  ROADSTAR RS-6909   6X9  480W  (240WRMS)</t>
+  </si>
+  <si>
+    <t>BATERIA CASIO NP-60 (BAK) GENERICA</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO TQ-140</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>KIT XENON HID HB-3/12000K/9005</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK 32GB Z50 - MINI - PRETO E VERMELHO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 6001 - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR BRITANIA 2P - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MALETA P/NOTEBOOK A-KP40 15.4" SATELLITE</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MAQUINA PANASONIC - ER-224</t>
-[...89 lines deleted...]
-    <t>PANELA DE ARROZ BRITANIA BRPA5 - 110V</t>
+    <t>BABA ELETRONICA M-FITNES MF-863 AZUL 2V</t>
+  </si>
+  <si>
+    <t>Baba Eletronica</t>
+  </si>
+  <si>
+    <t>OMELETEIRA BRITANIA 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>BRITANIA</t>
-[...26 lines deleted...]
-    <t>SANDISK</t>
+    <t>BINA CONVERTER KXT-1CD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f98a3e274ce44bfe21cb4178d9b582dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1372eea4cc77233f1a4e28d5cc219c98.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d24d06df31bcf340d1bb3fcfc7c5942.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80021faa6a0aaaf160b141986c71362.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade476254668d4e52950bf28f8e852b7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce80d9500078ba3e23092f6f8fa09712.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3df9fb3d0572d38ad724828a4a5549d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a80d6a18eae54b06928b166fd4843d87.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb165e5a9f4d5c01ec83e80f91569653.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f7667477fb60abdae0d781a9ed45bc4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e65819b04dd359d3dcf95228260f3b3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea5678aef0d9c7f454561e54cce866c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a46a4f97d64e55843688e5eede79f984.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0183efabc0d6f15112f15cd2461b0e33.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54240da180bf8353db443e3b4d1b52e0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e53ebbcaea5e50a3c63c3680459eee2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8e2abc3be2885885323fdb71cdd1648.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64bc67a82023e585e56ccea5503cae6c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eadb802e62b678228770102bce1d398.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013bb741301fc3515755f26023a82b82.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/444807c5302c345ddfb866551642cd97.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23ecff2ea8069e99eacb78d671f94b0c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea002b6bc1f411f27f35cf96a2bad6b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04a4b8358a402cd443fb80fee930bd28.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd3e1a30fd63c8f18cf6800fd6b987c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0a3fbfc5646f378809a1b65b9b0ca37.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c017f2f97c80764ef3fcd779c8193e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf29b38abff87c5267e8b5089b6b0c0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f16e157f7bf49c9929eb159a8a7e697.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43626f3c05341633dbe74f6a04ded0c3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a632f289fec780e0b99e2c3516b6c8a7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f116b5a7a3a5a2fce561c99336118e67.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa4915e91f6ae99ff9f40837c9caf07.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4557e6c5364a4f46c4e0e4bcfb14cb16.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f05214b25d7577b8008a2485b34031.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c26704e6e3e1d516709ab086fda5fbad.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a940b97ecaf639eec9c5fc3077c21f9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d447ceaffbc8e7246f01b623fbed5d08.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c66827ad0d8498dfc7233f49005680c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9635fb967d946cb11dba7cf24499c64.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1187,386 +1184,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>15899</v>
+        <v>22187</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.99</v>
+        <v>42.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>15981</v>
+        <v>24549</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.8</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>16629</v>
+        <v>29773</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>37.5</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>18371</v>
+        <v>34524</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>39.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>18647</v>
+        <v>36740</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>2.8</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>22187</v>
+        <v>36894</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>42.75</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>24549</v>
+        <v>45254</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>67.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>29773</v>
+        <v>48941</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>0.8</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>34524</v>
+        <v>56120</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>4.25</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>36740</v>
+        <v>56571</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>36894</v>
+        <v>61582</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>45254</v>
+        <v>62909</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>48941</v>
+        <v>63920</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>23.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>56120</v>
+        <v>65276</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>18.9</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>56571</v>
+        <v>67379</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>58957</v>
+        <v>69175</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>61582</v>
+        <v>69298</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>61766</v>
+        <v>69991</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F19" s="3">
-        <v>63.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>62909</v>
+        <v>70072</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>63920</v>
+        <v>70935</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>4.78</v>
+        <v>1.6</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>