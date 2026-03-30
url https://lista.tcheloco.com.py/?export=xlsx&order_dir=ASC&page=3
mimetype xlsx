--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,82 +14,106 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 10:45</t>
+    <t>Lista gerada no: 30/03/2026 10:45</t>
+  </si>
+  <si>
+    <t>MAQUINA PANASONIC - ER-224</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>TEL VOYAGER VR-678  (EXTRA)</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 40ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
   </si>
   <si>
     <t>PANELA DE ARROZ 2.8L R600 110V</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>WATERPIK WP-100W  110V (ULTRA)</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>CABO  AUDIO-VIDEO PARA CAMERA SAM S630 / 760 / 860</t>
   </si>
   <si>
     <t>Acess. p/camera digital</t>
   </si>
   <si>
     <t>SAMSUNG</t>
   </si>
   <si>
     <t>FITA PARA LIMPADORA 8MM SONY</t>
   </si>
   <si>
     <t>SONY</t>
   </si>
   <si>
     <t>ADAPTADOR USB SATELLITE (2X1)  AL-10</t>
@@ -109,117 +133,96 @@
   <si>
     <t>MEDIDOR DE PRESS�O MORE FITNESS MANUAL MF-225</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>AUTO FALANTE ROADSTAR RS-12SW - 12 POLEGADAS - 2500W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>ALTO  FALANTE  ROADSTAR RS-6909   6X9  480W  (240WRMS)</t>
   </si>
   <si>
     <t>BATERIA CASIO NP-60 (BAK) GENERICA</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
+    <t>PENDRIVE SANDISK 16GB Z50 - MINI - PRETO E VERMELHO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
     <t>DESPERTADOR CASIO TQ-140</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
     <t>KIT XENON HID HB-3/12000K/9005</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>PENDRIVE SANDISK 32GB Z50 - MINI - PRETO E VERMELHO</t>
   </si>
   <si>
-    <t>Pen Drives</t>
-[...4 lines deleted...]
-  <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-1600D     3500W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 6001 - 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>MINI PROCESSADOR BRITANIA 2P - 220V</t>
   </si>
   <si>
     <t>Multiprocessadores</t>
   </si>
   <si>
     <t>BRITANIA</t>
-  </si>
-[...22 lines deleted...]
-    <t>BINA CONVERTER KXT-1CD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/444807c5302c345ddfb866551642cd97.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23ecff2ea8069e99eacb78d671f94b0c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea002b6bc1f411f27f35cf96a2bad6b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04a4b8358a402cd443fb80fee930bd28.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd3e1a30fd63c8f18cf6800fd6b987c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0a3fbfc5646f378809a1b65b9b0ca37.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4c017f2f97c80764ef3fcd779c8193e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecf29b38abff87c5267e8b5089b6b0c0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f16e157f7bf49c9929eb159a8a7e697.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43626f3c05341633dbe74f6a04ded0c3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a632f289fec780e0b99e2c3516b6c8a7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f116b5a7a3a5a2fce561c99336118e67.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa4915e91f6ae99ff9f40837c9caf07.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4557e6c5364a4f46c4e0e4bcfb14cb16.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f05214b25d7577b8008a2485b34031.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c26704e6e3e1d516709ab086fda5fbad.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a940b97ecaf639eec9c5fc3077c21f9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d447ceaffbc8e7246f01b623fbed5d08.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c66827ad0d8498dfc7233f49005680c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9635fb967d946cb11dba7cf24499c64.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62c1a2cedb28826772745ddafe88b5de.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05b2b42f29bad5418a861b80c4cfed89.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/655e9da236dccc275bd0e26b462070bc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d76e53f0879e6b67decd2c67c9cbea2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c9878fd26e75c4973f2ee14925e6e2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e48eacbd176727d0adc7a2dd5b65b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95b7a91192e59aa5dbdfc73e1d4d7dc5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbdab2b9e26cf53334f39353ce1ac0a2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fd97e2f33e6f4956fc67b05c8041c26.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db1f8936bca277ed05ec2eb8617c9b58.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa42ade648762438cc8ad0ba3ca1461f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca158160ad2ecaeae68f86e0a7e5da38.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0401b14e70b3a66c1d9b6f6a05c8f70.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5880c5d8a233062ef5cd2437159b79d4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2756819084383a807e0be2537f40a151.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d16dfb447ac1401d6b21798cea7fd226.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfddaccdf0ab1910722f3fff0abe3faf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5e7029a4caea451a7b2666b3245e20.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd7a337ff49b1207df4e6fadc4556eda.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09e5ff41fd924d786c9195fd2eee11a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1184,386 +1187,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>22187</v>
+        <v>16629</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>42.75</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>24549</v>
+        <v>18371</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>67.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>29773</v>
+        <v>18647</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>0.8</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>34524</v>
+        <v>22187</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>4.25</v>
+        <v>42.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>36740</v>
+        <v>24549</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>1.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>36894</v>
+        <v>29773</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>20.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>45254</v>
+        <v>34524</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>48941</v>
+        <v>36740</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>56120</v>
+        <v>36894</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>56571</v>
+        <v>45254</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>2.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>61582</v>
+        <v>48941</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>62909</v>
+        <v>56120</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>63920</v>
+        <v>56571</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>65276</v>
+        <v>59541</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>89.0</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>67379</v>
+        <v>61582</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>4.8</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>69175</v>
+        <v>62909</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>69298</v>
+        <v>63920</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>15.5</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>69991</v>
+        <v>65276</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>70072</v>
+        <v>67379</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>70935</v>
+        <v>69175</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
         <v>53</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>1.6</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>