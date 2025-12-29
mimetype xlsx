--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,209 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 02:59</t>
-[...2 lines deleted...]
-    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
+    <t>Lista gerada no: 29/12/2025 17:19</t>
+  </si>
+  <si>
+    <t>CAPACETE FOSTON</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX82LA PLUS - CIENTIFICA - ROSA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18360 - CABECA LOCA - 220V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATELLITE - A-KP73 - 15.6 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>VENTILADOR MONDIAL V-61 - COLUNA - 40CM - 220V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CABO CARREGADOR USB - IPHONE - ECOPOWER - EP-6057</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>DEPILADOR PHILIPS BRE255 - SATINELLE - SECO - LAVAVEL</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>ROTEADOR XIAOMI MI ROUTER 4A GIGA VERSION</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL PLANETARIA BP-03-B - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 220V</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROME C-37 - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROME C-37 / INOXIDAVEL / 110V</t>
+  </si>
+  <si>
+    <t>C�MERA HD DAHUA DH-HAC-T1A21P 2.8 MM ILUMINADOR (FLL) DIA/NOITE (DM)</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>PAPA BOLINHAS SATE A-HB24   USB</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SECADOR MEGA STAR SC226  220V COM DIFUSOR 3600W</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...7 lines deleted...]
-  <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>ALISADOR BRITANIA CERAMIC ARGAN - BIVOLT</t>
-[...35 lines deleted...]
-    <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
+    <t>CAMERA IP ROADSTAR RS-1000SH - 5 SENSORES - BRANCO</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...74 lines deleted...]
-    <t>Acess�rio para patinete</t>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-1050 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-1053 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
+  </si>
+  <si>
+    <t>DEPILADOR ONIDA MINI - ON-2133 - BIVOLT</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>KIT LED C7 - H3 - 36W - 6000 LUMENS - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682e202d8e96d14ef3f354957403128a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578a8e82ff01078948ec2a45ef0ac5bc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e58604a29c86121d8ea65e49e0ffc5b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bff36541bfe9f278e2e1d9a35d683b35.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e5a167c27e71cc965c7965b02dc05b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07621fc8cebd2992dc4ef65e058f8803.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88087985b5950eb5ed8d42780669f84f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e547c3791a9eacac89464c664290ddc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78639dc1f24b8f1357b12415c82101f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8479ac6cb7b48b68e65e73012e7b87bb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10d849e3738f2469864149d5bfe6a607.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bab71ce423ac19617aec72916cb224d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3127cb9a2643e904be6d0145bb60344a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd35fc9ccb50c687d573c9bba656b6ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c868ef568e1b28067356c7d3a376ea7d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83001b9062d7d6f0eb185ad80ed73841.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d4a0358899a2534b855a265098ff14.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e5c8d0b26f0b53f57c95e5083c6e10.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ecaa6a8e93527466b139cfb7c4fe7f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec73b85aaa4273a3afaa18d7b232d253.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f0d3d9845c4fcbbc8e30e8554284f9f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30fbce16fbea81e075dc57fb155d505.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a093119158fb3e9958a1259ba8cbad76.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817c2ef5df6a551a036d458e2980bc84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf109e0b48cc649b88d7a13988a7e8a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9348545ebeddccb7eb37a4f6c6fd26f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca38239999f5c8bf7e0592654f53581c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3409cef7afb279828299d215b48a81.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43924acfe69d2524bef0bfb672b24308.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950cdd101dfc98b7fa1b1662a7342712.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac64371f4e0d39a5d51130dfa9133eb1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007fd79d73c1ec62b14d0dc9edb98874.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c52696a3441f4f41801a9ddf3852c2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f370c0ad0abba4d48dad4592f05f2cf4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064f6df7676f7951f811a6f8bf7301b1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb3fb7e1b1b818b8b582b20a6affab5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1c680aa68e7a8bfc50b84b72f2804a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01208b2913385fbadbf8b61bf381297e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b9baa58ee61cc6a87838d68118bb90.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe5da11241159bb6c9d03fac8cac2dd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>438704</v>
+        <v>444989</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>438872</v>
+        <v>444996</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>48.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>438988</v>
+        <v>445214</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.75</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>439077</v>
+        <v>445412</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>47.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>439091</v>
+        <v>445924</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>439138</v>
+        <v>445979</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>2.45</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>439374</v>
+        <v>446020</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>26</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>32.0</v>
+        <v>30.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>439459</v>
+        <v>446228</v>
       </c>
       <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
         <v>28</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>29</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>102.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>439817</v>
+        <v>446297</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>24.5</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>439824</v>
+        <v>446358</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>18.3</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>439831</v>
+        <v>446365</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>18.3</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>439855</v>
+        <v>446419</v>
       </c>
       <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>439862</v>
+        <v>446600</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>18.0</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>440028</v>
+        <v>446952</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>440134</v>
+        <v>447089</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>71.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>440202</v>
+        <v>447331</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>90.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>440325</v>
+        <v>447805</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>2.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>440509</v>
+        <v>447812</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" t="s">
         <v>46</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>27.5</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>440714</v>
+        <v>448321</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>440745</v>
+        <v>448444</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>