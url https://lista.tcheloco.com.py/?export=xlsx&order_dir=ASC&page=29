--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,215 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 17:19</t>
-[...11 lines deleted...]
-    <t>CALCULADORA CASIO FX82LA PLUS - CIENTIFICA - ROSA</t>
+    <t>Lista gerada no: 13/02/2026 05:10</t>
+  </si>
+  <si>
+    <t>TV 32'' SMART LED ECOPOWER EP-TV032 / WIFI / DGT</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRER  ELETRICA MONDIAL - AF-30I - 3.5 LITROS - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE ACABAMENTO MONDIAL - MA-01 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ARO  SATELLITE LED A-MK03 - 10 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ARO  SATELLITE LED A-MK04 - TRIPODE RING LIGHT - 10 POLEGADAS</t>
+  </si>
+  <si>
+    <t>FONE ECOPOWER EP-H137 - BLUETOOTH - AIRPODS</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>M�QUINA DE BARBEAR BAK BK-389 RECARG�VEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA230 QUENTE/FRIO - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR PORT�TIL ECOPOWER EP-110 RECARREGAVEL - 2V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>CALCULADOR TRULY 836B-12</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
-    <t>CASIO</t>
-[...47 lines deleted...]
-    <t>Roteadores</t>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>ANDROID BOX XIAOMI MI TV STICK MDZ-24-AA FULL HD</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>BATEDEIRA MONDIAL PLANETARIA BP-03-B - 220V</t>
-[...17 lines deleted...]
-    <t>C�MERA HD DAHUA DH-HAC-T1A21P 2.8 MM ILUMINADOR (FLL) DIA/NOITE (DM)</t>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  32GB 100M</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>RAQUETE ELET. GECKO   MATA MOSCA LTD-008</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI MIXER ECOPOWER EP-2997 / A PILHA</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD SANDISK  64GB 100M</t>
+  </si>
+  <si>
+    <t>C�MERA IP ECOPOWER EP-C009 HD 3.0MP WIFI/BRANCO</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO HS18 SMART/WIFI/HD/PROFIS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA HD TUCANO COLOR MODEL-320 3.6MM INTERIOR</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
-    <t>DAHUA</t>
-[...47 lines deleted...]
-    <t>C7</t>
+    <t>DVR TUCANO  KIT  8CH/ 8-CAM S/FIO   WF08</t>
+  </si>
+  <si>
+    <t>SEGURANCA</t>
+  </si>
+  <si>
+    <t>CARREGADOR LITERNA CAMERA PARA BATERIA 18650</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f0d3d9845c4fcbbc8e30e8554284f9f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c30fbce16fbea81e075dc57fb155d505.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a093119158fb3e9958a1259ba8cbad76.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817c2ef5df6a551a036d458e2980bc84.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cf109e0b48cc649b88d7a13988a7e8a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9348545ebeddccb7eb37a4f6c6fd26f6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca38239999f5c8bf7e0592654f53581c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc3409cef7afb279828299d215b48a81.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43924acfe69d2524bef0bfb672b24308.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/950cdd101dfc98b7fa1b1662a7342712.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac64371f4e0d39a5d51130dfa9133eb1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007fd79d73c1ec62b14d0dc9edb98874.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c52696a3441f4f41801a9ddf3852c2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f370c0ad0abba4d48dad4592f05f2cf4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/064f6df7676f7951f811a6f8bf7301b1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb3fb7e1b1b818b8b582b20a6affab5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1c680aa68e7a8bfc50b84b72f2804a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01208b2913385fbadbf8b61bf381297e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b9baa58ee61cc6a87838d68118bb90.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbe5da11241159bb6c9d03fac8cac2dd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2769b441d8aeece011923aa10978bcf7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7ab560882a037b9f551edb0649d377.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d67810b3b81a597651bd78093b20fc51.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671b0bf05cddc23947153b600e697048.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f7ed9e7e561cde88002c5c6ef02fba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8881f0bcb5305b4ef20072def9cb1ec2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3fd5b35eaab2c5a935c13ff8d13ad99.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3fedf9f10e1b8a38d853900d754677f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa8de494f84a57abaf2fe9ddaa9ff53.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9cbec85631903afd32d2cb7019918a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e948a0c60bbbeb0b2228b32d8bcebb1d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0409c7baf37aa12f94367f69bbf149b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea1f61cd41ca35501d2c9f6ab84f376.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a60482cbc6b1ea5f10bec3c4698b4ced.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce94714d06d74c5398fc74d4539bcf1c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5850fe795aae18f9c0caee352b2ffd25.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24e839dc03191df2d93417c42ed4579.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e251c32cc9a639d0a4073439a17a2a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc0bdc4318716b5c84744dd4d18dd1c1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f12ee9c8eb2ca98157111a2ff94e00e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>444989</v>
+        <v>450461</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>444996</v>
+        <v>450621</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>445214</v>
+        <v>450638</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>445412</v>
+        <v>450720</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>445924</v>
+        <v>450737</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>32.0</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>445979</v>
+        <v>450751</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>1.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>446020</v>
+        <v>450942</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>30.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>446228</v>
+        <v>451024</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>446297</v>
+        <v>451123</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>76.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>446358</v>
+        <v>451239</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
         <v>31</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>25.0</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>446365</v>
+        <v>451321</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>34</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>446419</v>
+        <v>451598</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>30.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>446600</v>
+        <v>451642</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>12.8</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>446952</v>
+        <v>451697</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>6.6</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>447089</v>
+        <v>451741</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>12.45</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>447331</v>
+        <v>451789</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>59.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>447805</v>
+        <v>451932</v>
       </c>
       <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
         <v>47</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>447812</v>
+        <v>451956</v>
       </c>
       <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
         <v>49</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>13.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>448321</v>
+        <v>451963</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>6.6</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>448444</v>
+        <v>451970</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>