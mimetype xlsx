--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,212 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 05:10</t>
-[...2 lines deleted...]
-    <t>TV 32'' SMART LED ECOPOWER EP-TV032 / WIFI / DGT</t>
+    <t>Lista gerada no: 31/03/2026 08:57</t>
+  </si>
+  <si>
+    <t>TECLADO SATTELITE USB - AK-833 - ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>DISPENSADOR DE ALCOOL EM GEL - COM SENSOR - SOAP MAGIC</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SACA ROLHAS RECARREG�VEL BIVOLT SATELLITE A-WP006</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP15 - 15-CAF / 220V / PRETO</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FONE GAMER KOLKE GAMER SPARTAN - KGA-161</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>MOUSEPAD KOLKE - KED-150 - ERGONOMICO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL POWER - COM PROCESSADOR - M-07 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>TORRE DE TOMADAS  - 8 TOMADAS - 3 USB - 220V</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-308 UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 10" TS-A2500LS4 1200W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>TV 32" SMART LED ECOPOWER EP-TV032 / WIFI / DGT</t>
   </si>
   <si>
     <t>Televis�es</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
+    <t>TV SMART ECOPOWER 50" EP-TV050 WIFI/DGT</t>
+  </si>
+  <si>
     <t>FRITADEIRA AIR FRER  ELETRICA MONDIAL - AF-30I - 3.5 LITROS - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>MAQUINA DE ACABAMENTO MONDIAL - MA-01 - RECARREGAVEL - BIVOLT</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>ARO  SATELLITE LED A-MK03 - 10 POLEGADAS</t>
   </si>
   <si>
     <t>Aro LED</t>
   </si>
   <si>
-    <t>SATE</t>
-[...1 lines deleted...]
-  <si>
     <t>ARO  SATELLITE LED A-MK04 - TRIPODE RING LIGHT - 10 POLEGADAS</t>
   </si>
   <si>
-    <t>FONE ECOPOWER EP-H137 - BLUETOOTH - AIRPODS</t>
-[...4 lines deleted...]
-  <si>
     <t>M�QUINA DE BARBEAR BAK BK-389 RECARG�VEL</t>
   </si>
   <si>
     <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>BAK</t>
   </si>
   <si>
     <t>BEBEDOURO MEGASTAR WA230 QUENTE/FRIO - 220V</t>
   </si>
   <si>
     <t>Bebedouros</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>VENTILADOR PORT�TIL ECOPOWER EP-110 RECARREGAVEL - 2V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
     <t>CALCULADOR TRULY 836B-12</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
-  </si>
-[...64 lines deleted...]
-    <t>Lanternas Police</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2769b441d8aeece011923aa10978bcf7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7ab560882a037b9f551edb0649d377.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d67810b3b81a597651bd78093b20fc51.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671b0bf05cddc23947153b600e697048.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f7ed9e7e561cde88002c5c6ef02fba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8881f0bcb5305b4ef20072def9cb1ec2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3fd5b35eaab2c5a935c13ff8d13ad99.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3fedf9f10e1b8a38d853900d754677f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa8de494f84a57abaf2fe9ddaa9ff53.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d9cbec85631903afd32d2cb7019918a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e948a0c60bbbeb0b2228b32d8bcebb1d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0409c7baf37aa12f94367f69bbf149b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea1f61cd41ca35501d2c9f6ab84f376.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a60482cbc6b1ea5f10bec3c4698b4ced.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce94714d06d74c5398fc74d4539bcf1c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5850fe795aae18f9c0caee352b2ffd25.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24e839dc03191df2d93417c42ed4579.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83e251c32cc9a639d0a4073439a17a2a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc0bdc4318716b5c84744dd4d18dd1c1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f12ee9c8eb2ca98157111a2ff94e00e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3ba5242c8d205f614ebe39a850fb3e6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8ad20730996c8d042479015bb453808.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/897789cd3d3c29d5348abc767d90fa28.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a250027a648076ea173cc308cec97217.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb469a7fab7fef7e9eb971bfb09e45f3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af4ed1b01680495f624d0d54da661ebe.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a89eeee0f1d3b4c9d35a066a5f16188.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee4968b7608ed2d1381f278dafa8b07.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c2a7a95843fe921311c44ea92ef5a85.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/545ef539cd4e70600f955b990417610c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2a35518d5dfaabb07d852f08d94c1c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4114e478045f475fbade536efba2bfa2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3e45d605dec807ac7899f3771a703ee.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50bd0cdee7c83622171d0bf077bd6c7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99b6a8510ec6e2047ca5e5484159375c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13797712c2ea01fa3ca2e053fe1fc315.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f576a7adf6da6e4ce1213402c37cd2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/744c2b5df186858a3552ce3e95777dc6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4caba448bbb0bf956e395f3adcfbf4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d38d1e2923cb341defa9c59771d4eb3f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1184,386 +1193,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>450461</v>
+        <v>448901</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>88.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>450621</v>
+        <v>448918</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>49.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>450638</v>
+        <v>449250</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>450720</v>
+        <v>449472</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>7.3</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>450737</v>
+        <v>449588</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>11.3</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>450751</v>
+        <v>449601</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>5.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>450942</v>
+        <v>449908</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>451024</v>
+        <v>450188</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>48.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>451123</v>
+        <v>450409</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>451239</v>
+        <v>450423</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>4.4</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>451321</v>
+        <v>450461</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>35.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>451598</v>
+        <v>450485</v>
       </c>
       <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
         <v>35</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>36</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>8.75</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>451642</v>
+        <v>450621</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>451697</v>
+        <v>450638</v>
       </c>
       <c r="C15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>1.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>451741</v>
+        <v>450720</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>12.45</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>451789</v>
+        <v>450737</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>451932</v>
+        <v>450942</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>37.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>451956</v>
+        <v>451024</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>8.3</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>451963</v>
+        <v>451123</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="F20" s="3">
-        <v>165.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>451970</v>
+        <v>451239</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>4.4</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>