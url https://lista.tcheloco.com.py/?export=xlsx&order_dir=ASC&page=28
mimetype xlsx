--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,212 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 02:59</t>
-[...5 lines deleted...]
-    <t>Som</t>
+    <t>Lista gerada no: 29/12/2025 16:58</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO ECOPOWER EP-2704 - MANUAL</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MEMORIA CLASS 10 MICR SD KINGST 128GB 100M/S</t>
-[...8 lines deleted...]
-    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO</t>
+    <t>SANDUICHEIRA  MEGASTAR TX-8826 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8825 110V  GRILL</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8862 / 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA  MEGASTAR TX-8863 110V</t>
+  </si>
+  <si>
+    <t>REFLETOR LED - FLOOD (FINO) - 100W - 220v</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV ONIDA - ON-009 - 26 A 55 POLEGADAS - GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL  2611 (01) SUPER LED</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2612 - SUPER LED - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO VIAGEM - 2000W - BIVOLT - PRETO</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>ESCOVA 2 EM 1 TUCANO - TC-RT10 - BIVOLT</t>
-[...5 lines deleted...]
-    <t>PNEU PARA PATINETE FOSTON FS-B08 - MACICO</t>
+    <t>CABO CARREGADOR USB ECOPOWER - V8 - IPHONE - EP6015</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL 2610 (01) SUPER LED</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8218 - LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE - A-CP20</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PULSEIRA SMARTWATCH 42/44MM - BRANCO/LILAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HAC-B1A11P - 2.8MM - 720P - EXTERNA</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINETE TRAVA PARA PARALAMA S08</t>
   </si>
   <si>
     <t>Acess�rio para patinete</t>
   </si>
   <si>
     <t>FOSTON</t>
   </si>
   <si>
-    <t>MICROFONE PROFISSIONAL TUCANO SH-200</t>
-[...29 lines deleted...]
-    <t>DEPILADOR PROSPER - P4502 - RECARREGAVEL - BIVOLT</t>
+    <t>TAMPA PARA PATINETE DA RODA TRASEIRA B08</t>
+  </si>
+  <si>
+    <t>PULSEIRA REPELENTE (ANTI-MOSQUITO) MOD 02</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-2809 - RECARREGAVEL - BIVOLT</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
-  </si>
-[...61 lines deleted...]
-    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52baf1be8f6f8fd411082054cbbfe65c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbcac4ae95251e9b40b851abb22be78b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066a300f334869edc1f15610204753df.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edfbb937a13762ce16bce9d97fd3f2b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4426027afe5b71351864ea5d1987ad1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce8692992925b52f1bde4e1fc14e6e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163a07852ba490171de76210cf5518db.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9908c9fdf797199f0ed58bb926b35098.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa2afffdc21849bf54d6b38f85f8633e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5193f9002b8112ceba8e91f01580e8e9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387050212cbc0a3fd35eca408e3fb1d1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973dcc8aa37413e66d487b7e053ba967.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8270970af7c339e69ad8a70c3b2bffc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb1fb96677fe2170edbbbde4fe7466b4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ecbfb9a4640d2296cce788c2c293701.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/479c7d6b9616675a36c6dc42d8170f92.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5afcf0919d6881fad8a533824a50d944.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cac4b775d64a35a36279bab50e4a441.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355b8995be308839d76f593206faeffa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e6f57e2bf16447a03db2dddae95d808.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c12e1d0400597a34de05168fb8e14e0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107b50bafecf15845b7cdef3506cdd77.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383931dd9463613661b16216abeb8a07.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cf948144a4096ec1a4e87d1b828446.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e41104611140fe9b2399b8fc3d0f754.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d024a2dc9d996568e787618e162e56.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a2cf88f573f529df6a839d3f291bcb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f463244ae454d39b1857987e760e045.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14faab2f5a0c6183ce9c127c38bbb418.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b25049c1e59d504190048878b301d573.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75788b26830a55bd8263204a6aa2b447.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0ff97a5cab18b51f4986b5b6e1768c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d82917a6c6b5e202fb2b181681b820a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d263b66b91621d7e8a6aa8a2a3b6c74.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa8373410cd858110e8e2b2c45c215c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eda31c1c70c37a3186001806df99a4d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e63e5dbf38c287a32ed591c031bbd120.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0692865eafbf44308438fdd8aa4dc57.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66cdb601e677992a41f8b0ead562d16d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1abc6cbbbb9db88206b9e0f96afb896.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>435994</v>
+        <v>441070</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>436175</v>
+        <v>441261</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>9.45</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>436328</v>
+        <v>441278</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>18.9</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>436359</v>
+        <v>441285</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>5.8</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>436410</v>
+        <v>441292</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>436533</v>
+        <v>441315</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>22.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>436588</v>
+        <v>441452</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>1.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>436861</v>
+        <v>441612</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>36.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>436946</v>
+        <v>441629</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>437059</v>
+        <v>442176</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>8.6</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>437073</v>
+        <v>442732</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>437080</v>
+        <v>442985</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>437516</v>
+        <v>443197</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>1.75</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>437585</v>
+        <v>443623</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>437660</v>
+        <v>444422</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F16" s="3">
-        <v>24.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>438209</v>
+        <v>444521</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>438322</v>
+        <v>444637</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>0.8</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>438490</v>
+        <v>444651</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>438605</v>
+        <v>444712</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>438698</v>
+        <v>444781</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>