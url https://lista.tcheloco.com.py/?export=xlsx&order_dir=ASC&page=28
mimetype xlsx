--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,200 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 16:58</t>
-[...35 lines deleted...]
-    <t>Refletores Led</t>
+    <t>Lista gerada no: 13/02/2026 05:10</t>
+  </si>
+  <si>
+    <t>C�MERA HD DAHUA DH-HAC-T1A21P 2.8 MM ILUMINADOR (FLL) DIA/NOITE (DM)</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>PAPA BOLINHAS SATE A-HB24   USB</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA IP ROADSTAR RS-1000SH - 5 SENSORES - BRANCO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-1050 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ROADSTAR RS-1053 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
+  </si>
+  <si>
+    <t>DEPILADOR ONIDA MINI - ON-2133 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>KIT LED C7 - H3 - 36W - 6000 LUMENS - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C7</t>
+  </si>
+  <si>
+    <t>MOUSEPAD SATE A-PAD021 PRETO 27X32CM</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD034- 30X80CM -  AZUL</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATELLITE A-H6605 3.2LT - 2V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>TECLADO SATTELITE USB - AK-833 - ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>DISPENSADOR DE ALCOOL EM GEL - COM SENSOR - SOAP MAGIC</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SACA ROLHAS RECARREG�VEL BIVOLT SATELLITE A-WP006</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP15 - 15-CAF / 220V / PRETO</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FONE GAMER KOLKE GAMER SPARTAN - KGA-161</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>MOUSEPAD KOLKE - KED-150 - ERGONOMICO</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL POWER - COM PROCESSADOR - M-07 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>TORRE DE TOMADAS  - 8 TOMADAS - 3 USB - 220V</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SUPORTE PARA TV ONIDA - ON-009 - 26 A 55 POLEGADAS - GIRATORIO</t>
-[...86 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>SUPORTE PARA CELULAR LUO LU-308 UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 10" TS-A2500LS4 1200W</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c12e1d0400597a34de05168fb8e14e0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/107b50bafecf15845b7cdef3506cdd77.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/383931dd9463613661b16216abeb8a07.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cf948144a4096ec1a4e87d1b828446.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e41104611140fe9b2399b8fc3d0f754.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d024a2dc9d996568e787618e162e56.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52a2cf88f573f529df6a839d3f291bcb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f463244ae454d39b1857987e760e045.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14faab2f5a0c6183ce9c127c38bbb418.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b25049c1e59d504190048878b301d573.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75788b26830a55bd8263204a6aa2b447.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf0ff97a5cab18b51f4986b5b6e1768c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d82917a6c6b5e202fb2b181681b820a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d263b66b91621d7e8a6aa8a2a3b6c74.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa8373410cd858110e8e2b2c45c215c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eda31c1c70c37a3186001806df99a4d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e63e5dbf38c287a32ed591c031bbd120.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0692865eafbf44308438fdd8aa4dc57.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66cdb601e677992a41f8b0ead562d16d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1abc6cbbbb9db88206b9e0f96afb896.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbdd3b3633c2f16575887dd7c4e41fb7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/788d1703a5bab5125a7109229a5eec37.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06251d45ebc2be1158acb5c5f1c66a4f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab9d654898e502dc9d670f5606a91a2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4453e118eb6d8b8deb10bdeb0ba1d108.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7503f5d5562f76a9a69e33113095df8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f40bd6ffe966ab94704ae3debb06ee4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a0f47d4fab029c166becbd62a673f4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e333570d4f032ee8c0f5e0be8000f2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77596935fc51b8abe9a4799dc606e802.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd9ae34f597f5d955eeaec4f894eb270.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a9dc79aceb5639b7498c052ab1a9e1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e6abb9c796a555661f3c34a8bc42a9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d998cd999315d1614f732784a7b00e53.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57f207f7b99361df61c37b3cd2090391.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5036d19e03a48eb605b00baf43b5e75e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24e86c6e02a210b7ae180bf14987f45.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9ef7d4bfad9491f4938e316552e766a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b616aa1d733804bfd4ec470376127315.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a76a7414fe1eb5f9a53b4a0c2f6cff4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>441070</v>
+        <v>446600</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>441261</v>
+        <v>446952</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>21.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>441278</v>
+        <v>447331</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>21.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>441285</v>
+        <v>447805</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>441292</v>
+        <v>447812</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>441315</v>
+        <v>448321</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>8.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>441452</v>
+        <v>448444</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>441612</v>
+        <v>448666</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>441629</v>
+        <v>448680</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>442176</v>
+        <v>448734</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>9.75</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>442732</v>
+        <v>448901</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>1.3</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>442985</v>
+        <v>448918</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>443197</v>
+        <v>449250</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>3.75</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>443623</v>
+        <v>449472</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>444422</v>
+        <v>449588</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>4.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>444521</v>
+        <v>449601</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>10.8</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>444637</v>
+        <v>449908</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>444651</v>
+        <v>450188</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>444712</v>
+        <v>450409</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>0.99</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>444781</v>
+        <v>450423</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>104.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>