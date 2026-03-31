--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,209 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 05:10</t>
+    <t>Lista gerada no: 31/03/2026 09:11</t>
+  </si>
+  <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE - A-CP20</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HAC-B1A11P - 2.8MM - 720P - EXTERNA</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>PULSEIRA REPELENTE (ANTI-MOSQUITO) MOD 02</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-2809 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CAPACETE FOSTON</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX82LA PLUS - CIENTIFICA - ROSA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18360 - CABECA LOCA - 220V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>CABO CARREGADOR USB - IPHONE - ECOPOWER - EP-6057</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>ROTEADOR XIAOMI MI ROUTER 4A GIGA VERSION</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROME C-37 / INOXIDAVEL / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
   </si>
   <si>
     <t>C�MERA HD DAHUA DH-HAC-T1A21P 2.8 MM ILUMINADOR (FLL) DIA/NOITE (DM)</t>
   </si>
   <si>
-    <t>C�meras de Seguran�a</t>
-[...11 lines deleted...]
-    <t>SATE</t>
+    <t>SECADOR MEGA STAR SC226  220V COM DIFUSOR 3600W</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
   <si>
     <t>CAMERA IP ROADSTAR RS-1000SH - 5 SENSORES - BRANCO</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR RS-1050 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>ALTO FALANTE ROADSTAR RS-1053 - 10 POLEGADAS - 250WRMS - 4OHMS</t>
   </si>
   <si>
-    <t>DEPILADOR ONIDA MINI - ON-2133 - BIVOLT</t>
-[...7 lines deleted...]
-  <si>
     <t>KIT LED C7 - H3 - 36W - 6000 LUMENS - 12/24V</t>
   </si>
   <si>
     <t>Kit Xenon LED</t>
   </si>
   <si>
     <t>C7</t>
   </si>
   <si>
     <t>MOUSEPAD SATE A-PAD021 PRETO 27X32CM</t>
   </si>
   <si>
     <t>Mouse</t>
   </si>
   <si>
     <t>PC MOUSEPAD SATELLITE - A-PAD034- 30X80CM -  AZUL</t>
   </si>
   <si>
     <t>UMIDIFICADOR SATELLITE A-H6605 3.2LT - 2V</t>
-  </si>
-[...70 lines deleted...]
-    <t>PIONEER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbdd3b3633c2f16575887dd7c4e41fb7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/788d1703a5bab5125a7109229a5eec37.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06251d45ebc2be1158acb5c5f1c66a4f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ab9d654898e502dc9d670f5606a91a2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4453e118eb6d8b8deb10bdeb0ba1d108.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7503f5d5562f76a9a69e33113095df8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f40bd6ffe966ab94704ae3debb06ee4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a0f47d4fab029c166becbd62a673f4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4e333570d4f032ee8c0f5e0be8000f2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77596935fc51b8abe9a4799dc606e802.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd9ae34f597f5d955eeaec4f894eb270.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a9dc79aceb5639b7498c052ab1a9e1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e6abb9c796a555661f3c34a8bc42a9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d998cd999315d1614f732784a7b00e53.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57f207f7b99361df61c37b3cd2090391.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5036d19e03a48eb605b00baf43b5e75e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d24e86c6e02a210b7ae180bf14987f45.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9ef7d4bfad9491f4938e316552e766a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b616aa1d733804bfd4ec470376127315.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a76a7414fe1eb5f9a53b4a0c2f6cff4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001204a4a3684f4f64e2a9efb0a465b5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/192edbe99ef50350515ca421c7adad02.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc2c74f06a20d3f8919c627a44ef1cc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e55a503af0fa946e1abd2db7e99957.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0a54d7eb79d341364933ec27fb6a1a5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df0795f08d46b9f6df4d100d5fe270b2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a01c3184839bbc787bd0985c1db212.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac4654090a0eb268aa96d266debaee7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9bd1939dc44c2f74b49643e610dbb4a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb882f68e64dba80b5c4316b877ad7d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be9135ea738e97c0937b60087ed2fb5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e07e6f88a4255f5bcbb6f757d4fd233.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c023a6229495c2a13a265510dfd2baa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f6bc062cd6f34b4134b35c92f5570b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e85d9cb3324c88f2a2758f64f89b6a9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a55e01e03cbcdd1c1d769c3acdd73e0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba0e4262b03c8fd8f06d70d71715365e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacadf59b4f7942ba653d8cf27f0e541.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02add8dd503eb90b6e80f238bbb0de90.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42471bbf807533fadc44b6f84206ab11.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1151,416 +1157,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>446600</v>
+        <v>443623</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.8</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>446952</v>
+        <v>444521</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>6.6</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>447331</v>
+        <v>444712</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>59.0</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>447805</v>
+        <v>444781</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>447812</v>
+        <v>444989</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>448321</v>
+        <v>444996</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>6.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>448444</v>
+        <v>445214</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>448666</v>
+        <v>445979</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>2.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>448680</v>
+        <v>446228</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>448734</v>
+        <v>446358</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
-        <v>21.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>448901</v>
+        <v>446419</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>448918</v>
+        <v>446600</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>449250</v>
+        <v>447089</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>13.75</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>449472</v>
+        <v>447331</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F15" s="3">
-        <v>18.5</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>449588</v>
+        <v>447805</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>449601</v>
+        <v>447812</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>449908</v>
+        <v>448444</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>30.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>450188</v>
+        <v>448666</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>450409</v>
+        <v>448680</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>2.6</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>450423</v>
+        <v>448734</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>104.0</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>