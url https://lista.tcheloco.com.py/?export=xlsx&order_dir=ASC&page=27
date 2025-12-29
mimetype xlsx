--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,82 +1,219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 01:20</t>
+    <t>Lista gerada no: 29/12/2025 15:42</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CABO RCA 5 METROS - COM REMOTE STORM - PRETO</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR TUCANO CNB-69009 - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9190 - 8600W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 TUCANO - TC-D200 - PRETO COM ROSA - 220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ALISADOR E ONDULADOR TUCANO TC-D116 - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>SPEKAER ECOPOWER EP-2369 KARAOKE/FM/SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MONDIAL AF-55 5.5L 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>SECADOR MING HUI MH-2288 - 110V</t>
+  </si>
+  <si>
+    <t>RADIO CAR PIONEER DMH-G225BT - USB - BLUETOOTH - CONTROLE</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>DISPLAY PATINETE S8</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FD30ABW - MESA - 12 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FD40ABW - MESA - 16 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-A250D4 - 1300W - BOBINA DUPLA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>KIT COMBO GABINETE SATELLITE - KIT-761 - ESPANHOL</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR ECOPOWER EP-2706 - 220V/60HZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -96,50 +233,659 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4821ff401efddf7f73a0d48de6dfd5d0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d674e874fede8968e90f258391fa26.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65503695f97fb2fa6cf6f6dc9fcbd4db.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5744941e310ba806338efa71f126d73c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb66d39e550eeb2ea4f3810a82bb91a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a6a7b570643e2339654a9663084ea4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbeaa485b1e0012a2eb69895fb587e6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f2b7c04e943e37cee90eb13a349369.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bceec7a59f4c4aac14355d28abd21f97.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9698e07f9d2f16b3a1936f7e18155c3a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c82a311742b2c5f684ec605fbb62a2e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a778e0bf2e40582438cd0826e996f1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67426dae5e5006f87b967c11656e8185.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1914c60bddb0965859610eb47d25e3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e81680474a9a0170f7c572ac856b084b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16ad3e7c41c50ed365ddd49babc5f5f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e79b3253d57a8f7a820be2f95801bb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d824654c9c45371bedba79fa616dcd29.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72fdcbacddb25ffcd0fed7a9d603c874.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3974c688dac331a8d866d6977a59a722.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -384,100 +1130,441 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1"/>
+  <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
+    <row r="2" spans="1:7" customHeight="1" ht="52">
+      <c r="A2">
+        <v>439077</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" s="3">
+        <v>55.6</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" customHeight="1" ht="52">
+      <c r="A3">
+        <v>439091</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="3">
+        <v>7.0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" customHeight="1" ht="52">
+      <c r="A4">
+        <v>439138</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="3">
+        <v>2.45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" customHeight="1" ht="52">
+      <c r="A5">
+        <v>439374</v>
+      </c>
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" s="3">
+        <v>32.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" customHeight="1" ht="52">
+      <c r="A6">
+        <v>439459</v>
+      </c>
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="3">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" customHeight="1" ht="52">
+      <c r="A7">
+        <v>439817</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" s="3">
+        <v>24.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" customHeight="1" ht="52">
+      <c r="A8">
+        <v>439831</v>
+      </c>
+      <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F8" s="3">
+        <v>18.3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" customHeight="1" ht="52">
+      <c r="A9">
+        <v>439855</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="3">
+        <v>22.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" customHeight="1" ht="52">
+      <c r="A10">
+        <v>439862</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" s="3">
+        <v>18.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" customHeight="1" ht="52">
+      <c r="A11">
+        <v>440028</v>
+      </c>
+      <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="3">
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" customHeight="1" ht="52">
+      <c r="A12">
+        <v>440134</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" s="3">
+        <v>71.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" customHeight="1" ht="52">
+      <c r="A13">
+        <v>440325</v>
+      </c>
+      <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="3">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" customHeight="1" ht="52">
+      <c r="A14">
+        <v>440646</v>
+      </c>
+      <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F14" s="3">
+        <v>145.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" customHeight="1" ht="52">
+      <c r="A15">
+        <v>440714</v>
+      </c>
+      <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" s="3">
+        <v>19.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" customHeight="1" ht="52">
+      <c r="A16">
+        <v>440790</v>
+      </c>
+      <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" s="3">
+        <v>17.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" customHeight="1" ht="52">
+      <c r="A17">
+        <v>440806</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" s="3">
+        <v>16.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" customHeight="1" ht="52">
+      <c r="A18">
+        <v>440813</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" s="3">
+        <v>17.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" customHeight="1" ht="52">
+      <c r="A19">
+        <v>440844</v>
+      </c>
+      <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" t="s">
+        <v>36</v>
+      </c>
+      <c r="F19" s="3">
+        <v>49.5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" customHeight="1" ht="52">
+      <c r="A20">
+        <v>440936</v>
+      </c>
+      <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" s="3">
+        <v>34.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" customHeight="1" ht="52">
+      <c r="A21">
+        <v>441056</v>
+      </c>
+      <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="3">
+        <v>22.0</v>
+      </c>
+    </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>