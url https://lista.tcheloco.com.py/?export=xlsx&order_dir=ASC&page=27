--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 15:42</t>
+    <t>Lista gerada no: 29/12/2025 17:00</t>
   </si>
   <si>
     <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
   </si>
   <si>
     <t>Memoria/Pendrive/HD</t>
   </si>
   <si>
     <t>KINGSTON</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>CABO RCA 5 METROS - COM REMOTE STORM - PRETO</t>
   </si>
   <si>
     <t>Cabos automotivos</t>
   </si>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4821ff401efddf7f73a0d48de6dfd5d0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d674e874fede8968e90f258391fa26.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65503695f97fb2fa6cf6f6dc9fcbd4db.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5744941e310ba806338efa71f126d73c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb66d39e550eeb2ea4f3810a82bb91a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a6a7b570643e2339654a9663084ea4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbeaa485b1e0012a2eb69895fb587e6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f2b7c04e943e37cee90eb13a349369.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bceec7a59f4c4aac14355d28abd21f97.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9698e07f9d2f16b3a1936f7e18155c3a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c82a311742b2c5f684ec605fbb62a2e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8a778e0bf2e40582438cd0826e996f1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67426dae5e5006f87b967c11656e8185.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1914c60bddb0965859610eb47d25e3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e81680474a9a0170f7c572ac856b084b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f16ad3e7c41c50ed365ddd49babc5f5f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02e79b3253d57a8f7a820be2f95801bb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d824654c9c45371bedba79fa616dcd29.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72fdcbacddb25ffcd0fed7a9d603c874.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3974c688dac331a8d866d6977a59a722.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef4d987d7224f4e9e0df958cf36f2721.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b6b304af29623fcd591f9214db80436.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74167c23c95bcfad35957e7053b06413.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c28b816122cb6c6db6453fe237083c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c56902c2cd998ecbf3782b32785a6e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5080b5c8f38141c67ef29923b38e6a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2910371940a5e1d2eca6678d9e5ae1b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09470961fd90f58cefe080c0fcfdc35.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c24ec56ff49fd448af7ce1ee8e39bf1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a4ed9b9e00d6481fe623327d6764c9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e312174c43ab7f30d2f048d3f85af740.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ad06ff3a3ff81b4512cd2eae9cf96b1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37f8f9acc32760f0c6c7cb9f3fa454d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d157d884000b9e7adea6e2279feefe0b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea337868e28dccd7bb44b0971a1996e7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a198e0d0097e4ca498e63f9d942fa6ec.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8db3d77d88ed7b80f516c569368a81f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd6e4dce05fb6918fd9cc6521dc0694.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d43e2c804d963167dd0393b466c9573.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2929993c08df4bc088998ada301dd600.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>