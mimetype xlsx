--- v2 (2025-12-29)
+++ v3 (2026-02-13)
@@ -14,206 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 17:00</t>
-[...14 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>Lista gerada no: 13/02/2026 03:43</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8825 110V  GRILL</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8862 / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA  MEGASTAR TX-8863 110V</t>
+  </si>
+  <si>
+    <t>REFLETOR LED - FLOOD (FINO) - 100W - 220v</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV ONIDA - ON-009 - 26 A 55 POLEGADAS - GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL  2611 (01) SUPER LED</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CABO RCA 5 METROS - COM REMOTE STORM - PRETO</t>
-[...11 lines deleted...]
-    <t>Cameras IP</t>
+    <t>SECADOR TUCANO VIAGEM - 2000W - BIVOLT - PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
-[...35 lines deleted...]
-    <t>Fritadeiras / Air Fryer</t>
+    <t>LANTERNA ECOPOWER RECARREGAVEL 2610 (01) SUPER LED</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8218 - LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE - A-CP20</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PULSEIRA SMARTWATCH 42/44MM - BRANCO/LILAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>PULSEIRA REPELENTE (ANTI-MOSQUITO) MOD 02</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAQUINA ECOPOWER EP-2809 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>CAPACETE FOSTON</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FX82LA PLUS - CIENTIFICA - ROSA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATELLITE - A-KP73 - 15.6 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>CABO CARREGADOR USB - IPHONE - ECOPOWER - EP-6057</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>ROTEADOR XIAOMI MI ROUTER 4A GIGA VERSION</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 220V</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
-    <t>SECADOR MING HUI MH-2288 - 110V</t>
-[...53 lines deleted...]
-    <t>NEBULIZADOR ECOPOWER EP-2706 - 220V/60HZ</t>
+    <t>CAFETEIRA MONDIAL DOLCE AROME C-37 / INOXIDAVEL / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef4d987d7224f4e9e0df958cf36f2721.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b6b304af29623fcd591f9214db80436.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74167c23c95bcfad35957e7053b06413.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c28b816122cb6c6db6453fe237083c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13c56902c2cd998ecbf3782b32785a6e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea5080b5c8f38141c67ef29923b38e6a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2910371940a5e1d2eca6678d9e5ae1b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f09470961fd90f58cefe080c0fcfdc35.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c24ec56ff49fd448af7ce1ee8e39bf1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a4ed9b9e00d6481fe623327d6764c9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e312174c43ab7f30d2f048d3f85af740.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ad06ff3a3ff81b4512cd2eae9cf96b1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37f8f9acc32760f0c6c7cb9f3fa454d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d157d884000b9e7adea6e2279feefe0b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea337868e28dccd7bb44b0971a1996e7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a198e0d0097e4ca498e63f9d942fa6ec.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8db3d77d88ed7b80f516c569368a81f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd6e4dce05fb6918fd9cc6521dc0694.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d43e2c804d963167dd0393b466c9573.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2929993c08df4bc088998ada301dd600.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2edc8040a9cab8446ce329bd46565247.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6071e9e2ecc71c876a8c88f03cac0f38.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0503b1d2fbd420418800bf5eb1515670.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6809681ef00eaf32cd4c0b1bf02d4f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757940c5459804b36183c3c9d5ff7846.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b275a631186d9e39f86761c3391650.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cfa16a9e40cf0f577dd88bfb9c8c60.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f2d6817ca515067aac4fcb3d9ec454.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc0a48a3ec81378262150e8c8a29153.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95430e400f69da521da07b3777adc4a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1343a475c8ff120cb9deb081b303d1f6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cf235a2bddc045d67dcfdb17afd567.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ea7c813d79a6f7201efeb762797fdc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb28aa10f64bc1ffa73cc1141a31090.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e21d0e4e70184aa3e862bf0d825ee33d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58e1bfc605455042c3099895dd06604b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b3c143230fb399481c7213a5cdd60bf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e717791f51f945141d73c60a3ee792.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e36aa3fff5a58cb28600f352b7c9a91.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c8d2226289a1a6123c6e5615ee7e69.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>439077</v>
+        <v>441278</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>55.6</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>439091</v>
+        <v>441285</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>439138</v>
+        <v>441292</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>2.45</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>439374</v>
+        <v>441315</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>439459</v>
+        <v>441452</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>102.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>439817</v>
+        <v>441612</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>24.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>439831</v>
+        <v>442176</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>18.3</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>439855</v>
+        <v>442985</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>22.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>439862</v>
+        <v>443197</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>440028</v>
+        <v>443623</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>440134</v>
+        <v>444422</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>71.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>440325</v>
+        <v>444712</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>2.5</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>440646</v>
+        <v>444781</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>145.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>440714</v>
+        <v>444989</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>19.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>440790</v>
+        <v>444996</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>440806</v>
+        <v>445412</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>440813</v>
+        <v>445979</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>17.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>440844</v>
+        <v>446228</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>49.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>440936</v>
+        <v>446358</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>34.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>441056</v>
+        <v>446419</v>
       </c>
       <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>22.0</v>
+        <v>30.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>