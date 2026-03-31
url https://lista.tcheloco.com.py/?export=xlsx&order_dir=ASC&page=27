--- v3 (2026-02-13)
+++ v4 (2026-03-31)
@@ -14,212 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 03:43</t>
+    <t>Lista gerada no: 31/03/2026 07:17</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 TUCANO - TC-D200 - PRETO COM ROSA - 220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SPEKAER ECOPOWER EP-2369 KARAOKE/FM/SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SECADOR MING HUI MH-2288 - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR PIONEER DMH-G225BT - USB - BLUETOOTH - CONTROLE</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY-FD30ABW - MESA - 12 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FD40ABW - MESA - 16 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR ECOPOWER EP-2706 - 220V/60HZ</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO ECOPOWER EP-2704 - MANUAL</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA  MEGASTAR TX-8826 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
   <si>
     <t>SANDUICHEIRA MEGASTAR TX-8825 110V  GRILL</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>SANDUICHEIRA MEGASTAR TX-8862 / 220V</t>
   </si>
   <si>
-    <t>Sanduicheiras / Tostadores</t>
-[...1 lines deleted...]
-  <si>
     <t>SANDUICHEIRA  MEGASTAR TX-8863 110V</t>
   </si>
   <si>
     <t>REFLETOR LED - FLOOD (FINO) - 100W - 220v</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>SUPORTE PARA TV ONIDA - ON-009 - 26 A 55 POLEGADAS - GIRATORIO</t>
   </si>
   <si>
     <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>LANTERNA ECOPOWER RECARREGAVEL  2611 (01) SUPER LED</t>
   </si>
   <si>
     <t>Lanternas</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
+    <t>ALTO FALANTE JBL CLUBWS1000 - 10" - 800W - SLIM</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
   </si>
   <si>
     <t>SECADOR TUCANO VIAGEM - 2000W - BIVOLT - PRETO</t>
   </si>
   <si>
-    <t>Secadores</t>
-[...4 lines deleted...]
-  <si>
     <t>LANTERNA ECOPOWER RECARREGAVEL 2610 (01) SUPER LED</t>
   </si>
   <si>
     <t>LANTERNA ECOPOWER EP-8218 - LEDS - BIVOLT</t>
   </si>
   <si>
     <t>Ilumina��o</t>
-  </si>
-[...76 lines deleted...]
-    <t>Cafeteiras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2edc8040a9cab8446ce329bd46565247.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6071e9e2ecc71c876a8c88f03cac0f38.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0503b1d2fbd420418800bf5eb1515670.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6809681ef00eaf32cd4c0b1bf02d4f4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757940c5459804b36183c3c9d5ff7846.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33b275a631186d9e39f86761c3391650.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cfa16a9e40cf0f577dd88bfb9c8c60.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90f2d6817ca515067aac4fcb3d9ec454.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc0a48a3ec81378262150e8c8a29153.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95430e400f69da521da07b3777adc4a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1343a475c8ff120cb9deb081b303d1f6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39cf235a2bddc045d67dcfdb17afd567.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ea7c813d79a6f7201efeb762797fdc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb28aa10f64bc1ffa73cc1141a31090.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e21d0e4e70184aa3e862bf0d825ee33d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58e1bfc605455042c3099895dd06604b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b3c143230fb399481c7213a5cdd60bf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e717791f51f945141d73c60a3ee792.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e36aa3fff5a58cb28600f352b7c9a91.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c8d2226289a1a6123c6e5615ee7e69.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/273269e89d43065919f93bb34ffdfc6f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad0e2dd9153e3d8b3e67c86f40a0492.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc2664aa5545f56dc7b335455a6dc043.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0547c6163a4994b7104193b322071e4c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40098ff897176b9f78f311f1133acf38.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b40fb6b70c8010b1bc40b118f76204.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d384e78a9968e6a2fecdc04d94f3cd51.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a2d0da0dc78ddb2534d0525edc7aae0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b73ce6339c750bd983f90ce46487061.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9606cb26d465b2a495078ff18223ab6a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7b03df0433ca0a0e476d53c106c3342.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8c00ebb576455223065ebb48401a5c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ef31ade4c49ac0918127397b9dda6d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b6779b46ec7ac1e3222940c4ff5c0b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8f8797aa5edb592683de6fbff4578a0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f626670723ea204166b92422195e874b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1576e6c78d153220580a785030ef9dee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6dbb1276945328cdfefa1b1a74d8f9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aed9f2be518add7f43d54d3896dba4d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f9ae44b2429b1bc5d1d6e87a8a2c3f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1184,386 +1172,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>441278</v>
+        <v>439855</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>441285</v>
+        <v>440028</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>441292</v>
+        <v>440325</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>441315</v>
+        <v>440646</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.5</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>441452</v>
+        <v>440790</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>441612</v>
+        <v>440806</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>442176</v>
+        <v>440813</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>9.75</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>442985</v>
+        <v>441056</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>443197</v>
+        <v>441070</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>3.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>443623</v>
+        <v>441261</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>444422</v>
+        <v>441278</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>444712</v>
+        <v>441285</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>0.99</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>444781</v>
+        <v>441292</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>444989</v>
+        <v>441315</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>444996</v>
+        <v>441452</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>39</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>445412</v>
+        <v>441612</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>445979</v>
+        <v>441735</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>1.5</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>446228</v>
+        <v>442176</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>446358</v>
+        <v>442985</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>446419</v>
+        <v>443197</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>30.0</v>
+        <v>3.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>