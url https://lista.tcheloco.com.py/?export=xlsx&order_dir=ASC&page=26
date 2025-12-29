--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,215 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 01:19</t>
-[...14 lines deleted...]
-    <t>Alarme residencial</t>
+    <t>Lista gerada no: 29/12/2025 15:14</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 TUCANO - TC-RT10 - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>MICROFONE PROFISSIONAL TUCANO SH-200</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7070 - UNIVERSAL - MICRO USB V8 - USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASHIBRA E40 - 80W - TKL440 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL - MF-641 - BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>DEPILADOR PROSPER - P4502 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-7702 - 6000W - ION - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-7702 - 6000W - ION - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8221 - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8222  - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8225 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>AMPLIFICADOR CONECTOR CCTV - VB-BP20</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
   </si>
   <si>
     <t>VISIONBRAS</t>
   </si>
   <si>
-    <t>PIPOQUEIRA ELETRICA MONDIAL PP-04 - 110V - BRANCO</t>
-[...2 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>BOMBA PARA GALAO DE AGUA A-P23 RECARREGAVEL / 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PC TECLADO E MOUSE SEM FIO - SATELLITE - AK-725G - PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER 6012  USB T-C    1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ECOPOWER EP-3002 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
   </si>
   <si>
     <t>MONDIAL</t>
-  </si>
-[...115 lines deleted...]
-    <t>PIONEER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b28e50508e59291eeb87f6351814d093.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7e96f2b3ede4a4cc03500bcde2a4700.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df64a9b68667b6a0bff4afae4475d78a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed6d8a1cc9d08f820d28f8d457783a5f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7924448d02f278c709fd0e45ede42206.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42b61d209e60d16b0038290dc3613748.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980d0abe8510aa2c0068bd12151d4d21.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb8c830ae7f7781b25c2760a82826b1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c856d8d9426771416274576a5f30893.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d91d99695c14b5c928f314f563ac5b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89596bc1717ee10c9c90b4429c88505.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/972654576293c6d57e4e6bbb0f9fb696.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bd389f6bd84359d400c7e02aee96dab.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/688dc22fb8d7d79c50568d089ab55b5a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276145b7653a2be4f258728f1f298c94.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18c4ee8b58fc14e6c94a07ab64e994ba.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b74d59282e9de02a96fd57096d229d43.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76b59b0bc040c9bc87aaa66f5c47f66a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a60da23dd4bc5f0e5161ea341cd311a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec5825f1d3ecc2d6a583885f280a0b2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48542f4e0e95b7f86a4aa326361f798.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3905fe7bfc097a975789f7c843cdfce4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145983957e05038f02051494683ef151.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d6b9b07da2f7a3034964ebdf15c7e69.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/848caa55a50d787b3ae2f855ab3774c8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8efa7b9d656dda42a1dbc6d16554c15.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/173a6a7b9bed72973d46c5a3081d3533.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855e800d53390d6784c5881616d3968e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e36b267fca7a0eb41634ec5e509f6ea.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc4b78085363db084bc2dd95240db1c6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ec53dd5f0753eb2637344912e231cf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ee65eda75fd92f8b4f73b23b6fb078.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0784aa0ae63b44dc759160c1e7c5e14f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5520b6321ef917d1985ad48e564c2996.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ccc99ebdfdd22eb84a9952f06c2a70.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762517f1aaedbc10751682d5dc71dec.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cff38e849834a935b4fff9424f79a27.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8f869b59e422cfd0a19af7da401c2d0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d768b6a318799a703fa99d0305bb4f91.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a16923e042db06d8eebf9eed29bde68.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>423007</v>
+        <v>436328</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>685.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>423854</v>
+        <v>436359</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>12.6</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>423861</v>
+        <v>436533</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>423878</v>
+        <v>436588</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>23.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>423892</v>
+        <v>436861</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>424110</v>
+        <v>436946</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>5.75</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>424264</v>
+        <v>437059</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>118.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>424516</v>
+        <v>437073</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>424523</v>
+        <v>437080</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>424684</v>
+        <v>437349</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>424691</v>
+        <v>437356</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>424868</v>
+        <v>437363</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>23.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>426350</v>
+        <v>437516</v>
       </c>
       <c r="C14" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
         <v>34</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>35</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>1.5</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>426404</v>
+        <v>437585</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>1.6</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>426657</v>
+        <v>438209</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>23.0</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>426756</v>
+        <v>438322</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>69.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>426947</v>
+        <v>438490</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>53.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>427937</v>
+        <v>438513</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>55.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>428170</v>
+        <v>438605</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>428828</v>
+        <v>438698</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>19.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>