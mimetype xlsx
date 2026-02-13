--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -34,180 +34,180 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 15:14</t>
-[...2 lines deleted...]
-    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO</t>
+    <t>Lista gerada no: 13/02/2026 03:52</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>ESCOVA 2 EM 1 TUCANO - TC-RT10 - BIVOLT</t>
-[...29 lines deleted...]
-    <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL - MF-641 - BRACO</t>
+    <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Multimidias</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR TUCANO CNB-69009 - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9190 - 8600W - 220V</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9190 - 8600W - 110V</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 TUCANO - TC-D200 - PRETO COM ROSA - 220V/50-60HZ</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>SPEKAER ECOPOWER EP-2369 KARAOKE/FM/SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SECADOR MING HUI MH-2288 - 110V</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>DISPLAY PATINETE S8</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>ACELERADOR PATINETE FOSTON S8</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>VENTILADOR  HYUNDAI HY-FSC40ABW COLUNA 16" 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY-FD30ABW - MESA - 12 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FD40ABW - MESA - 16 POLEGADAS - 110V</t>
+  </si>
+  <si>
+    <t>KIT COMBO GABINETE SATELLITE - KIT-761 - ESPANHOL</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR ECOPOWER EP-2706 - 220V/60HZ</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO ECOPOWER EP-2704 - MANUAL</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
-    <t>MORE FITNESS</t>
-[...80 lines deleted...]
-    <t>MONDIAL</t>
+    <t>SANDUICHEIRA  MEGASTAR TX-8826 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48542f4e0e95b7f86a4aa326361f798.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3905fe7bfc097a975789f7c843cdfce4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/145983957e05038f02051494683ef151.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d6b9b07da2f7a3034964ebdf15c7e69.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/848caa55a50d787b3ae2f855ab3774c8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8efa7b9d656dda42a1dbc6d16554c15.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/173a6a7b9bed72973d46c5a3081d3533.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/855e800d53390d6784c5881616d3968e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e36b267fca7a0eb41634ec5e509f6ea.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc4b78085363db084bc2dd95240db1c6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ec53dd5f0753eb2637344912e231cf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ee65eda75fd92f8b4f73b23b6fb078.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0784aa0ae63b44dc759160c1e7c5e14f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5520b6321ef917d1985ad48e564c2996.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ccc99ebdfdd22eb84a9952f06c2a70.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8762517f1aaedbc10751682d5dc71dec.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cff38e849834a935b4fff9424f79a27.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8f869b59e422cfd0a19af7da401c2d0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d768b6a318799a703fa99d0305bb4f91.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a16923e042db06d8eebf9eed29bde68.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f3302e6ecf5296f2b42282813fb386.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3207eeb5cea48c3a0a4c9b6a7043fb0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3bfbeba1acf84ecd4d69680f43d068.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d4a143edcb188affa99eca821d73172.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f07ecc67f88cea41dca7b4d505d63e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa586a43d098404255842f7d3a9a6e8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168bdd9083dfb708c17d04c6d8c86bc3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6447ec1c4baf265cc6346be0d5cfa2a2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ceefb7a12432039014123df6e5d7281.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20fc0e3b8e6f245df1f4eeccf9741a7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cdcc7d0325e0cf6cb5ee97daed5915.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c886d0db050f12ad5c2d1c154f0a85.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ede820301063e34a719520a854a4a67e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aa639c39e701783a63895f3dff50770.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe55cd1560071405f2affe41fd4a29e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f34b4b20a185feb12e30caedd53e2f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989116480e1091507b3fe49aa3388ee2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94169926f0b21767b8e108c2d0041ece.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d6c2f4a0373272c046f936f1ccad9d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac9be7f9cc5078b134d56203c1181b9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>436328</v>
+        <v>438704</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.9</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>436359</v>
+        <v>439077</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.8</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>436533</v>
+        <v>439091</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>22.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>436588</v>
+        <v>439374</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>1.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>436861</v>
+        <v>439459</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>36.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>436946</v>
+        <v>439817</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>437059</v>
+        <v>439824</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>8.6</v>
+        <v>18.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>437073</v>
+        <v>439831</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>20.0</v>
+        <v>18.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>437080</v>
+        <v>439855</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>437349</v>
+        <v>440028</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>3.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>437356</v>
+        <v>440325</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>437363</v>
+        <v>440714</v>
       </c>
       <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
         <v>31</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>3.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>437516</v>
+        <v>440745</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>1.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>437585</v>
+        <v>440790</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>37</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>438209</v>
+        <v>440806</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>8.8</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>438322</v>
+        <v>440813</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>0.8</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>438490</v>
+        <v>440936</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
         <v>43</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>438513</v>
+        <v>441056</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>438605</v>
+        <v>441070</v>
       </c>
       <c r="C20" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>438698</v>
+        <v>441261</v>
       </c>
       <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>19.75</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>