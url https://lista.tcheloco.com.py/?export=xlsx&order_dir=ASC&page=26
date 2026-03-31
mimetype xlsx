--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,200 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 03:52</t>
+    <t>Lista gerada no: 31/03/2026 07:08</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8222  - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8225 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>AMPLIFICADOR CONECTOR CCTV - VB-BP20</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA A-P23 RECARREGAVEL / 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-99-FB - 3 VELOCIDADES - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>PC TECLADO E MOUSE SEM FIO - SATELLITE - AK-725G - PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER 6012  USB T-C    1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ECOPOWER EP-3002 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 220V</t>
   </si>
   <si>
-    <t>Secadores</t>
-[...2 lines deleted...]
-    <t>MONDIAL</t>
+    <t>ALISADOR BRITANIA CERAMIC ARGAN - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
   </si>
   <si>
     <t>HD SSD KINGSTON - 480GB - SA400S37/480G</t>
   </si>
   <si>
     <t>Memoria/Pendrive/HD</t>
   </si>
   <si>
     <t>KINGSTON</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2365  USB / TF/ BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
+    <t>CABO RCA 5 METROS - COM REMOTE STORM - PRETO</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
   </si>
   <si>
     <t>CAMERA IP SMART CAM - HD - TUCANO - RESISTENTE A AGUA - WIFI</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>MULTIMIDIA ECOPOWER EP-8708 - ANDROID 9 - HONDA CRV 17/19 - 9 POLEGADAS</t>
   </si>
   <si>
     <t>Multimidias</t>
   </si>
   <si>
     <t>NEBULIZADOR TUCANO CNB-69009 - 110V</t>
   </si>
   <si>
     <t>Nebulizadores</t>
   </si>
   <si>
-    <t>SECADOR TUCANO TC-9190 - 8600W - 220V</t>
-[...1 lines deleted...]
-  <si>
     <t>SECADOR TUCANO TC-9190 - 8600W - 110V</t>
-  </si>
-[...73 lines deleted...]
-    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64f3302e6ecf5296f2b42282813fb386.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3207eeb5cea48c3a0a4c9b6a7043fb0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3bfbeba1acf84ecd4d69680f43d068.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d4a143edcb188affa99eca821d73172.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f07ecc67f88cea41dca7b4d505d63e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa586a43d098404255842f7d3a9a6e8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168bdd9083dfb708c17d04c6d8c86bc3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6447ec1c4baf265cc6346be0d5cfa2a2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ceefb7a12432039014123df6e5d7281.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20fc0e3b8e6f245df1f4eeccf9741a7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cdcc7d0325e0cf6cb5ee97daed5915.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c886d0db050f12ad5c2d1c154f0a85.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ede820301063e34a719520a854a4a67e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aa639c39e701783a63895f3dff50770.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe55cd1560071405f2affe41fd4a29e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f34b4b20a185feb12e30caedd53e2f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989116480e1091507b3fe49aa3388ee2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94169926f0b21767b8e108c2d0041ece.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d6c2f4a0373272c046f936f1ccad9d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac9be7f9cc5078b134d56203c1181b9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63699adc84078f95f6c1087b0b017813.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8dcdf4de70e9c287494747aa3f2a300.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3e74195290ff61b5a87a3bbdb3eca8d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6d872aa61e5a8f110a67f64a1850856.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e6d44caa4cc893ee23dec733b87f4fc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5797eab5b416829d1de7cb7da5ca6f27.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3665db12ee5e650b8eaf27c35116c981.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da47943e8ecc1629c38ba20e3f5697e6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4268cc126c334487d23afdd43660b3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3c19694248c92592641d05fa01c575.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b6b085d63b1c1c73f3c5adaad2c875.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ac2dd923eb5f30f465b212be1d5c3e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b06dc15951e16c20e10f37d2fe2b5e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca4f1a54df4790c6615bfa8ba1d7cfa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/278a7387a41e2f1119df4d7fdb38955b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9a0ac87e284bdab11760b7d9729e9d2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043308d87b9e7a395b9be966a3b34d32.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a227179bddaaee07db2b21e2af365a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5d773e7c9e57b5178c5c829760472ca.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856b3318442c36e86332f5d5c408fcec.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1142,416 +1148,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>438704</v>
+        <v>437356</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>439077</v>
+        <v>437363</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>90.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>439091</v>
+        <v>437516</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>439374</v>
+        <v>437585</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>32.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>439459</v>
+        <v>437660</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>102.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>439817</v>
+        <v>438209</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>24.5</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>439824</v>
+        <v>438322</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>18.3</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>439831</v>
+        <v>438490</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>18.3</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>439855</v>
+        <v>438513</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>440028</v>
+        <v>438605</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>440325</v>
+        <v>438698</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>2.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>440714</v>
+        <v>438704</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>19.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>440745</v>
+        <v>438988</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>440790</v>
+        <v>439077</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>440806</v>
+        <v>439091</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>440813</v>
+        <v>439138</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>17.0</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>440936</v>
+        <v>439374</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>441056</v>
+        <v>439459</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>441070</v>
+        <v>439817</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E20" t="s">
         <v>46</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>441261</v>
+        <v>439831</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>18.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>