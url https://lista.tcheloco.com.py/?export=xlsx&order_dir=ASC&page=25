--- v0 (2025-12-29)
+++ v1 (2026-02-13)
@@ -14,221 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 13:51</t>
-[...50 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>Lista gerada no: 13/02/2026 02:17</t>
+  </si>
+  <si>
+    <t>PNEU PARA PATINETE FOSTON FS-B08 - MACICO</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MICROFONE PROFISSIONAL TUCANO SH-200</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7068 - UNIVERSAL - MICRO USB V8 / TIPO C- USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7070 - UNIVERSAL - MICRO USB V8 - USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASHIBRA E40 - 80W - TKL440 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>DEPILADOR PROSPER - P4502 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-7702 - 6000W - ION - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-7702 - 6000W - ION - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8221 - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8222  - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8225 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>AMPLIFICADOR CONECTOR CCTV - VB-BP20</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA A-P23 RECARREGAVEL / 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BIKE FOSTON P160 ELETRICA   ARO 16</t>
+  </si>
+  <si>
+    <t>ESPORTES E FITNESS</t>
+  </si>
+  <si>
+    <t>PC TECLADO E MOUSE SEM FIO - SATELLITE - AK-725G - PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER 6012  USB T-C    1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABECA ECOPOWER EP-1381 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8226 C/SINALIZA��O - BIVOLT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ECOPOWER EP-3002 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-37 - BLACK ROSE - 110V</t>
   </si>
   <si>
     <t>MONDIAL</t>
-  </si>
-[...94 lines deleted...]
-    <t>Controles P/AR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98d8918b37b5da7b7d1e5efaeb77923d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5cadc49443b77427479c855a222ad49.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5f9f584f7670176c2d29d479acd39c8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/642d2c0a0f56627777b44af93e81c5d1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffbbfe7204ab4998eaf8851fa301f301.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02aac282823e74f6aa1e8972623981ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d725fc74e7325da7ac422a54a6664f3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d5170b1e13ba122e2e045284dc90df6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cae79c307f89219bc107fa23c55e5210.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2324ae3a62b2244cfe534d36b9f211c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8630ea348cf87e9fa6ebd2e68f849215.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a043551ca745c7a13caa9714fe996da.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a2a6ff8f7f592b884c7e4f2bf421c6f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2df7a2e378b180d8f897ccee21167c2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b6229d1aabc1063cfd7122e2661b69.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fef609f3de54a1bf95c24118cdc32939.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/108d462c91013ae04ddbe178820ffdbb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72c322f76286b019a635df0a2db1dd8a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/396993d09ef63306a0fa8f3f687ed159.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6ea9ab6bc740178e912d8c4ecdd9f81.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21ff30718d9cab486133272d92173b9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e46644e67e217a7000b6d7e082346452.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cf08c71f0f603834c3ec0c2a98060f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bd7e201b319e0079b35f824a95d9d8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/754aa5e7b27ba3ad5a77fc6ee61fb37b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b656c1edfbca47c81f5875134135a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56fb11ebe779541f1cc2e239768fa9ef.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66f4c120310217ed9ee084dcee8cd62.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21c09382a9fd624f6aa42433689b32.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d3f0651fa5ccea911a134a96fc5c5fc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c921a37301065668fe9007f57fe0a765.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57cb4cf6f3ec82da95a3cd025646c4b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3cb81809b7cb893deee4032fc202541.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a979476a49ee064e93b1fbd611293b6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b931b91a832e1f3c591ace9e853d184c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435a2c4569f6a5271a15b9fa59e89446.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28a54c0243d9df80977c446404a3480.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92940b13a2fd983bfead711312c63b55.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595b0ee4ee2dbc6fbca7de8b053a059.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8186aedd23c36fd737bbb70fb714007.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>429016</v>
+        <v>436410</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.9</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>429672</v>
+        <v>436533</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>429764</v>
+        <v>436571</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>430739</v>
+        <v>436588</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>47.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>430791</v>
+        <v>436861</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>431972</v>
+        <v>437059</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>25.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>431989</v>
+        <v>437073</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>432108</v>
+        <v>437080</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>9.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>432313</v>
+        <v>437349</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>432559</v>
+        <v>437356</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>65.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>433297</v>
+        <v>437363</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>4.8</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>433303</v>
+        <v>437516</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>433488</v>
+        <v>437585</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>433556</v>
+        <v>437684</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>1.1</v>
+        <v>410.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>433662</v>
+        <v>438209</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>25.0</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>433679</v>
+        <v>438322</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>100.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>433778</v>
+        <v>438490</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>51.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>434003</v>
+        <v>438513</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>28.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>434409</v>
+        <v>438605</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>0.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>434454</v>
+        <v>438698</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>