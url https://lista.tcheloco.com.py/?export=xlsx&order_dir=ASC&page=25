--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,203 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 02:17</t>
+    <t>Lista gerada no: 31/03/2026 05:17</t>
+  </si>
+  <si>
+    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL ESPRESSO COFFEE CREAM PREMIUM / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS WALITA - RI-2110 - 2 VELOCIDADES - 220V</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 MACHO</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR CONDICIONADO ECOPOWER EP-8612</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2309 - USB - TF - BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICR SD KINGST 128GB 100M/S</t>
+  </si>
+  <si>
+    <t>MEMORIAS/PEN DRIVE/HD'S</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO</t>
   </si>
   <si>
     <t>PNEU PARA PATINETE FOSTON FS-B08 - MACICO</t>
   </si>
   <si>
     <t>Acess�rio para patinete</t>
   </si>
   <si>
     <t>FOSTON</t>
   </si>
   <si>
     <t>MICROFONE PROFISSIONAL TUCANO SH-200</t>
   </si>
   <si>
     <t>Microfones</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...1 lines deleted...]
-  <si>
     <t>CARREGADOR ECOPOWER EP-7068 - UNIVERSAL - MICRO USB V8 / TIPO C- USB - BIVOLT</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>CARREGADOR ECOPOWER EP-7070 - UNIVERSAL - MICRO USB V8 - USB - BIVOLT</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
     <t>LAMPADA LED TASHIBRA E40 - 80W - TKL440 - BRANCA</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
     <t>TASHIBRA</t>
   </si>
   <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS DIGITAL - MF-641 - BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
     <t>DEPILADOR PROSPER - P4502 - RECARREGAVEL - BIVOLT</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>SECADOR PROSPER P-7702 - 6000W - ION - 110V - PRETO</t>
   </si>
   <si>
     <t>SECADOR PROSPER P-7702 - 6000W - ION - 220V - PRETO</t>
   </si>
   <si>
-    <t>Secadores</t>
-[...1 lines deleted...]
-  <si>
     <t>LANTERNA ECOPOWER EP-8221 - BIVOLT - RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas</t>
-  </si>
-[...64 lines deleted...]
-    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f21ff30718d9cab486133272d92173b9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e46644e67e217a7000b6d7e082346452.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0cf08c71f0f603834c3ec0c2a98060f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3bd7e201b319e0079b35f824a95d9d8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/754aa5e7b27ba3ad5a77fc6ee61fb37b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b656c1edfbca47c81f5875134135a6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56fb11ebe779541f1cc2e239768fa9ef.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66f4c120310217ed9ee084dcee8cd62.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc21c09382a9fd624f6aa42433689b32.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d3f0651fa5ccea911a134a96fc5c5fc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c921a37301065668fe9007f57fe0a765.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57cb4cf6f3ec82da95a3cd025646c4b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3cb81809b7cb893deee4032fc202541.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a979476a49ee064e93b1fbd611293b6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b931b91a832e1f3c591ace9e853d184c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435a2c4569f6a5271a15b9fa59e89446.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28a54c0243d9df80977c446404a3480.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92940b13a2fd983bfead711312c63b55.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5595b0ee4ee2dbc6fbca7de8b053a059.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8186aedd23c36fd737bbb70fb714007.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38aca058656fde8de4b889bb55302562.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91064e639e0d56bc2c368a10b05da7ef.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35a9a6b5b7f23a8e279a435829349bf.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98f10c08245f6788794668f8f3c35ec6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b216d254c0d5ec4371b112bd2f26446.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1456b9195f76e51d518deb5b29dfadf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f45b0d8f10f5ca302bdeddc1e76594d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae4572a1587acd746c1855974c00611a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1f50c650dc35d37cfd5c023c406bffa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddecda359cef32da735112eb7d70c04c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08c6fafe790572a64abff49713c70c5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe9598517730264cada39d651c73a49e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7509bd64907cb8d65fc7d369b1eb79.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/260ce6acd4e89589b7ba3fe25102ed50.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24095a0cfa325210cb0b2546e767bcad.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9770725fda509b56e339e7802a08f6b0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559f2285e5f3a758ef3c586324c198c4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c4baba2a641e87fdcc830667f1b06f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d429f142c18d371df7bec4f09c9afa7b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d2b262f790872cf6a7003da5bcf22ac.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1146,415 +1155,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>436410</v>
+        <v>433556</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>436533</v>
+        <v>433662</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>22.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>436571</v>
+        <v>433679</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>1.9</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>436588</v>
+        <v>434003</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>1.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>436861</v>
+        <v>434409</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>36.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>437059</v>
+        <v>434454</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>8.6</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>437073</v>
+        <v>435994</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>20.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>437080</v>
+        <v>436175</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>20.0</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>437349</v>
+        <v>436328</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>3.5</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>437356</v>
+        <v>436335</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>437363</v>
+        <v>436410</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>3.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>437516</v>
+        <v>436533</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>1.75</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>437585</v>
+        <v>436571</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>437684</v>
+        <v>436588</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F15" s="3">
-        <v>410.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>438209</v>
+        <v>436861</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>8.8</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>438322</v>
+        <v>436946</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>0.8</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>438490</v>
+        <v>437059</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>438513</v>
+        <v>437073</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>438605</v>
+        <v>437080</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>438698</v>
+        <v>437349</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>3.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>