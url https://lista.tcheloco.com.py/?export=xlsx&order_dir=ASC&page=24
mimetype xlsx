--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,209 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 23:44</t>
-[...5 lines deleted...]
-    <t>Cabos USB</t>
+    <t>Lista gerada no: 29/12/2025 13:37</t>
+  </si>
+  <si>
+    <t>REPETIDOR DE SINAL WIFI TP-LINK - TL-855 - EXTENSOR - 2 ANTENAS - WIFI</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>PC TECLADO SATELLITE USB - AK-837 - MULTIMIDIA</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER -P1081 - 8 POLEGADAS - MICROFONE - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO LG 24000 BTU / 220V / 50-60HZ / DUAL INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>SENSOR DE ALARME DOOR VISIONBRAS - VB-PS120</t>
+  </si>
+  <si>
+    <t>Alarme residencial</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA ELETRICA MONDIAL PP-04 - 110V - BRANCO</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA ELETRICA MONDIAL PP-04 - 220V - BRANCO</t>
+  </si>
+  <si>
+    <t>Pipoqueira</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV - TV SATELLITE - MINI - AK-723G</t>
+  </si>
+  <si>
+    <t>Controles Smart</t>
+  </si>
+  <si>
+    <t>DVR TUCANO KIT - 4 CANAIS - 4 CAMERAS - SEM FIO</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-24R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-25R</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA FREE HOME - FR-1902 - INOX -110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7058 - 1 USB - V8 - 2.1 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CALCURADA CASIO HR-8RC - BOBINA - 12 DIGITOS</t>
-[...35 lines deleted...]
-    <t>Ilumina��o Automotiva</t>
+    <t>CARREGADOR ECOPOWER - EP-7053 - TIPO C - 1 USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MAQUINA MONDIAL ACABAMENTO 6 EM 1 - BG-04 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>WATERPIK SR-1000W - 110V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>ALIMENTADOR AUTOMATICO PARA CAES - GATOS - PILHAS</t>
+  </si>
+  <si>
+    <t>Pet</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LANTERNA ECOPOWER EP-2620 - BARRA LAMPIAO - RECARREGAVEL</t>
-[...83 lines deleted...]
-    <t>Churrasqueiras</t>
+    <t>BALANCA DE BANHO SATELLITE - A-WS007</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f6114e5b4fc87caed2ae5dc50e5a93.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6889799d1a5f062ec3d4fd5876f75278.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae32131e3c60e1bea994011fcc463110.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9217f2f4c15393a2aa4036890b276107.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1aa9309142b8f4adeddc4e66d3c7b08.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c5141b3e121532d21a00ae3c8dbf4c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c698bc8b4eedb0ae363ca35fa8fa8f17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4dbd702ae1a7c17d5e312cd59cce43f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3af08e956864d1244961a2a4fc1c7cf8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6edb9d2da0dafde63e88fa9bd02b7e62.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c1b5f6a69a8740ea55f819a29fd230.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0e7a15f0a689d042469495b4d5fb1c3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50d8b7eb10948a7dcdfe03b87146bd74.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50cf14c6dc56c40065efc96eb00e61dd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa5ec2e5c05a924fac1e6035afca7b9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7fd0fd2d10d46b1b874527eea8d29af.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/120d65b7e5b0de36b80bd7e124d2545f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50dad6fb98268dbc615a8316f5cecc54.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2f9fd5c2fe1d8f7b6eabd537b5ef18.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdb6bad35531be888410942cb076299e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ebf3acef909cadf1900b4fa8e86b502.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e987278c7f532e30f93659aec322ba.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c347082d8249a5b0d1209992e548c6d6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f327a1d0e361338825c882fbe20be8a7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395344115c666ba0444795fb78728ca9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4567f0d43cf8e1ad80824dc208c04e03.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5c9b200b8e17cac8e84ebb16400bcf6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0eca0308c66a591501a85cc2029f03a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7e6cad10eac0723ba08caa69a0b0a0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e930a79f0e0a84ffbe816b354fc7bad.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc731080902744b2e8c1dc840cd7c094.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fa4c6b5134e9d642628c560f9c6ffb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91de68a6f860bc786335999eb00d08f8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8140601692bbe84fde138f07f4c04b55.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b17c3add9c207fca0384dee1d8ff42d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe53e83d8b5b2d232a76386903d39b4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c8e6f88060cdde8cd27851c3bb9e53.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973d5df75e1d8e02edf149e2f35d3803.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d92d09d43c552f8a918e46dd7720f03.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/944dddacf8a3d9930b5b5f0eb3059dfa.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1152,415 +1161,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>408998</v>
+        <v>422222</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.3</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>409599</v>
+        <v>422628</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>410038</v>
+        <v>422796</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>7.25</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>410045</v>
+        <v>423007</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>685.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>410069</v>
+        <v>423854</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>410458</v>
+        <v>423861</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>9.75</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>410663</v>
+        <v>423878</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>1.45</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>410946</v>
+        <v>424110</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>411790</v>
+        <v>424264</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>4.6</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>411868</v>
+        <v>424516</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>4.9</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>412148</v>
+        <v>424523</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>24.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>412292</v>
+        <v>424684</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>412742</v>
+        <v>424691</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>9.75</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>412896</v>
+        <v>424868</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>39</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>413268</v>
+        <v>426350</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>414319</v>
+        <v>426404</v>
       </c>
       <c r="C17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>33.5</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>414500</v>
+        <v>426657</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>7.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>414586</v>
+        <v>426947</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>414746</v>
+        <v>427937</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>20.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>415958</v>
+        <v>428170</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>