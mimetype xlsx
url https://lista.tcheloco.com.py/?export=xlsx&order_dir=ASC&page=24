--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,218 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 13:37</t>
-[...14 lines deleted...]
-    <t>Teclados</t>
+    <t>Lista gerada no: 13/02/2026 02:16</t>
+  </si>
+  <si>
+    <t>MAQUINA WAHL COMPLETE CONFIDENCE - 5546S</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL MASTER PRESS PG-01 - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>GRILL MONDIAL MASTER PRESS PG-01 / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-1200Bi TURBO/INOX/BLACK/220V</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA - EMBUTIR - 24W - QUADRADO - BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas P/Embutir</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>RADIO CAR SATELLITE AU339B - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>SPEAKER PROSPER -P1081 - 8 POLEGADAS - MICROFONE - BLUETOOTH</t>
+    <t>TRANSMISSOR ECOPOWER EP-11 - BLUETOOTH/2 USB/ 1 USB-C/MICRO SD</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR ECOPOWER EP-12 - BLUETOOTH/2 USB/1 USB-C</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-26R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL DOLCE AROM - C-34 - INOX - 110V</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL ESPRESSO COFFEE CREAM PREMIUM / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS WALITA - RI-2110 - 2 VELOCIDADES - 220V</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 MACHO</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>BATERIA PARA PATINETE 10.400mAh S8/S9 PRO</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>CADEADO PARA BICICLETA FOSTON - COM SEGREDO</t>
+  </si>
+  <si>
+    <t>Esportes e Fitness</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2309 - USB - TF - BLT</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>PROSPER</t>
-[...44 lines deleted...]
-    <t>Kit DVR</t>
+    <t>MEMORIA CLASS 10 MICR SD KINGST 128GB 100M/S</t>
+  </si>
+  <si>
+    <t>MEMORIAS/PEN DRIVE/HD'S</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>APRESENTADOR SATELLITE SEM FIO - LR-24R</t>
-[...68 lines deleted...]
-    <t>Balan�as de Banho</t>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ebf3acef909cadf1900b4fa8e86b502.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e987278c7f532e30f93659aec322ba.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c347082d8249a5b0d1209992e548c6d6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f327a1d0e361338825c882fbe20be8a7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395344115c666ba0444795fb78728ca9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4567f0d43cf8e1ad80824dc208c04e03.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5c9b200b8e17cac8e84ebb16400bcf6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0eca0308c66a591501a85cc2029f03a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b7e6cad10eac0723ba08caa69a0b0a0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e930a79f0e0a84ffbe816b354fc7bad.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc731080902744b2e8c1dc840cd7c094.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3fa4c6b5134e9d642628c560f9c6ffb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91de68a6f860bc786335999eb00d08f8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8140601692bbe84fde138f07f4c04b55.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b17c3add9c207fca0384dee1d8ff42d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe53e83d8b5b2d232a76386903d39b4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c8e6f88060cdde8cd27851c3bb9e53.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/973d5df75e1d8e02edf149e2f35d3803.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d92d09d43c552f8a918e46dd7720f03.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/944dddacf8a3d9930b5b5f0eb3059dfa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a7b460c260ed7d4740037e36604894.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b29605a9e439c152655324422c539e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6bc65ca0ddcb0a9ba513317f3f0a0a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dcbaa41230edc11569fe7adc6328af9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/733a9e1a32cd174a9e47618e804bfda9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37a96e5fc9f2be57a1cb65e0ada65f7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e07de44ddba180f8a00786ccf47cdcc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ab2e98489ad69446fe3ed0d83c09048.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9be0cea244ea04e850fa8a14712de4af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c7318979fc10af1121237ff9676f75.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80cfa1c2ef6d630d57be7665cfe58aa2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24726fe0efee14d5cd5948774b347091.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a641e42fe267604ae92ec895840a6f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef4e1290b6986147648254f7f184789e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a4487592b2ee165d841f7e455441bd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca51c5848a2a1a08b77cb29ecd6ebe2c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdc2aaa5300e0001426752ece39fe7ca.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2164ca71d59e9153c1b6c7764e0e2f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e01723fa3ea2faadb660250952ff2f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e823aeba23972a8c0d0b7a0df53ec07.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>422222</v>
+        <v>431224</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>422628</v>
+        <v>431972</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>9.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>422796</v>
+        <v>431989</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>32.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>423007</v>
+        <v>432030</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>685.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>423854</v>
+        <v>432108</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>12.6</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>423861</v>
+        <v>432313</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>423878</v>
+        <v>433297</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>424110</v>
+        <v>433303</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>4.95</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>424264</v>
+        <v>433488</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>118.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>424516</v>
+        <v>433556</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>424523</v>
+        <v>433662</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>424684</v>
+        <v>433679</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>424691</v>
+        <v>434003</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>424868</v>
+        <v>434409</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
         <v>38</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>23.5</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>426350</v>
+        <v>434652</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="F16" s="3">
-        <v>1.5</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>426404</v>
+        <v>435024</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>1.6</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>426657</v>
+        <v>435994</v>
       </c>
       <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
         <v>46</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F18" s="3">
-        <v>23.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>426947</v>
+        <v>436175</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
         <v>48</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>49</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>53.0</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>427937</v>
+        <v>436328</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>52</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>55.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>428170</v>
+        <v>436335</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>