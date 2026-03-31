--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,212 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 02:16</t>
+    <t>Lista gerada no: 31/03/2026 05:17</t>
+  </si>
+  <si>
+    <t>MAQUINA MONDIAL ACABAMENTO 6 EM 1 - BG-04 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>WATERPIK SR-1000W - 110V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER UNIVERSAL - 1 USB - EP-7066 - 3.0 AMP</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ALIMENTADOR AUTOMATICO PARA CAES - GATOS - PILHAS</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-G1310F - 5 POLEGADAS - 230W - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MEGASTAR HT563 - BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ALISADOR  ROADSTAR RS-240HS - 80W - 110V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV SATELLITE - AK-724G</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ALARME PARA RESIDENCIA YATING - AAX4 - 2 CONTROLE</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
   <si>
     <t>MAQUINA WAHL COMPLETE CONFIDENCE - 5546S</t>
   </si>
   <si>
     <t>Depiladores</t>
   </si>
   <si>
     <t>WAHL</t>
   </si>
   <si>
+    <t>ESCOVA GIRATORIA ONIDA - ON-1047 - 3 EM 1 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
     <t>GRILL MONDIAL MASTER PRESS PG-01 - 110V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...7 lines deleted...]
-  <si>
     <t>LIQUIDIFICADOR MONDIAL L-1200Bi TURBO/INOX/BLACK/220V</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
-    <t>LAMPADA LED TASCHIBRA - EMBUTIR - 24W - QUADRADO - BRANCO</t>
-[...7 lines deleted...]
-  <si>
     <t>RADIO CAR SATELLITE AU339B - USB - SD - BLUETOOTH</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
-    <t>SATE</t>
+    <t>DVR DAHUA DH-XVR1B16 - 1080P - 16 CANAIS</t>
+  </si>
+  <si>
+    <t>DVR</t>
+  </si>
+  <si>
+    <t>ORANGE</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO ECOPOWER EP-2720 - PULSO</t>
   </si>
   <si>
     <t>TRANSMISSOR ECOPOWER EP-11 - BLUETOOTH/2 USB/ 1 USB-C/MICRO SD</t>
   </si>
   <si>
     <t>Transmissores</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>TRANSMISSOR ECOPOWER EP-12 - BLUETOOTH/2 USB/1 USB-C</t>
   </si>
   <si>
     <t>APRESENTADOR SATELLITE SEM FIO - LR-26R</t>
   </si>
   <si>
     <t>Apresentador de Slides</t>
   </si>
   <si>
-    <t>ADAPTADOR DE TOMADA 2 PINOS UNIVERSAL PADRAO BRASIL</t>
-[...71 lines deleted...]
-    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - PRETO</t>
+    <t>ALTO FALANTE PIONEER - TS-G1010F - 190W - 2 VIAS - 4 POLEGADAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6a7b460c260ed7d4740037e36604894.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60b29605a9e439c152655324422c539e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6bc65ca0ddcb0a9ba513317f3f0a0a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dcbaa41230edc11569fe7adc6328af9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/733a9e1a32cd174a9e47618e804bfda9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e37a96e5fc9f2be57a1cb65e0ada65f7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e07de44ddba180f8a00786ccf47cdcc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ab2e98489ad69446fe3ed0d83c09048.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9be0cea244ea04e850fa8a14712de4af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c7318979fc10af1121237ff9676f75.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80cfa1c2ef6d630d57be7665cfe58aa2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24726fe0efee14d5cd5948774b347091.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a641e42fe267604ae92ec895840a6f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef4e1290b6986147648254f7f184789e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a4487592b2ee165d841f7e455441bd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca51c5848a2a1a08b77cb29ecd6ebe2c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdc2aaa5300e0001426752ece39fe7ca.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2164ca71d59e9153c1b6c7764e0e2f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0e01723fa3ea2faadb660250952ff2f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e823aeba23972a8c0d0b7a0df53ec07.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbea530db879ac4131180c628efc45c5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54bc65149e0bfd9ccee1e71c4134f830.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cf5f60ca1b805caf36914f02247da49.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca23b349022cb730b5f2e2d50db96bcc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff2094352f1eda8e7ad4a619910407f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/244e59b189ebc654050e3c1169c848ab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e189857e10fd9c1ed0f99331dd3c38.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4af9c0d6ce7b258c3138c9c470d1a558.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd856c67051eb9181cb7031e8b2819f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b7db5b0589bc36a556f32f5bf80ab31.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e53dbd6d3a5eeb0b23c831e31148a433.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb7b1f535b30df75778350c87570c7da.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32664216d58c299202c741db8da7778f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8408fde5ce7594145d8c63d7fec920c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfae808623d9002d5dc17276508e039e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aad65f49a8182655f46fb88815631d93.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89499ba71b4774cb609966ea818b46fc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a9915953597afeb6e1563b13054a095.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728fe0ef2abccf6a5ab801dbe7438e7a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc7cf0f745584c02e92d435bf88f1d9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1154,416 +1157,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>431224</v>
+        <v>426657</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>431972</v>
+        <v>426947</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>25.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>431989</v>
+        <v>427357</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>25.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>432030</v>
+        <v>427937</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>35.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>432108</v>
+        <v>428828</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>9.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>432313</v>
+        <v>429016</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>9.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>433297</v>
+        <v>429764</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>4.8</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>433303</v>
+        <v>430463</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>433488</v>
+        <v>430791</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>433556</v>
+        <v>431224</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
-        <v>1.1</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>433662</v>
+        <v>431729</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>433679</v>
+        <v>431972</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>100.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>434003</v>
+        <v>432030</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>28.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>434409</v>
+        <v>432313</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>0.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>434652</v>
+        <v>432559</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="F16" s="3">
-        <v>78.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>435024</v>
+        <v>433068</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>435994</v>
+        <v>433297</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>25.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>436175</v>
+        <v>433303</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>17.3</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>436328</v>
+        <v>433488</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="F20" s="3">
-        <v>18.9</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>436335</v>
+        <v>433549</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>