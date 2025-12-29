--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,209 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 22:18</t>
-[...26 lines deleted...]
-    <t>DESPERTADOR CASIO - TQ-228</t>
+    <t>Lista gerada no: 29/12/2025 12:07</t>
+  </si>
+  <si>
+    <t>FONTE CARREGADOR PARA PATINETE FOSTON S09/S09 PRO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER SATELLITE AS-2151 - USB - SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABE�A ECOPOWER - EP-1383 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CONVERSOR DIGITAL PARA CARRO - ROADSTAR - RS1121</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>KIT DE CHURRASCO COM MALETA - 5 PE�AS - S395</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CASIO</t>
-[...26 lines deleted...]
-    <t>MAQUINA DE TOSAR DOG PROSPER P-1700 - 110V-220V</t>
+    <t>LAMAPADA LED TASHIBRA SPOT - 3W - EMBUTIR - REDONDO - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA TUBO - 20 W - 120CM - BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA TUBO - 10 W - 60CM - BRANCO</t>
+  </si>
+  <si>
+    <t>PROJETOR DE LED NATAL - CX AZUL - ESTRELA - BIVOLT</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ECOPOWER EP-6103 - 4 POLEGADAS - 600W</t>
+  </si>
+  <si>
+    <t>RADIO PX UNIDEN PRO505XL - 40 CANAIS</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>UNIDEN</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-602PET - 220V-50HZ</t>
   </si>
   <si>
     <t>Pet</t>
   </si>
   <si>
-    <t>CALCULADORA CASIO FR2650 - COM BOBINA - BIVOLT</t>
-[...26 lines deleted...]
-    <t>Pen Drives</t>
+    <t>RADIO ECOPOWER EP-136 - BATERIA - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS MANUAL - MF-233</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP H7 - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP HB4 - 12/24V</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP H3 - LED - 12/24V</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD - SANDISK - 128GB - 100M/S</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
   </si>
   <si>
     <t>SANDISK</t>
   </si>
   <si>
-    <t>FOGAO ELETRICO BAK BK-500W - 110V</t>
-[...38 lines deleted...]
-    <t>RODICAR</t>
+    <t>AR CONDICIONADO MITSUO - 12000BTU - QUENTE E FRIO - 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>SPEAKER FUSCA - BLUETOOTH - LED - RADIO FM - USB - TF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc754776155f518c6c409eefa9e52124.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a373d0222e0f7495d487cac9786c156.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8873de2e26b9270958a02dcd4bfd2c1e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44077b187d0d86e6848fcc2e378e497a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4924d849f3ed3af616c58f3661620219.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0c788459e48ade3810ff982aa0b71b6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62033fe7393aaff8b9bc36bdfe787f0a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0d061afacf50ca2fd01800cd412d334.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b414eac07d754f00eaf596a39852d27a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35fc12a3d30943d35abd4621a80999fc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8e9cde36054ef3b96e37a3a07eb434e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef761daaf814c2dacc42c087bcc2fb67.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65f628c48fb1d07f1b32f0b7950bda9a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ffb11d4731b932a01cd2170c308128.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd910246221da3bc90390c10ef62929d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f993ad98a5e4b84bbae94b16f131d93a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12bd149cdc6f6380154cac9340536a6e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233b0f5683ef63df9569a95eb6cf9154.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30ee42dad8e4ce87a2bd4f4cc92979c2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca6611849b66926c1ca0f5382864f311.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d16abd3347651401a6bb02beaa51cc5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2814ca0ee5c22eb30d3894e3cfad1f7f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4a77ce7068f87ef0f30291afed0b11.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962a81f9e17115f3b41ef6c8142833ed.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16aeb28175f0cdd5ff5977a86257037c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357bb1ca80bb4cd61f4fe52f920ef5fa.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5d9bdf5fc8e4388cff15c52008847f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ec4fb7ed63a7ddd91fdc28075eff17.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec98a9ec72056ca7f520283ad9fbc1fb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fd3b4fa04231c6deaa53983f0a58984.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caaadf57b3da65906e371a6fc9d96b1b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3808882cd917d5bd1bfdf2a044c2864.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f39866094e323e3bcbcdc67e046934.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a7801fc8b0ed079b6ea6d138ecefc6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ead3f2bfccfa30c99310da306101e88d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820b670c66269ad71b0620f177dad05f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e4fe96668e82aed1e515d550063ff7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baa53a049e6803e55c5b2f1a160ea2f0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab8a12cd599a49d0cedf84ada76e00ae.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/248366a947ec009ae7dec35e36880984.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -341,201 +335,201 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="8" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="790575" cy="590550"/>
-    <xdr:pic>
-[...148 lines deleted...]
-    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1150,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>397773</v>
+        <v>414401</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>397957</v>
+        <v>414500</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>398213</v>
+        <v>414586</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>21.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>398664</v>
+        <v>414746</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>7.8</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>399920</v>
+        <v>415958</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>400800</v>
+        <v>417808</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>13.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>400909</v>
+        <v>417983</v>
       </c>
       <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>112.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>401326</v>
+        <v>417990</v>
       </c>
       <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>402958</v>
+        <v>418850</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>63.6</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>403061</v>
+        <v>419222</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>1.3</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>403078</v>
+        <v>419529</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>1.3</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>403085</v>
+        <v>419604</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>1.3</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>403603</v>
+        <v>419666</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>6.64</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>404112</v>
+        <v>420334</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>404129</v>
+        <v>421072</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F16" s="3">
-        <v>2.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>404150</v>
+        <v>421089</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F17" s="3">
-        <v>2.5</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>404211</v>
+        <v>421140</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F18" s="3">
-        <v>3.75</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>405706</v>
+        <v>421485</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>67.0</v>
+        <v>11.79</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>407878</v>
+        <v>421676</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>1.9</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>408493</v>
+        <v>421720</v>
       </c>
       <c r="C21" t="s">
         <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="F21" s="3">
-        <v>4.75</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>