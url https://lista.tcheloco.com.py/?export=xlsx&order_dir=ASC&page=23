--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,203 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 12:07</t>
-[...14 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>Lista gerada no: 13/02/2026 00:41</t>
+  </si>
+  <si>
+    <t>REPETIDOR DE SINAL WIFI TP-LINK - TL-855 - EXTENSOR - 2 ANTENAS - WIFI</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER -P1081 - 8 POLEGADAS - MICROFONE - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO LG 18000BTU 220V 50 60HZ INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO LG 24000 BTU / 220V / 50-60HZ / DUAL INVERTER</t>
+  </si>
+  <si>
+    <t>SENSOR DE ALARME DOOR VISIONBRAS - VB-PS120</t>
+  </si>
+  <si>
+    <t>Alarme residencial</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV - TV SATELLITE - MINI - AK-723G</t>
+  </si>
+  <si>
+    <t>Controles Smart</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>LANTERNA DE CABE�A ECOPOWER - EP-1383 - RECARREGAVEL</t>
-[...2 lines deleted...]
-    <t>Lanternas P/Cabe�a</t>
+    <t>DVR TUCANO KIT - 4 CANAIS - 4 CAMERAS - SEM FIO</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-24R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>APRESENTADOR SATELLITE SEM FIO - LR-25R</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7058 - 1 USB - V8 - 2.1 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CONVERSOR DIGITAL PARA CARRO - ROADSTAR - RS1121</t>
-[...2 lines deleted...]
-    <t>Automotivo</t>
+    <t>CARREGADOR ECOPOWER - EP-7053 - TIPO C - 1 USB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>MAQUINA MONDIAL ACABAMENTO 6 EM 1 - BG-04 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>WATERPIK SR-1000W - 110V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>ALIMENTADOR AUTOMATICO PARA CAES - GATOS - PILHAS</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MEGASTAR HT563 - BRACO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ALISADOR  ROADSTAR RS-240HS - 80W - 110V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
-    <t>KIT DE CHURRASCO COM MALETA - 5 PE�AS - S395</t>
-[...92 lines deleted...]
-    <t>SPEAKER FUSCA - BLUETOOTH - LED - RADIO FM - USB - TF</t>
+    <t>TECLADO SMART TV SATELLITE - AK-724G</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>ALARME PARA RESIDENCIA YATING - AAX4 - 2 CONTROLE</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d16abd3347651401a6bb02beaa51cc5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2814ca0ee5c22eb30d3894e3cfad1f7f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4a77ce7068f87ef0f30291afed0b11.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962a81f9e17115f3b41ef6c8142833ed.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16aeb28175f0cdd5ff5977a86257037c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/357bb1ca80bb4cd61f4fe52f920ef5fa.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5d9bdf5fc8e4388cff15c52008847f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ec4fb7ed63a7ddd91fdc28075eff17.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec98a9ec72056ca7f520283ad9fbc1fb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fd3b4fa04231c6deaa53983f0a58984.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caaadf57b3da65906e371a6fc9d96b1b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3808882cd917d5bd1bfdf2a044c2864.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f39866094e323e3bcbcdc67e046934.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38a7801fc8b0ed079b6ea6d138ecefc6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ead3f2bfccfa30c99310da306101e88d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/820b670c66269ad71b0620f177dad05f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e4fe96668e82aed1e515d550063ff7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baa53a049e6803e55c5b2f1a160ea2f0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab8a12cd599a49d0cedf84ada76e00ae.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/248366a947ec009ae7dec35e36880984.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503a7f52446593d3d728fdb1a1443d06.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b700f0cd70d533e6c022e62f897d19.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13b9871f989e998c77e62ef6dd3c460.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcb99f00c83ef7e56f438c0e13143cd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc07e53ddf5171f6aebb44de26aa2bf.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df692642ca7871e3b4d2a7561ad6236.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2151190e08dad392a5e156cbf164ddd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f8d78958e9a833b090dfd087a5577c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631fc0f84e3b6ee902ab6670a51ffd1d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a6ea626e9517f3433784d3bc120c68.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230174d32e6f5c69909b646b3ef113cb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0299c9c242ab50e095de89a867a63ced.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd99f51f07701cc9e4345a8658a3ed5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644b3e52548fedd5bb3a3158bde77e1e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77220e507a99f45525841769afa8dd85.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a098ab2acf79a0c3eb1955b23bdb98.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d448fd036785c666895d60668ebd594.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c7fe49f7e9d8fa1ab3a081e45ccff0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb7fe11ed41407232c98f86dad978d46.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a37997a8db1f45188e8e2f1165b14de9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -485,51 +500,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="790575" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1144,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>414401</v>
+        <v>422222</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>414500</v>
+        <v>422796</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>414586</v>
+        <v>422994</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>545.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>414746</v>
+        <v>423007</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>20.0</v>
+        <v>685.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>415958</v>
+        <v>423854</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>417808</v>
+        <v>424110</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>417983</v>
+        <v>424264</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>2.75</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>417990</v>
+        <v>424516</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>3.5</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>418850</v>
+        <v>424523</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>419222</v>
+        <v>424684</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>419529</v>
+        <v>424691</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>60.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>419604</v>
+        <v>426350</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>419666</v>
+        <v>426404</v>
       </c>
       <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>420334</v>
+        <v>426657</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>421072</v>
+        <v>426947</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>421089</v>
+        <v>427937</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>5.5</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>421140</v>
+        <v>429016</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>5.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>421485</v>
+        <v>429764</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>11.79</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>421676</v>
+        <v>430463</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="F20" s="3">
-        <v>370.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>421720</v>
+        <v>430791</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>