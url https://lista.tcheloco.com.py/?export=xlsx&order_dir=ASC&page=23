--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -34,83 +34,146 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 00:41</t>
+    <t>Lista gerada no: 31/03/2026 03:42</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ECOPOWER EP-6103 - 4 POLEGADAS - 600W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-602PET - 220V-50HZ</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-136 - BATERIA - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS MANUAL - MF-233</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP HB4 - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP H3 - LED - 12/24V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSA PET ONIDA - ON-P2 - KIT - BIVOLT</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD - SANDISK - 128GB - 100M/S</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO MITSUO - 12000BTU - QUENTE E FRIO - 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>LAMPIAO CAFINI CNL-9108 - SOLAR - VENTILADOR - LANTERNA - LUZ</t>
+  </si>
+  <si>
+    <t>Lampioes</t>
   </si>
   <si>
     <t>REPETIDOR DE SINAL WIFI TP-LINK - TL-855 - EXTENSOR - 2 ANTENAS - WIFI</t>
   </si>
   <si>
     <t>Roteadores</t>
   </si>
   <si>
     <t>TP-LINK</t>
   </si>
   <si>
     <t>SPEAKER PROSPER -P1081 - 8 POLEGADAS - MICROFONE - BLUETOOTH</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>AR CONDICIONADO LG 18000BTU 220V 50 60HZ INVERTER</t>
-[...10 lines deleted...]
-  <si>
     <t>SENSOR DE ALARME DOOR VISIONBRAS - VB-PS120</t>
   </si>
   <si>
     <t>Alarme residencial</t>
   </si>
   <si>
     <t>VISIONBRAS</t>
   </si>
   <si>
     <t>TECLADO SMART TV - TV SATELLITE - MINI - AK-723G</t>
   </si>
   <si>
     <t>Controles Smart</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>DVR TUCANO KIT - 4 CANAIS - 4 CAMERAS - SEM FIO</t>
   </si>
   <si>
     <t>Kit DVR</t>
   </si>
   <si>
     <t>TUCANO</t>
@@ -119,113 +182,50 @@
     <t>APRESENTADOR SATELLITE SEM FIO - LR-24R</t>
   </si>
   <si>
     <t>Apresentador de Slides</t>
   </si>
   <si>
     <t>APRESENTADOR SATELLITE SEM FIO - LR-25R</t>
   </si>
   <si>
     <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>SECADOR MONDIAL SC-32 - GOLDEN ROSE - 2000W - 220V</t>
   </si>
   <si>
     <t>CARREGADOR ECOPOWER EP-7058 - 1 USB - V8 - 2.1 - BIVOLT</t>
   </si>
   <si>
     <t>Fontes</t>
-  </si>
-[...61 lines deleted...]
-    <t>Seguran�a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/503a7f52446593d3d728fdb1a1443d06.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0b700f0cd70d533e6c022e62f897d19.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13b9871f989e998c77e62ef6dd3c460.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcb99f00c83ef7e56f438c0e13143cd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bc07e53ddf5171f6aebb44de26aa2bf.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df692642ca7871e3b4d2a7561ad6236.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2151190e08dad392a5e156cbf164ddd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f8d78958e9a833b090dfd087a5577c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/631fc0f84e3b6ee902ab6670a51ffd1d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a6ea626e9517f3433784d3bc120c68.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/230174d32e6f5c69909b646b3ef113cb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0299c9c242ab50e095de89a867a63ced.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd99f51f07701cc9e4345a8658a3ed5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/644b3e52548fedd5bb3a3158bde77e1e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77220e507a99f45525841769afa8dd85.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a098ab2acf79a0c3eb1955b23bdb98.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d448fd036785c666895d60668ebd594.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c7fe49f7e9d8fa1ab3a081e45ccff0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb7fe11ed41407232c98f86dad978d46.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a37997a8db1f45188e8e2f1165b14de9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02666ea6c660354e0a068164b65fc3cb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ddf5e92cd6ad365b51ba49e8ffcba86.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb0d707c85ce989f257f1ccdcf48d9d8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5ce708c40eb0eb38444f4cdc12183c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873bcc2435dd7fdbe81b018f762f64c8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd80da41351490c1b310eac98dab627e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a748dd1f0e8ec45dd537496448454ee.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc97d3cb3fa68c36a371eb1701a18182.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4695e5b48facfacc72d703ee34c9edd9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5000d441c15d2fee6e354b25eac546ab.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e716999100da4a46e75689f5419194.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3afbfb00922f816e16799acfb2cff578.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b722c9b86c5419fe18e279dfc0a9604.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/281fa5f87147e01eef9c471161b15048.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195809e5ce9678cca3f86a3b38640e8d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b75ad6119d5ca75a97ded0f9b62b3272.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a85fee340bcc1227937d9f08ee1e7c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58a6384efc196e76ffc1dafacb1aa432.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9401163cc222230a91c746a8b639faf3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f56480ac6d68f9cd0fbcf0c262be9207.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1160,416 +1160,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>422222</v>
+        <v>419222</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>422796</v>
+        <v>419604</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>32.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>422994</v>
+        <v>419666</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>545.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>423007</v>
+        <v>420334</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>685.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>423854</v>
+        <v>421089</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>12.6</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>424110</v>
+        <v>421140</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>4.95</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>424264</v>
+        <v>421355</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>118.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>424516</v>
+        <v>421485</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>424523</v>
+        <v>421676</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>424684</v>
+        <v>422000</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>21.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>424691</v>
+        <v>422222</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>426350</v>
+        <v>422796</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>1.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>426404</v>
+        <v>423854</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>1.6</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>426657</v>
+        <v>424110</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>23.0</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>426947</v>
+        <v>424264</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F16" s="3">
-        <v>53.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>427937</v>
+        <v>424516</v>
       </c>
       <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>55.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>429016</v>
+        <v>424523</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>14.9</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>429764</v>
+        <v>424684</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>430463</v>
+        <v>424691</v>
       </c>
       <c r="C20" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
         <v>52</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>430791</v>
+        <v>426350</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21" t="s">
         <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>1.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>