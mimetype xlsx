--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 22:18</t>
-[...2 lines deleted...]
-    <t>INVERSOR TUCANO - 12V PARA 110V - 150W - SEM GARANTIA</t>
+    <t>Lista gerada no: 29/12/2025 12:07</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD012 - VERMELHO</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD014 - AZUL</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z50 - 128GB - MINI - PRETO</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO BAK BK-500W - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>PEN DRIVE BLUETOOTH UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>GARRAFA FUN E FUN - TAMPA FLIP FLOP - 1 LITRO</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINHEIRO BILL COUNTER - 220V</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>GARRAFA FLIP FLOP FUN E FUN - 430 ML - TAMPA</t>
+  </si>
+  <si>
+    <t>C�MERA DE RE UNIVERSAL RODICAR HD RC-186</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>RODICAR</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER  6035 - TIPO C  - TIPO C -  60W</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CALCURADA CASIO HR-8RC - BOBINA - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2623 - 1+1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2627 - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS - MF-393 - DIGITAL - PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>LED PISCA T20 - 2 POLO - AUTOMOTIVO</t>
+  </si>
+  <si>
+    <t>Ilumina��o Automotiva</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2620 - BARRA LAMPIAO - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS MOX MO-CB738 - AA/AAA/9V/2V - SEM PILHA - CARTELA</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO - ORELHA - MOX - MO-T280</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-605 - BLUETOOTH - USB - SD - RADIO FM</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...128 lines deleted...]
-    <t>Diversos</t>
+    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/760fd1eabfd975526258bdd6fabd43f6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965848391f209dcae15552a19967ddb7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b8e802da8acc84d6329a49b27a4fe5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cfb0008ee8e99e1c26a651937d1c359.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8699920a818f6ce3745c2abb92981a4b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb4de42b4bcfa231dbd164bca652dba7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77921bc428801c51b491da26fda4489f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b2bd14dba941eea9cf17c63c8734af6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d7d0ede17e67c2b1e80ad6cc21a7c0f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f5fedee4154bde647f75789205590db.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b1e5399356d43319956b1cd41af96b2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6b03fe2e18a9b9d5e77400e85549d63.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eef97a6b363230d780f8debbdfe3cf1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b1f657c634fb6d963c40b56e5caac0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cffea6e7e06a17f22a15990092fe53.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e5c29d007a0b9bda738e7079b6b9ba9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b51d34175dbcecad0a8b3927663be2b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf5df89fd911576bb0dcfb71351f87f0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e591346e5110e01d28e9357862b6740d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a96e79464d9b264280eb00fd384a04f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8879f834a7326bc7ec341ab87c9c9c4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9621096bfc78d566996e018a70dfe127.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63fd322b03e8eead0b28d6fa174b8174.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5597a7aa791277180065ff76dd51a7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7a8c52ca4c5817c5a7da357ee0610c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13d3d06540a29f52a0b32eeaa7ab484.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938cf6d9edbe76da0936218003f21f70.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18181df4d6827bd13d6243bb7ead7254.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc15a9a93c85b4624b55d686d834e9a9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/075ea29a510500ce5a1fd5a03e6abc09.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcf7c5786ee9431580a7049c4ec06cf3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce595123ad4ba3c6c8bbe2579e1657b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28ec3a138cb1542ec7cd4b73847d1975.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c534fd5fd6503ed4b0a1a1f49df038e8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ac2bbdc97c468a1aa0a246a36735c0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e283366a5701ceb4edd269a1a367ca8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b415b9575df3766f82eace3c7f2559ab.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867367e5119710e826d9473cdbb37eba.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6cdcb7cc16dea3784bbace7344579c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfe7c180078e4032201621e338745ea5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>389594</v>
+        <v>403078</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.3</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>389600</v>
+        <v>403085</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>13.5</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>391528</v>
+        <v>403603</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>8.59</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>392044</v>
+        <v>404112</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>33.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>392389</v>
+        <v>404129</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>29.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>392853</v>
+        <v>404211</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>39.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>393089</v>
+        <v>405706</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>393119</v>
+        <v>407878</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>1.3</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>393218</v>
+        <v>408493</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="E10" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>33.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>393294</v>
+        <v>408998</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>394413</v>
+        <v>409599</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>394451</v>
+        <v>410038</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>5.6</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>395014</v>
+        <v>410069</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>1.6</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>395106</v>
+        <v>410458</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>1.8</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>395908</v>
+        <v>410663</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>11.0</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>396677</v>
+        <v>410946</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>396714</v>
+        <v>411790</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>13.5</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>397155</v>
+        <v>411868</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
         <v>47</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>23.5</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>397209</v>
+        <v>413268</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>22.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>397605</v>
+        <v>414319</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>33.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>