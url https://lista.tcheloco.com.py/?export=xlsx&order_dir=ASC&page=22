--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,209 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 12:07</t>
-[...5 lines deleted...]
-    <t>Saude</t>
+    <t>Lista gerada no: 13/02/2026 00:41</t>
+  </si>
+  <si>
+    <t>SPEAKER SATELLITE AS-2151 - USB - SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>PC MOUSEPAD SATELLITE - A-PAD014 - AZUL</t>
-[...8 lines deleted...]
-    <t>Pen Drives</t>
+    <t>LANTERNA DE CABE�A ECOPOWER - EP-1383 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CONVERSOR DIGITAL PARA CARRO - ROADSTAR - RS1121</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>KIT DE CHURRASCO COM MALETA - 5 PE�AS - S395</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7011 7" BLUETOOTH GPS USB</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>LAMAPADA LED TASHIBRA SPOT - 3W - EMBUTIR - REDONDO - BRANCO</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>TASHIBRA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA TUBO - 20 W - 120CM - BRANCO</t>
+  </si>
+  <si>
+    <t>Lampadas T8</t>
+  </si>
+  <si>
+    <t>LAMPADA LED TASCHIBRA TUBO - 10 W - 60CM - BRANCO</t>
+  </si>
+  <si>
+    <t>PROJETOR DE LED NATAL - CX AZUL - ESTRELA - BIVOLT</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR ROADSTAR RS-602PET - 220V-50HZ</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-136 - BATERIA - USB - SD - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>MAQUINA ONIDA - ON-2186 - CORTA CABELO - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS MANUAL - MF-233</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP HB4 - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>KIT LED HEAD LAMP H3 - LED - 12/24V</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSA PET ONIDA - ON-P2 - KIT - BIVOLT</t>
+  </si>
+  <si>
+    <t>MEMORIA CLASS 10 MICRO SD - SANDISK - 128GB - 100M/S</t>
+  </si>
+  <si>
+    <t>Memoria/Pendrive/HD</t>
   </si>
   <si>
     <t>SANDISK</t>
   </si>
   <si>
-    <t>FOGAO ELETRICO BAK BK-500W - 110V</t>
-[...110 lines deleted...]
-    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
+    <t>AR CONDICIONADO MITSUO - 12000BTU - QUENTE E FRIO - 110V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>SPEAKER FUSCA - BLUETOOTH - LED - RADIO FM - USB - TF</t>
+  </si>
+  <si>
+    <t>LAMPIAO CAFINI CNL-9108 - SOLAR - VENTILADOR - LANTERNA - LUZ</t>
+  </si>
+  <si>
+    <t>Lampioes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8879f834a7326bc7ec341ab87c9c9c4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9621096bfc78d566996e018a70dfe127.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63fd322b03e8eead0b28d6fa174b8174.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5597a7aa791277180065ff76dd51a7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f7a8c52ca4c5817c5a7da357ee0610c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d13d3d06540a29f52a0b32eeaa7ab484.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/938cf6d9edbe76da0936218003f21f70.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18181df4d6827bd13d6243bb7ead7254.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc15a9a93c85b4624b55d686d834e9a9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/075ea29a510500ce5a1fd5a03e6abc09.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcf7c5786ee9431580a7049c4ec06cf3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dce595123ad4ba3c6c8bbe2579e1657b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28ec3a138cb1542ec7cd4b73847d1975.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c534fd5fd6503ed4b0a1a1f49df038e8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ac2bbdc97c468a1aa0a246a36735c0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e283366a5701ceb4edd269a1a367ca8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b415b9575df3766f82eace3c7f2559ab.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867367e5119710e826d9473cdbb37eba.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6cdcb7cc16dea3784bbace7344579c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfe7c180078e4032201621e338745ea5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca27ef89b967265581350903a9b01d9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c93966dde7f6e11aaf7942fb45ac866a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195f43ac2b843b19ebeb6f2374827208.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4bd4ec9cf9d5b7c0cdc4ec491219e1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e235952527819f186232b2f9da0ea133.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcc3c48a073381a473d0c726b75e0d0a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff8efd7ec9d010190fbf6512db6dbf24.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb1051e050eb16775b96527decc71d8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/456cda83a82d6e1625f91f90aed72a52.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bf66ef87d74e83fdfdca6c12df34c5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e6b42f956a75bc0cb75b73f5050476.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947668bf4145de5899ab4b466f227c97.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98995c6e9cb17f7f076cb52e2ba68747.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd0b1bf2c8436f8615d2c80e5f03d82.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13dd664067dc47ee8adcf5d1036c34d8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4276ce1234b863ea4eee3cf6ee59aa0a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638e2337b964c34ea43ba79f1254daa8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/441b817baedb3c91de09c5a0aff938b7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf3d4a9c1c6802e22a356de0773b5e2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0619622b223f0eea176f4bea5f25abe2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -491,51 +485,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1150,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>403078</v>
+        <v>414500</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.3</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>403085</v>
+        <v>414586</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>403603</v>
+        <v>414746</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.59</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>404112</v>
+        <v>415958</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>404129</v>
+        <v>416269</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>404211</v>
+        <v>417808</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>3.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>405706</v>
+        <v>417983</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>60.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>407878</v>
+        <v>417990</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>1.9</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>408493</v>
+        <v>418850</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>4.75</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>408998</v>
+        <v>419604</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>1.3</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>409599</v>
+        <v>419666</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>25.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>410038</v>
+        <v>419871</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>7.25</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>410069</v>
+        <v>420334</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>410458</v>
+        <v>421089</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>9.75</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>410663</v>
+        <v>421140</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>1.45</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>410946</v>
+        <v>421355</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E17" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>411790</v>
+        <v>421485</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>4.6</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>411868</v>
+        <v>421676</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>4.9</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>413268</v>
+        <v>421720</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>414319</v>
+        <v>422000</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>33.5</v>
+        <v>5.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>