--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,203 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/02/2026 00:41</t>
+    <t>Lista gerada no: 31/03/2026 03:32</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESSAO MORE FITNESS - MF-393 - DIGITAL - PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>LED PISCA T20 - 2 POLO - AUTOMOTIVO</t>
+  </si>
+  <si>
+    <t>Ilumina��o Automotiva</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2620 - BARRA LAMPIAO - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS MOX MO-CB738 - AA/AAA/9V/2V - SEM PILHA - CARTELA</t>
+  </si>
+  <si>
+    <t>Carregadores de Pilhas/Baterias</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO INFRAVERMELHO - ORELHA - MOX - MO-T280</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR PHILIPS - CABELO - BARBA - HC-3520 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO  ECOPOWER EP-M106</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>FERRO MEGASTAR PA220A A SECO / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-605 - BLUETOOTH - USB - SD - RADIO FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>FONTE CARREGADOR PARA PATINETE FOSTON S09/S09 PRO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
   <si>
     <t>SPEAKER SATELLITE AS-2151 - USB - SD - RADIO FM - BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>LANTERNA DE CABE�A ECOPOWER - EP-1383 - RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas P/Cabe�a</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>CONVERSOR DIGITAL PARA CARRO - ROADSTAR - RS1121</t>
   </si>
   <si>
-    <t>Automotivo</t>
-[...1 lines deleted...]
-  <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>KIT DE CHURRASCO COM MALETA - 5 PE�AS - S395</t>
   </si>
   <si>
     <t>Churrasqueiras</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIO CAR ECOPOWER EP-7011 7" BLUETOOTH GPS USB</t>
   </si>
   <si>
     <t>Radios Car USB</t>
   </si>
   <si>
     <t>LAMAPADA LED TASHIBRA SPOT - 3W - EMBUTIR - REDONDO - BRANCO</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>TASHIBRA</t>
   </si>
   <si>
     <t>LAMPADA LED TASCHIBRA TUBO - 20 W - 120CM - BRANCO</t>
   </si>
   <si>
     <t>Lampadas T8</t>
   </si>
   <si>
     <t>LAMPADA LED TASCHIBRA TUBO - 10 W - 60CM - BRANCO</t>
   </si>
   <si>
     <t>PROJETOR DE LED NATAL - CX AZUL - ESTRELA - BIVOLT</t>
-  </si>
-[...67 lines deleted...]
-    <t>Lampioes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca27ef89b967265581350903a9b01d9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c93966dde7f6e11aaf7942fb45ac866a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/195f43ac2b843b19ebeb6f2374827208.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f4bd4ec9cf9d5b7c0cdc4ec491219e1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e235952527819f186232b2f9da0ea133.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcc3c48a073381a473d0c726b75e0d0a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff8efd7ec9d010190fbf6512db6dbf24.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcb1051e050eb16775b96527decc71d8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/456cda83a82d6e1625f91f90aed72a52.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8bf66ef87d74e83fdfdca6c12df34c5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e6b42f956a75bc0cb75b73f5050476.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947668bf4145de5899ab4b466f227c97.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98995c6e9cb17f7f076cb52e2ba68747.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfd0b1bf2c8436f8615d2c80e5f03d82.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13dd664067dc47ee8adcf5d1036c34d8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4276ce1234b863ea4eee3cf6ee59aa0a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/638e2337b964c34ea43ba79f1254daa8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/441b817baedb3c91de09c5a0aff938b7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bf3d4a9c1c6802e22a356de0773b5e2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0619622b223f0eea176f4bea5f25abe2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045ed5535b2049153ce90c96384d342f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50759c1cde60212a4dcc3ccd90cd014d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dec09507845b9693bdc8d2c39c36e29.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cf0a5a2562e44b65d69df54949a183e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53cd1d71e0c1299e9223a932e53d8769.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff421fa6f07287e0dc7165828ae5c1ec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e25d717370cbd48594956a65731a19c0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7111a847cb0387846446dcc1aa6af7d9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b18c814f24054d06ce36f63b3f153e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19b912271ff6050206699cad976de724.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/207c4770be82505f31ba5c620161379d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/243e7b11c65d209d36b6f80b9bfd1e3d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989683d352d91ca34d8dfe90c373681d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8abfaab172e63b329a4e6701515375ad.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ffe37ec926724ac4e4167ffa7dac328.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db5edb12ecf2bf0663db1647c97f9780.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf240659884aea679f325125e411538a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77cfca001ccc240178f0bbe617b652b0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dceff0902e3f36503a5138aa36ded03c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9dc017359d42113982b144635945863.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -485,381 +497,381 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="9" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="10" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="11" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="12" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="13" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="14" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="15" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
     <xdr:ext cx="790575" cy="590550"/>
-    <xdr:pic>
-[...328 lines deleted...]
-    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -1144,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>414500</v>
+        <v>410458</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>414586</v>
+        <v>410663</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>414746</v>
+        <v>410946</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>20.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>415958</v>
+        <v>411790</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>416269</v>
+        <v>411868</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>52.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>417808</v>
+        <v>412117</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>417983</v>
+        <v>412292</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>2.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>417990</v>
+        <v>412742</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>3.5</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>418850</v>
+        <v>413268</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>419604</v>
+        <v>414319</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>419666</v>
+        <v>414401</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>419871</v>
+        <v>414500</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>420334</v>
+        <v>414586</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>421089</v>
+        <v>414746</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>5.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>421140</v>
+        <v>415958</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>421355</v>
+        <v>416269</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>421485</v>
+        <v>417808</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>19.99</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>421676</v>
+        <v>417983</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>370.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>421720</v>
+        <v>417990</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>422000</v>
+        <v>418850</v>
       </c>
       <c r="C21" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" t="s">
         <v>49</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>5.25</v>
+        <v>15.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>