--- v0 (2026-02-13)
+++ v1 (2026-03-31)
@@ -14,215 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 23:04</t>
+    <t>Lista gerada no: 31/03/2026 01:41</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-8600 - QUENTE E FRIO - 6000W - 110-220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>DESPERTADOR CASIO - TQ-228</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>CAPACETE PARA BIKE FOSTON SP4 - COM VISEIRA</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S301 BLUETOOTH 10" 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR DOG PROSPER P-1700 - 110V-220V</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO FR2650 - COM BOBINA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE A-PAD01 - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PC MOUSEPAD SATELLITE - A-PAD012 - VERMELHO</t>
+  </si>
+  <si>
+    <t>Saude</t>
   </si>
   <si>
     <t>PC MOUSEPAD SATELLITE - A-PAD014 - AZUL</t>
   </si>
   <si>
-    <t>Mouse</t>
-[...4 lines deleted...]
-  <si>
     <t>PENDRIVE SANDISK Z50 - 128GB - MINI - PRETO</t>
   </si>
   <si>
     <t>Pen Drives</t>
   </si>
   <si>
     <t>SANDISK</t>
   </si>
   <si>
     <t>PEN DRIVE BLUETOOTH UNIVERSAL</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>GARRAFA FUN E FUN - TAMPA FLIP FLOP - 1 LITRO</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
     <t>MAQUINA DE CONTAR DINHEIRO BILL COUNTER - 220V</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
   <si>
     <t>GARRAFA FLIP FLOP FUN E FUN - 430 ML - TAMPA</t>
   </si>
   <si>
+    <t>PC FONE SATELLITE - MICROFONE - AE-263 - PARA GAMER</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
     <t>C�MERA DE RE UNIVERSAL RODICAR HD RC-186</t>
   </si>
   <si>
     <t>Cameras de R�</t>
   </si>
   <si>
     <t>RODICAR</t>
   </si>
   <si>
     <t>CABO USB ECOPOWER  6035 - TIPO C  - TIPO C -  60W</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>CALCURADA CASIO HR-8RC - BOBINA - 12 DIGITOS</t>
   </si>
   <si>
-    <t>Calculadoras</t>
-[...4 lines deleted...]
-  <si>
     <t>LANTERNA ECOPOWER EP-2623 - 1+1 LED - BIVOLT</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESSAO MORE FITNESS - MF-393 - DIGITAL - PULSO</t>
-[...65 lines deleted...]
-    <t>CALCULADORA CASIO HR - 100RC - COM BOBINA - PRETA</t>
+    <t>LANTERNA ECOPOWER EP-2625 - 1+2 LEDS - BIVOLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,123 +233,123 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce041475d418a37490bfe9f92ad9f922.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d7ab385fa24be91fa227072d0d2205.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/165ef3ba392b36e42fcd9e88541cb8b8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caf9c92471240126fb408db85f65fdf2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca420e12faf81426c18e7b801912cde.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28283fc7e7fef95e56bd10a7d1278a8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a318abb79bc623634dfbd9ed03904a5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/768f4dc41fe1ca1d0872b576792ba406.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3496129e28ee8059c85a06a8d19abe.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6f493003efadf9424fa94562c527449.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c943b060ab585aaa225b937e82ea2078.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c52e8c5f988bde5498a24e53ccb11f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7deb16d8b656e60bc775a9f225bbbbf5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ea58402b5a7e4eddf692a2bc58458e5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41496a71e352d08330f41cd48838ad8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfb8f8717bf3895e6626e77dae8985ca.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00cdf039d2f50b41fe21c950bfbeba61.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb80aadee9e689bbc7d0168840fd5d1f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37192c78797e13c7364b1b4ba54a429b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b8e820318e2d71e24afb234f55fec7a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502ee6a511c6c7ff243a92f1cd243b59.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c1102ba6fe8447c38afea5a69aedd6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac29604ce0ab8dc9affb18924ba10fa2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6ce32721f33320633e05da1f40a6c05.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca2b758c83a926bb571191e7eef91ba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f57181cd957570536fb2097079e827e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3549d877deccf8df9e08aaaa4f83387e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ca2d78284cf7874f46c8593533ec7d7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd5a91b8f11e08e42805d69706b6c02.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79a44df5a0dd8d3cba9fcc2a28a7d73.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b8fb2cb273a36016274c3c8807570a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc98152bf3e9c7d75e38319c41329093.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa1234e4cac774862b01e818cb70ae4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d26bcfb1e7a0c5fe518c2e3fa9cecf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4905504fb5a84c42048996d0ebabc274.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e446bd6b4ac11be6c4a39a2f83635066.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24a8d771b6d8c3f0c84b6cc132fa2fe3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e0069f1710d825e152cb9588484c6f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d907d78ccfffe97336dcf022f15362.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a70c28391a92a60801e3818a7626273d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="590550" cy="590550"/>
+    <xdr:ext cx="790575" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1156,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>403085</v>
+        <v>398213</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.3</v>
+        <v>21.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>403603</v>
+        <v>398664</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.25</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>404129</v>
+        <v>400800</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>404211</v>
+        <v>400909</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.75</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>405706</v>
+        <v>401326</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>55.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>407878</v>
+        <v>402958</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>1.9</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>408493</v>
+        <v>403061</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>4.75</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>408998</v>
+        <v>403078</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
         <v>1.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>409599</v>
+        <v>403085</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>410038</v>
+        <v>403603</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>7.25</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>410458</v>
+        <v>404129</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="F12" s="3">
-        <v>9.75</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>410663</v>
+        <v>404211</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F13" s="3">
-        <v>1.45</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>410946</v>
+        <v>405706</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>411790</v>
+        <v>407878</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F15" s="3">
-        <v>4.6</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>411868</v>
+        <v>408486</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>4.9</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>412117</v>
+        <v>408493</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
         <v>44</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>26.5</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>412292</v>
+        <v>408998</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>412742</v>
+        <v>409599</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>9.75</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>413268</v>
+        <v>410038</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>414319</v>
+        <v>410045</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>33.5</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>