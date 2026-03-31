--- v1 (2026-03-31)
+++ v2 (2026-03-31)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 01:41</t>
+    <t>Lista gerada no: 31/03/2026 03:41</t>
   </si>
   <si>
     <t>SECADOR TUCANO TC-8600 - QUENTE E FRIO - 6000W - 110-220V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>DESPERTADOR CASIO - TQ-228</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
     <t>CAPACETE PARA BIKE FOSTON SP4 - COM VISEIRA</t>
   </si>
   <si>
     <t>Esportivo</t>
   </si>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502ee6a511c6c7ff243a92f1cd243b59.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c1102ba6fe8447c38afea5a69aedd6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac29604ce0ab8dc9affb18924ba10fa2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6ce32721f33320633e05da1f40a6c05.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca2b758c83a926bb571191e7eef91ba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f57181cd957570536fb2097079e827e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3549d877deccf8df9e08aaaa4f83387e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ca2d78284cf7874f46c8593533ec7d7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd5a91b8f11e08e42805d69706b6c02.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79a44df5a0dd8d3cba9fcc2a28a7d73.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b8fb2cb273a36016274c3c8807570a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc98152bf3e9c7d75e38319c41329093.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa1234e4cac774862b01e818cb70ae4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d26bcfb1e7a0c5fe518c2e3fa9cecf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4905504fb5a84c42048996d0ebabc274.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e446bd6b4ac11be6c4a39a2f83635066.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24a8d771b6d8c3f0c84b6cc132fa2fe3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e0069f1710d825e152cb9588484c6f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d907d78ccfffe97336dcf022f15362.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a70c28391a92a60801e3818a7626273d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c156a5c307373d0ae96aae82b030a8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97d53c084f20a2e892de4d8308492c3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9edce7fe4967274673b56fa76adc676.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15d7ccdf22558b420ca7bbb4e0bbc13f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d51892b988cc37a0c9c4ce7e92efffb4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886c37da0951b9f2309cc02f1032350d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6139b7a9d2dbe534abb80f040d465e9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca23573236a0d73a10af939d966d784.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2844f68b78014197cc16559f5f375e6a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b415f61a22dc422a167dd962e8e9320.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1856a9a37788ce1e630ab9efeaadf0c4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34c3c1b450748fb7497d75ce368153c7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/795e87d18f8a6a9e1e7f755fdc29fd60.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac89d66f06472ebbeb495da3447da812.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aac0a08ef2d0a82d6a06c858f6574d1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a49f8b8705485a715bb340a964d48789.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e637d7ab89171eba1d0c8aa78c926ec.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e95a03b411cfaaa09c04a2ba8baace7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e961055af454e6767c26163ae08dcccb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f0c01bb4968c73f795fe6e1999621b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>