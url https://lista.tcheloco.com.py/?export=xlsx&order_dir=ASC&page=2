--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -14,127 +14,133 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 08:43</t>
+    <t>Lista gerada no: 28/12/2025 19:27</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 837A - 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
   </si>
   <si>
-    <t>CALCULADORA TRULY 896 - 12 DIGITOS</t>
-[...1 lines deleted...]
-  <si>
     <t>LAMPADA XENON H4 12V 60/55W</t>
   </si>
   <si>
     <t>Kit Xenon LED</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER VR-95 PLUS ECHO - S/G</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 806 - 10 DIGITOS</t>
   </si>
   <si>
+    <t>BATERIA  TALKBOLT CIBER-SHAT 53615</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
     <t>MEDIDOR DE PRESION ARTERIAL M.FITNES MANUAL MF-213</t>
   </si>
   <si>
     <t>Med.Pressao de Bra�o</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
+    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
+  </si>
+  <si>
+    <t>Cornetas</t>
+  </si>
+  <si>
     <t>TOMADA TELEFONE</t>
   </si>
   <si>
-    <t>Comunica��o</t>
-[...1 lines deleted...]
-  <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-5.1       4600W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>RADIO COMUNICADOR VOYAGER VR-9000MKII - S/G</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-368SE - PULSO COM MEM�RIA</t>
   </si>
   <si>
     <t>Med.Pressao de Pulso</t>
   </si>
   <si>
     <t>WATERPIK WP-360E  220V</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
@@ -145,69 +151,60 @@
   <si>
     <t>AUTOMOTIVO</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W COM DIFUSOR 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W C/DIFUSOR 220V</t>
   </si>
   <si>
     <t>TELEFONE PHILIPS VOIP-0801B - USB - SKYPE</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
+    <t>TWEETER AUTOMOTIVO ROADSTAR RS-325ST 4000W</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
     <t>TELA VOYAGER 702  USB/TV  7.0"  TETO</t>
   </si>
   <si>
     <t>Telas p/ Carro</t>
-  </si>
-[...13 lines deleted...]
-    <t>SATE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9d255a0163eeaf251f2c865be214c5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/514e782773e788666900c39b0e45ee98.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6119ee9991b42831a0ab59b88a42e273.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4451e2f6c1b2726ef62435b807203fb5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d4971e38004acac7d679ddb55be9813.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b73eafd9b030298f77a44a04aab627c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffb3f2d2b249e41711b285dc8a274667.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a67ce46a35551c50fbd1dd4e9b748b90.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2bd9bc5ccdf370bdbfb7971ee3fdd6d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509752592cacf25809821f0bf3f21498.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d6fd5d1c801d5282e1ca1bdfe79198.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df149e7331796d99747a992af335e2ac.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0231b7b7e95ec41d5d221bf75fed1a7c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2acc45c741ea1daaa5ba3a85c0d11f32.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f897d38f6746c4f886baee64fffa1f11.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720c5f7b7449873edd31ddb0add31aeb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2ed87ab51cc0e98ab08b25dc90bc4b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/804c061e506148661585e58d995a79f1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5fe3aa9f2d13a6d980c773424474b23.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c539742af1cd553991fe9b249265d06a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d1c10e9a3fc156448ae2a694c38366.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7c2594f98e9c63c0e2ce6dcd78d1a58.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ceb61e83ebd6c0b62e4c3afc401612.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74cd4311a5a70ff92d3b741029247858.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2765aa975c1027a8bfd92b6b6ca7a56c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84be03105949e96615e5e2c71f82d242.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/866b6fb933b974ad0d91050c6e38eead.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd033795d6808265c0277f5b78479289.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ae2aa60dabd095216cf10eaf491155.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ebdf24208807b13d04ac83d579bb7e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47a2467fecf99c84f569f0066afcd8c3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/135e7e8b8c62880b20bf538829f8752d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2558863159791852dd261da9f226718.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d37f512170895d5a26a10fcf6f7adb75.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6733e61a19f2fb34030e884996394fc9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c10292f2298d5d4c02505f42e1a3eb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b61eff965acccedfba99b52fe7ed68.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dbaac2dac5ef03b5d258b7fd1d44546.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe3ced5f2ca24bd98b95f92a93f135f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6557b5da0d0fea970c99b1cf191a5ac3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1223,335 +1220,335 @@
         <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>152.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
         <v>5029</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>5036</v>
+        <v>5197</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>9.6</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>5197</v>
+        <v>5319</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>5319</v>
+        <v>6187</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>179.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>6187</v>
+        <v>6774</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
         <v>8112</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
         <v>8.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>9737</v>
+        <v>8280</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>0.35</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>10009</v>
+        <v>9737</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>89.0</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>11976</v>
+        <v>10009</v>
       </c>
       <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>249.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>12188</v>
+        <v>11976</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>12973</v>
+        <v>12188</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>52.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>14007</v>
+        <v>12973</v>
       </c>
       <c r="C15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" t="s">
         <v>34</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>35</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>14038</v>
+        <v>14007</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>14045</v>
+        <v>14038</v>
       </c>
       <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
         <v>39</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
         <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>15134</v>
+        <v>14045</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" t="s">
         <v>40</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>15516</v>
+        <v>15134</v>
       </c>
       <c r="C19" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" t="s">
         <v>43</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>44</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>15899</v>
+        <v>15349</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
         <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F20" s="3">
-        <v>2.99</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>15981</v>
+        <v>15516</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>3.8</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>