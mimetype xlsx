--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -14,197 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 19:27</t>
-[...2 lines deleted...]
-    <t>CALCULADORA TRULY 837A - 12 DIGITOS</t>
+    <t>Lista gerada no: 12/02/2026 10:44</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>TRULY</t>
   </si>
   <si>
-    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
+    <t>LAMPADA XENON H4 12V 60/55W</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-95 PLUS ECHO - S/G</t>
   </si>
   <si>
     <t>Radios PX</t>
   </si>
   <si>
     <t>VOYAGER</t>
   </si>
   <si>
-    <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
-[...13 lines deleted...]
-  <si>
     <t>CALCULADORA TRULY 806 - 10 DIGITOS</t>
   </si>
   <si>
-    <t>BATERIA  TALKBOLT CIBER-SHAT 53615</t>
+    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
+  </si>
+  <si>
+    <t>Cornetas</t>
+  </si>
+  <si>
+    <t>TOMADA TELEFONE</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESION ARTERIAL M.FITNES MANUAL MF-213</t>
-[...2 lines deleted...]
-    <t>Med.Pressao de Bra�o</t>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-5.1       4600W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>RADIO COMUNICADOR VOYAGER VR-9000MKII - S/G</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-368SE - PULSO COM MEM�RIA</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
   </si>
   <si>
-    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
-[...25 lines deleted...]
-  <si>
     <t>WATERPIK WP-360E  220V</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
     <t>CROSSOVER ROADSTAR RS-90 4VIAS</t>
   </si>
   <si>
     <t>AUTOMOTIVO</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W COM DIFUSOR 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W C/DIFUSOR 220V</t>
   </si>
   <si>
     <t>TELEFONE PHILIPS VOIP-0801B - USB - SKYPE</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
-    <t>TWEETER AUTOMOTIVO ROADSTAR RS-325ST 4000W</t>
-[...4 lines deleted...]
-  <si>
     <t>TELA VOYAGER 702  USB/TV  7.0"  TETO</t>
   </si>
   <si>
     <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 60ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>PC FONE MICROFONE SATELLITE AE-335</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MAQUINA PANASONIC - ER-224</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>TEL VOYAGER VR-678  (EXTRA)</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 40ML</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d1c10e9a3fc156448ae2a694c38366.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7c2594f98e9c63c0e2ce6dcd78d1a58.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ceb61e83ebd6c0b62e4c3afc401612.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74cd4311a5a70ff92d3b741029247858.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2765aa975c1027a8bfd92b6b6ca7a56c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84be03105949e96615e5e2c71f82d242.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/866b6fb933b974ad0d91050c6e38eead.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd033795d6808265c0277f5b78479289.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19ae2aa60dabd095216cf10eaf491155.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ebdf24208807b13d04ac83d579bb7e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47a2467fecf99c84f569f0066afcd8c3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/135e7e8b8c62880b20bf538829f8752d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2558863159791852dd261da9f226718.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d37f512170895d5a26a10fcf6f7adb75.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6733e61a19f2fb34030e884996394fc9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58c10292f2298d5d4c02505f42e1a3eb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b61eff965acccedfba99b52fe7ed68.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dbaac2dac5ef03b5d258b7fd1d44546.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe3ced5f2ca24bd98b95f92a93f135f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6557b5da0d0fea970c99b1cf191a5ac3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6028dc1812bc69bad3a55ee33b56f21.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cf32677222df2301e7b51a776e748e7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93ae8b2e36e9aabcefa39103bf1b32ab.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fecb8c39a8504218a7e9d96d37ff689.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a7e089f78ecf4893ec0a03643fce14.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78e660f0ddf1257bd2ba037fc183db02.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7842def7642a41489cd898eaeda27c63.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c34b75723a8792451bf1ca74687211b9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203ee7f9fcbe5686c5374ecad46e70ff.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20a350750d81d14d8bfd44ed51395e2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ebb823af267f3b842d01d00315b204.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845629909b5555123ae231c094a5318.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac39a312278e7a155dc50e30792b07f2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac5c71e5594854ad3a1e4506b88dbb03.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4b934e163201951f752bda1001ce5e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc969aa74b07317c92262ffe183e43e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ef9c319ebdc8a104a8cfe64580aedc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40f1e881a4b845b7cd9da9c227287739.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea3f92c38d5c58f67edf1821095ded3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bba102f4c74a4bf9f0a500aa8407447.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1169,386 +1181,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>3483</v>
+        <v>5029</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>3681</v>
+        <v>5197</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>152.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>5029</v>
+        <v>5319</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>5197</v>
+        <v>6187</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>2.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>5319</v>
+        <v>8280</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>179.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>6187</v>
+        <v>9737</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>3.5</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>6774</v>
+        <v>10009</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>8112</v>
+        <v>11976</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>8.75</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>8280</v>
+        <v>12188</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>1.1</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>9737</v>
+        <v>12973</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>0.35</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>10009</v>
+        <v>14007</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>89.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>11976</v>
+        <v>14038</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>249.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>12188</v>
+        <v>14045</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>12973</v>
+        <v>15134</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>52.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>14007</v>
+        <v>15516</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>14038</v>
+        <v>15899</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>14045</v>
+        <v>15981</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>15134</v>
+        <v>16629</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>15349</v>
+        <v>18371</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>9.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>15516</v>
+        <v>18647</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>2.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>