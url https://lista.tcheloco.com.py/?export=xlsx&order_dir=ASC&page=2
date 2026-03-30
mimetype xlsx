--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,109 +14,112 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 10:44</t>
+    <t>Lista gerada no: 30/03/2026 10:45</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 837A - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
   </si>
   <si>
     <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
   </si>
   <si>
-    <t>Calculadoras</t>
-[...2 lines deleted...]
-    <t>TRULY</t>
+    <t>CALCULADORA TRULY 896 - 12 DIGITOS</t>
   </si>
   <si>
     <t>LAMPADA XENON H4 12V 60/55W</t>
   </si>
   <si>
     <t>Kit Xenon LED</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>RADIO PX VOYAGER VR-95 PLUS ECHO - S/G</t>
   </si>
   <si>
-    <t>Radios PX</t>
-[...4 lines deleted...]
-  <si>
     <t>CALCULADORA TRULY 806 - 10 DIGITOS</t>
   </si>
   <si>
-    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
-[...4 lines deleted...]
-  <si>
     <t>TOMADA TELEFONE</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
     <t>MODULO AUTOMOTIVO ROADSTAR  RS-5.1       4600W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>ROADSTAR</t>
   </si>
   <si>
     <t>RADIO COMUNICADOR VOYAGER VR-9000MKII - S/G</t>
   </si>
   <si>
     <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-368SE - PULSO COM MEM�RIA</t>
   </si>
   <si>
     <t>Med.Pressao de Pulso</t>
   </si>
   <si>
     <t>MORE FITNESS</t>
@@ -136,87 +139,75 @@
   <si>
     <t>AUTOMOTIVO</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W COM DIFUSOR 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-075 4500W C/DIFUSOR 220V</t>
   </si>
   <si>
     <t>TELEFONE PHILIPS VOIP-0801B - USB - SKYPE</t>
   </si>
   <si>
     <t>Informatica</t>
   </si>
   <si>
     <t>PHILIPS</t>
   </si>
   <si>
+    <t>TWEETER AUTOMOTIVO ROADSTAR RS-325ST 4000W</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
     <t>TELA VOYAGER 702  USB/TV  7.0"  TETO</t>
   </si>
   <si>
     <t>Telas p/ Carro</t>
   </si>
   <si>
     <t>SPRAY DE PIMENTA 60ML</t>
   </si>
   <si>
     <t>Seguran�a</t>
   </si>
   <si>
     <t>PC FONE MICROFONE SATELLITE AE-335</t>
   </si>
   <si>
     <t>Fones P/Pc</t>
   </si>
   <si>
     <t>SATE</t>
-  </si>
-[...16 lines deleted...]
-    <t>SPRAY DE PIMENTA 40ML</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6028dc1812bc69bad3a55ee33b56f21.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cf32677222df2301e7b51a776e748e7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93ae8b2e36e9aabcefa39103bf1b32ab.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fecb8c39a8504218a7e9d96d37ff689.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a7e089f78ecf4893ec0a03643fce14.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78e660f0ddf1257bd2ba037fc183db02.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7842def7642a41489cd898eaeda27c63.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c34b75723a8792451bf1ca74687211b9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203ee7f9fcbe5686c5374ecad46e70ff.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a20a350750d81d14d8bfd44ed51395e2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ebb823af267f3b842d01d00315b204.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0845629909b5555123ae231c094a5318.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac39a312278e7a155dc50e30792b07f2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac5c71e5594854ad3a1e4506b88dbb03.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da4b934e163201951f752bda1001ce5e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc969aa74b07317c92262ffe183e43e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ef9c319ebdc8a104a8cfe64580aedc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40f1e881a4b845b7cd9da9c227287739.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea3f92c38d5c58f67edf1821095ded3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bba102f4c74a4bf9f0a500aa8407447.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4d86da40bb7a2979b4198bc94d0c43.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443b29f247a37b125282983bbd93aa60.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f51c3b022b64c40fa0a7e8da08592fb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7dc2f1e8dc876c07dbd43c7cd819996e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad10e8fad10fa2e47b2d75044fefd9cc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ab0c76380a9abff1f69fb31c039d120.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64912f9f2f32b69a542f7fb5ad1f32ba.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae98162df2c1b33da5adc07074d4c2a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc0f46ce7fbfdddd8e96c6d10491dba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f433421c22df658822681b15af0419a5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652d314d3e737f07fe4093e74187501e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf6f0ffb938c9641cf4a60eec23f413.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe078ec4ddc6c4d2b972550f5e8063f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14b72323a355e69fdab30b5324a9b10b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3a8b7eabe5ad028125d3876040b938.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6376f6f0a837ca9cb39c1a3f3d217e61.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84371032b391ba49f6c7d68f6c756634.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d6ac17211565d4a92f86151b0be7de7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb1f3c19995c282d0e12a74e99adfc63.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5393152733da67ba5995d4f403ca64fd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1181,386 +1172,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>5029</v>
+        <v>3483</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>5197</v>
+        <v>3681</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>5319</v>
+        <v>5029</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>179.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>6187</v>
+        <v>5036</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>3.5</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>8280</v>
+        <v>5197</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>1.1</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>9737</v>
+        <v>5319</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>0.35</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>10009</v>
+        <v>6187</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>89.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>11976</v>
+        <v>9737</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>249.0</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>12188</v>
+        <v>10009</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>12973</v>
+        <v>11976</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>52.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>14007</v>
+        <v>12188</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>14038</v>
+        <v>12973</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>13.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>14045</v>
+        <v>14007</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>15134</v>
+        <v>14038</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>15516</v>
+        <v>14045</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>15899</v>
+        <v>15134</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>2.99</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>15981</v>
+        <v>15349</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>3.8</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>16629</v>
+        <v>15516</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>37.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>18371</v>
+        <v>15899</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F20" s="3">
-        <v>39.0</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>18647</v>
+        <v>15981</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>2.8</v>
+        <v>3.8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>