--- v0 (2025-12-29)
+++ v1 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 21:27</t>
+    <t>Lista gerada no: 28/12/2025 23:11</t>
   </si>
   <si>
     <t>HD SSD IMPERIUM X10 - 512GB - 2.5'' SATA SSD</t>
   </si>
   <si>
     <t>Memoria/Pendrive/HD</t>
   </si>
   <si>
     <t>IMPERIUM</t>
   </si>
   <si>
     <t>PORTA TEMPEROS GIRATORIO SA23297 INOX/VIDRO - 20 PCS</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-1972 - BLT/FM/AM/MP3</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bae2fb9c320ffdd5819388126438cf0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e772ec7e7dd316b5af40bdd28386cbf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d00bc6fef05c692eec10786d46473f9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbf6c1a86a1523eaed45562a50152bf5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93fc31857aef8063e45e73c2c7c1046a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6965e4ae516f1a0976dfffc08478465d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1dec983efeeaba30267159e89300794.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a4022620eb578cdad438b2165ab3987.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21cd9a44253eefc001b3be86587fec05.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b32343104b998ed915b99aa067991522.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c1eca5de752d145aa4c9f442daa8c6a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd512bc8b951a794d79450ce9cbd6ad.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4054dc92b58ea6e9c361188c7e24d27d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b303b1142929a48dafe8680fbab3ce2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de6ff6cc9570b967de048a8d85c4091c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88fd6c2174841b29041ed53221a9c149.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/152421e3637285714c203baf50f3f8ab.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c2c906fb3199197dee65ba2d1f0e3df.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16268842d911c0c9a0530f636e2d63d1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56426810b9f2f02e909841813049cfc1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a2e980bb7b44f757324812d522b151.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbbc71a77c62071f1e1d86a01de6d0bb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1188bc91def8dcd9fe9cba57614924e7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caec1d7159657f89da4d83eeb8f96863.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8d3868c5148fcca30bf6d8964be103.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26e30377f8d4ec7a40a18400b88038d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652083ba606d7d3b84e4ac75a71feec5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72d768c20521a8282014ee6d987fdf72.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef6d3e05d781b0b648caa9999b1cdd22.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b751a0387a837bd20149cbb2cb82785d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7590bddfe25dfada641d3c882521f136.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32315b0403bb2e6a6e729ec9c2115383.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a55163db218686d684223be8dad7133.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c53f677674008018f1142fee70149d1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82e984ce5b5c393b4215406676a0a3f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e5d90ee4b9c1ace94c4fb6b2d2963b4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87bda19216386213afd59adb698e012d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae13277fa2a98483b68b361626a6a70.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a541c73f69c56965580d576cb17ac819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b045bdcf79c3a179c75a2f1bb7316d3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>