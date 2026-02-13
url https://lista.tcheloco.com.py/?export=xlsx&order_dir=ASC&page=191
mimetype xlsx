--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,203 +14,125 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 23:11</t>
-[...131 lines deleted...]
-    <t>CADEADO 50MM TRI-CIRCUIIT - 20307 - UNID</t>
+    <t>Lista gerada no: 13/02/2026 18:14</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R20G2B/70 - D*2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 64MP/16X/2.4" - PRETO</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 64MP/16X/2.4" - ROSA</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA + COPO MATERO LUSTAR 2.5L + 140ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15030 - PRATA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 128GB/6 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A17 A175F BR - 256GB/8 RAM - CINZA</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 256GB/8 RAM - AZUL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +155,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a2e980bb7b44f757324812d522b151.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbbc71a77c62071f1e1d86a01de6d0bb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1188bc91def8dcd9fe9cba57614924e7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caec1d7159657f89da4d83eeb8f96863.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8d3868c5148fcca30bf6d8964be103.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26e30377f8d4ec7a40a18400b88038d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652083ba606d7d3b84e4ac75a71feec5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72d768c20521a8282014ee6d987fdf72.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef6d3e05d781b0b648caa9999b1cdd22.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b751a0387a837bd20149cbb2cb82785d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7590bddfe25dfada641d3c882521f136.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32315b0403bb2e6a6e729ec9c2115383.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a55163db218686d684223be8dad7133.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c53f677674008018f1142fee70149d1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82e984ce5b5c393b4215406676a0a3f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e5d90ee4b9c1ace94c4fb6b2d2963b4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87bda19216386213afd59adb698e012d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae13277fa2a98483b68b361626a6a70.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a541c73f69c56965580d576cb17ac819.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b045bdcf79c3a179c75a2f1bb7316d3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca4ba215a6cd22d434bbb8425863e824.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebadbff2b573df42c944cf9c36858357.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79ea313ce8bca83751aa11e8df46a9f7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/900aa7e2268add4a4b8702b57b9963fb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4df32feb5850c4db932447b8c13343b7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001751a3bd3470687f5e1ab5bf4a4d00.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45a40faa1b16615eb0ba40f5c93affa6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6396a592016c2e30120e1df16b217419.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -478,410 +400,50 @@
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="8" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...358 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1135,426 +697,222 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581738</v>
+        <v>585866</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>42.9</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581752</v>
+        <v>585873</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.5</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581769</v>
+        <v>585880</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>44.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581776</v>
+        <v>585897</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>65.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581783</v>
+        <v>585910</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>62.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581790</v>
+        <v>585996</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>72.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581806</v>
+        <v>586016</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581813</v>
+        <v>586023</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>82.0</v>
-[...203 lines deleted...]
-        <v>1.5</v>
+        <v>188.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>