--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,203 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 19:18</t>
-[...38 lines deleted...]
-    <t>Secadores</t>
+    <t>Lista gerada no: 29/12/2025 08:21</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>KIT DVR TUCANO - 8 CANAIS - 4 CAMERAS</t>
-[...5 lines deleted...]
-    <t>LANTERNA POLICE TUCANO TC-32 - 2 BATERIAS</t>
+    <t>FONE ECOPOWER EP-H131 - BLUETOOTH - TWS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-22N - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CABO HDMI 15 METROS - MICROFINS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>TOSTADOR WESTINGHOUSE WKTT203 - 2 PAES - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>WESTINGHOUSE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE X-900 COM ESTOJO/RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
-    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - ROSA</t>
-[...32 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL SATELLITE A-NT76 - ISDB - INTERNO</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F10 - USB - RADIO AM-FM - SD</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S101 - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>FONTE TELEFONE PANASONIC GB210 - TGC350 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>ESCOVA GIRATORIA ONIDA ON-1037 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2223  USB/SD/FM/ BLUETOOH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R115 - 5 METROS</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA MEGASTAR TX-8829 - 110V - PRETA</t>
+  </si>
+  <si>
+    <t>KIT XENON LED - H3 - C6 - 36W - 3800LM - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C6</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR MEGASTAR GH1342 - 2.7 LITROS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 806A-10</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>PLACA BLUETOOTH PARA SCOOTER</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>WATERPIK TUCANO FC168 - FAMILIA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA MONDIAL CH-05 / 110V</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
   </si>
   <si>
     <t>MONDIAL</t>
-  </si>
-[...37 lines deleted...]
-    <t>Fone sem fio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38fc0d5abc1b75b69d390206fe9e0844.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1134d97990ae0e28101adc41a848e427.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c34d1a373ed5af119d169e27fd9138a7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e7e2f4d5c263bdb100933efc3642fc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a271c9642dc23b4245d26aacb30cbe2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f0196dccf7cca0fc770edc86637e9f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f98f747af3f506bf74361df613ff94.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e54ac50e14172fb4d19754ac0732ff78.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca26ac24196a956e19155bf008f993a1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66907e45a3935c0610d36c90f8e75bdc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21f919bd6b4e23667e7b42f695109c4f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ba0fbdaa7f05fbc695fd5f52f0fe9ed.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8fc44b697bcc338f55b0f4f4ec4d073.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2b45c7523d98483d196a8512b6745d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e452b9cf43ae6312d69d3d2e59b06fb8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52eec9e4454537642741d978ac3a4316.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/651abc3b560f8d0260fb9f8ae6ceb457.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2eac55095d93450c796e7b02e31f89.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546c9b41d96122ca86508211ce92cb03.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87eb96d5735d6e47d5b10f0aef1be8e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b56cfdacba8cf4e429b166caed02ff02.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63863f375ecdab8eb2940629986a3713.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a281d64ea6520f687f4ad8711e4383b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c3d076bec7f0c706110795d5a71c71.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5779058f445b4b2dcd9420e055cba8e8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ca267093f2a8b4811bfe38ab4fe616b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fac711ad6a5657c11edbd300cb12a0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08d71ab7feafd43536918865cd2e446.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082f80943e28d8d0c47cec2c3c71cc70.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f549ee25ca9ef688803218321ab87b1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebc795edbf4f5b0297f38ee2c74a6c4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a48ed542d7461898dbbd74814c6a0396.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1649c153a5b97cd22daf961c0f32e42.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7342bd24df36d6344a06e99b39e023b9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeea4cdcfb60a2136af1a28b7463d3e2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34d85f8b54b4133e75e7d98726158c2e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d8cbffddf8d8d087ef77ed7a0b0ad0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3e3f969cf0afdbba1db078dc0a4ffb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ad0bf8c3c2bf1c7e3d39f500b99e9e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cede8650f9e4f8ac9b2945a0d6bcb790.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>352451</v>
+        <v>365741</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>352468</v>
+        <v>366458</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>352550</v>
+        <v>367479</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>54.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>353519</v>
+        <v>371124</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>353526</v>
+        <v>371339</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>353618</v>
+        <v>373050</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>18.9</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>356541</v>
+        <v>373500</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>94.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>356558</v>
+        <v>374033</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>356565</v>
+        <v>374101</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>357852</v>
+        <v>374453</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>358026</v>
+        <v>375528</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>35.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>358866</v>
+        <v>376013</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>4.3</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>360500</v>
+        <v>376297</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>29.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>361491</v>
+        <v>376907</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>363686</v>
+        <v>377201</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>53.6</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>363785</v>
+        <v>378147</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>364607</v>
+        <v>378451</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>365734</v>
+        <v>379885</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>18.75</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>365741</v>
+        <v>380331</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>18.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>366458</v>
+        <v>380584</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>25.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>