--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 08:21</t>
+    <t>Lista gerada no: 29/12/2025 10:10</t>
   </si>
   <si>
     <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 / 220V</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>FONE ECOPOWER EP-H131 - BLUETOOTH - TWS</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>GRILL MEGASTAR BA-22N - 220V - PRETO</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
@@ -254,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b56cfdacba8cf4e429b166caed02ff02.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63863f375ecdab8eb2940629986a3713.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a281d64ea6520f687f4ad8711e4383b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c3d076bec7f0c706110795d5a71c71.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5779058f445b4b2dcd9420e055cba8e8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ca267093f2a8b4811bfe38ab4fe616b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48fac711ad6a5657c11edbd300cb12a0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08d71ab7feafd43536918865cd2e446.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082f80943e28d8d0c47cec2c3c71cc70.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f549ee25ca9ef688803218321ab87b1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ebc795edbf4f5b0297f38ee2c74a6c4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a48ed542d7461898dbbd74814c6a0396.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1649c153a5b97cd22daf961c0f32e42.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7342bd24df36d6344a06e99b39e023b9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeea4cdcfb60a2136af1a28b7463d3e2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34d85f8b54b4133e75e7d98726158c2e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d8cbffddf8d8d087ef77ed7a0b0ad0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3e3f969cf0afdbba1db078dc0a4ffb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ad0bf8c3c2bf1c7e3d39f500b99e9e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cede8650f9e4f8ac9b2945a0d6bcb790.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef18b74feda52e061795afe72548d6d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc99bd231c94e7441d63f725fb3fec7f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b447cbf7f7d7ad67e3ed9e83bdf2077.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80678903b1d516e58dd83dc4290cbf94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbefe6c7222947c518ca7887f1598200.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d58c6e55f2d6ecce8254c84490036a19.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac1f2a2b7d16fa28919bb5c71c45918f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0642227ecbf0f1b6e2d7060be0d91485.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baab2beeaac6aa32467bd8140e99e4dc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cb2becfad95de6a7b4defbd8dae7b3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b8940d6d99380caa5dedcc9a61a19fd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a421b6529edee8b19354dadffa38cd61.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf932c9082ee0412fd52219cf7f48d27.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c1e8bed2e980b8e03eef9691f2b6aa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506220cdabe294ae4cdba7f66d0ebd29.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951a6514c57cf1fc1dbc2e5e8bf003c3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0913c2751b1a953e167b49083065ec9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c200173a4968db4532023954b41188.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aba50c1f3ba28c577551ef54582de160.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e81a19b2674f53ad7e90eeda482d3352.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>