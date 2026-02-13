--- v2 (2025-12-29)
+++ v3 (2026-02-13)
@@ -14,224 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 10:10</t>
-[...5 lines deleted...]
-    <t>Ferros</t>
+    <t>Lista gerada no: 12/02/2026 21:20</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1988 - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PET ONIDA - ON-P1 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>BALAO INFLABLE LED</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S302 BLUETOOTH    12" 2V</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA PET WAHL TOSAR - 9160-1716 - BRANCO - 220V</t>
+  </si>
+  <si>
+    <t>WAHL</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON 240GB - SA400S37</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER - TS-G1610F - 6 POLEGADAS - 280W - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-061 - 3200W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-088 - 110/220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>FORNO MEGASTAR HA-382A / 38L / 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R053 - 3 METROS</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATELLITE A-R055 - 5 METROS</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HP-V339B / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>INVERSOR TUCANO - 12V PARA 110V - 150W - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>FONE ECOPOWER EP-H131 - BLUETOOTH - TWS</t>
-[...140 lines deleted...]
-    <t>MONDIAL</t>
+    <t>INVERSOR TUCANO - 12V PARA 220V - 150W - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>FITNESS SUSPEN�AO DE TREINAMENTOS</t>
+  </si>
+  <si>
+    <t>ESPORTES E FITNESS</t>
+  </si>
+  <si>
+    <t>VISIONEER</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WAP - 1400W - 1.2 LITROS - VERMELHO - 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>WAP</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER TS-G1620F - 300W - 6 POLEGADAS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7003 - BLUETOOTH - USB - SD - 6.2 POLEGADAS</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2311 - USB - SD - RADIO FM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef18b74feda52e061795afe72548d6d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc99bd231c94e7441d63f725fb3fec7f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b447cbf7f7d7ad67e3ed9e83bdf2077.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80678903b1d516e58dd83dc4290cbf94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbefe6c7222947c518ca7887f1598200.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d58c6e55f2d6ecce8254c84490036a19.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac1f2a2b7d16fa28919bb5c71c45918f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0642227ecbf0f1b6e2d7060be0d91485.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baab2beeaac6aa32467bd8140e99e4dc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94cb2becfad95de6a7b4defbd8dae7b3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b8940d6d99380caa5dedcc9a61a19fd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a421b6529edee8b19354dadffa38cd61.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf932c9082ee0412fd52219cf7f48d27.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c1e8bed2e980b8e03eef9691f2b6aa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506220cdabe294ae4cdba7f66d0ebd29.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951a6514c57cf1fc1dbc2e5e8bf003c3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0913c2751b1a953e167b49083065ec9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67c200173a4968db4532023954b41188.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aba50c1f3ba28c577551ef54582de160.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e81a19b2674f53ad7e90eeda482d3352.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5503f9e9ddf2a29455ba2f91656c7fc4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e128dd99c0ee68f6d1e83d527bd029.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481a44a42643082d34cabec118ea78d9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cb7bda83bcfcd21eee4017c565f42f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956cbcb9e1a16b91ea59f24a564098fc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed6b9b6fcfb9940931e2b3b57d325a0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2fe58b4f6505cecf635bbb121687743.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2661c0ce77a2bde4c26c7821cd8e229b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b2b377464799312a9f9e12b452c03d0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3395c919b4709e228952acf4b43e6d7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2437a241a75053cc069e9cd38006d15e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a850da5927de2bf762d632729288215f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5c73c6eea30614823bbea6138eb5ccb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20ad0a485f6acdfe4c90c9ea10cdcab4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b58ac30ebbc7ba7dc6f48d5f2e1d6d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722de42b9d807eaded38fdd0b366e34d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14dfeb55ad0e72bc1913c06451335397.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee61423c4f5d0affff568c71372dc490.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1074df9a4ceaf3592cb9525f2b45d08d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed8f6554f2331df3b17b2ee38a01a054.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>365741</v>
+        <v>385459</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.75</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>366458</v>
+        <v>385497</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>367479</v>
+        <v>385763</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>371124</v>
+        <v>385909</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>371339</v>
+        <v>385961</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>373050</v>
+        <v>386371</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>13.5</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>373500</v>
+        <v>386432</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>26</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>374033</v>
+        <v>386579</v>
       </c>
       <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>374101</v>
+        <v>386586</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>55.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>374453</v>
+        <v>388092</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>0.5</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>375528</v>
+        <v>388627</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" t="s">
         <v>35</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>376013</v>
+        <v>388634</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>376297</v>
+        <v>389563</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>7.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>376907</v>
+        <v>389594</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>13.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>377201</v>
+        <v>389600</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>378147</v>
+        <v>391528</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>17.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>378451</v>
+        <v>392044</v>
       </c>
       <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" t="s">
         <v>48</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>379885</v>
+        <v>392389</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>380331</v>
+        <v>392853</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>39.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>380584</v>
+        <v>393089</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>25.0</v>
+        <v>23.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>