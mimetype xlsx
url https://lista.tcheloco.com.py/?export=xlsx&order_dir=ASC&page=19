--- v3 (2026-02-13)
+++ v4 (2026-03-31)
@@ -14,209 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 21:20</t>
+    <t>Lista gerada no: 30/03/2026 23:43</t>
+  </si>
+  <si>
+    <t>KIT XENON LED - H3 - C6 - 36W - 3800LM - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C6</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK WR-849N - 2 ANTENAS - 300MBPS</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR MEGASTAR GH1342 - 2.7 LITROS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 806A-10</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>MODELADOR  PROSPER P-1120 - 32MM - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>WATERPIK TUCANO FC168 - FAMILIA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA MONDIAL CH-05 / 110V</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MICROONDAS SAMSUNG MS23K3513 - 23 LITROS - 220V 50HZ</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER  8"x2 EP-1937 BLUETOOTH/MIC, SEM FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BALANCA DE BANHO MEGASTAR CR-3320</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR MEGASTAR KC-1988 - INOX - 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...1 lines deleted...]
-  <si>
     <t>PET ONIDA - ON-P1 - BIVOLT</t>
   </si>
   <si>
     <t>Pet</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>BALAO INFLABLE LED</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-S302 BLUETOOTH    12" 2V</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>MAQUINA PET WAHL TOSAR - 9160-1716 - BRANCO - 220V</t>
   </si>
   <si>
     <t>WAHL</t>
   </si>
   <si>
     <t>HD SSD KINGSTON 240GB - SA400S37</t>
   </si>
   <si>
     <t>HDs</t>
   </si>
   <si>
     <t>KINGSTON</t>
   </si>
   <si>
     <t>ALTO FALANTE PIONEER - TS-G1610F - 6 POLEGADAS - 280W - 2 VIAS</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>PIONEER</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-061 - 3200W - BIVOLT</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>SECADOR ONIDA ON-088 - 110/220V</t>
   </si>
   <si>
-    <t>Cuidados pessoais</t>
-[...1 lines deleted...]
-  <si>
     <t>FORNO MEGASTAR HA-382A / 38L / 220V</t>
   </si>
   <si>
     <t>Fornos eletrico</t>
-  </si>
-[...58 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-2311 - USB - SD - RADIO FM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +257,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5503f9e9ddf2a29455ba2f91656c7fc4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e128dd99c0ee68f6d1e83d527bd029.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/481a44a42643082d34cabec118ea78d9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2cb7bda83bcfcd21eee4017c565f42f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/956cbcb9e1a16b91ea59f24a564098fc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed6b9b6fcfb9940931e2b3b57d325a0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2fe58b4f6505cecf635bbb121687743.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2661c0ce77a2bde4c26c7821cd8e229b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b2b377464799312a9f9e12b452c03d0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3395c919b4709e228952acf4b43e6d7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2437a241a75053cc069e9cd38006d15e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a850da5927de2bf762d632729288215f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5c73c6eea30614823bbea6138eb5ccb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20ad0a485f6acdfe4c90c9ea10cdcab4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39b58ac30ebbc7ba7dc6f48d5f2e1d6d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722de42b9d807eaded38fdd0b366e34d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14dfeb55ad0e72bc1913c06451335397.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee61423c4f5d0affff568c71372dc490.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1074df9a4ceaf3592cb9525f2b45d08d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed8f6554f2331df3b17b2ee38a01a054.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7da0dbe0862b7e07c79f7a9b195beea2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fac96903efebd90b26bf19b2f7680404.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88128299a8a1a9f2f95129085e7e9bb4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4e7bc33b6924b04b04e43ea340abd59.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/216368cc04f4ca1cc74526ba331063cd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78ed5b9240983c1a798297ace944fe6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b319e47c6d38e9f2646edadc3acdb26b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dca8baa1728bfbcd96c4289beecab4e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15655cf60d2debb4486ef24e63ca3f2f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9afd9876ee2aab0bb48e37a1a35316d8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23cca77efabaf3fe29ee1c612d93b487.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e2881c812a08e6d17a496e1526e14a1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce28cec249b8888d8219c8835d1644ae.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c08e7d6da483d40caf332446da97a2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cee0c3e5e442903927c7103c3e836d28.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f10b039ebca6dc17142192e6d6dc20.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e5da6af9b19f180c0292e78859147a1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20cbc9f1d697b2115b0c895a029f5665.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6b89880ca267b337c0b14c1c9b5dd75.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4341aeaee2b2e8c575671607f02f37b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1168,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>385459</v>
+        <v>377201</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>385497</v>
+        <v>377577</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>385763</v>
+        <v>378147</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>3.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>385909</v>
+        <v>378451</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>132.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>385961</v>
+        <v>378963</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>386371</v>
+        <v>380331</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>57.5</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>386432</v>
+        <v>380584</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>386579</v>
+        <v>380775</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>386586</v>
+        <v>383806</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3">
-        <v>19.75</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>388092</v>
+        <v>384643</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>67.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>388627</v>
+        <v>385459</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>388634</v>
+        <v>385497</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F13" s="3">
-        <v>5.75</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>389563</v>
+        <v>385763</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F14" s="3">
-        <v>2.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>389594</v>
+        <v>385909</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>13.3</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>389600</v>
+        <v>385961</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F16" s="3">
-        <v>13.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>391528</v>
+        <v>386371</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>392044</v>
+        <v>386432</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F18" s="3">
-        <v>33.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>392389</v>
+        <v>386579</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>28.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>392853</v>
+        <v>386586</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>37.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>393089</v>
+        <v>388092</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>23.0</v>
+        <v>67.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>