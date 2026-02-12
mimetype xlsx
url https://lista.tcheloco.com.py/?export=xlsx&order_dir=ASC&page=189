--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,197 +14,182 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 21:20</t>
-[...53 lines deleted...]
-    <t>Cameras IP</t>
+    <t>Lista gerada no: 12/02/2026 11:02</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1980 - BLT/FM/TWS/USB/8"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2262 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1720 - 120W/BT/8''</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT 19107 - 300W - 220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT 19106 - 200W - 220V</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA BEER PINTS 2112 - 2L +140ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1995 BLT/FM/300W/MP3/12"</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1993 - BLT/150W/MP3/USB/10''</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O NECK KNEADING - 12V/2V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O U-SHAPED ALMOFADA - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA MATE/TERERE LUO LU-4306 - 750ML</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>SUPORTE PARA CELULAR LUO LU-4004 - UNIVERSAL</t>
-[...5 lines deleted...]
-    <t>SOPRADOR LUO LU-F2214 REC/TURBO/MINI</t>
+    <t>PANELA DE ARROZ ELETRICA RAF R.178 - 5L - DIGITAL - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MINI SOPRADOR LUO LU-F2225 - REC/TURBO</t>
   </si>
   <si>
     <t>Aspiradores</t>
   </si>
   <si>
-    <t>TERMICA RODAX AR-750 - 1L</t>
-[...53 lines deleted...]
-    <t>Controles P/TV</t>
+    <t>SPEAKER JVC XS-KY5215B - BLT/IPX5/70W</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY6215B - BLT/IPX6/80W</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M8 5G - 256GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M8 5G - 512GB/12 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 15CM OM190462 - SEM CAPA</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R6L4B/70 - AA*4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R03L4B/70 - AAA*4 PCS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572592cd51589bbf20468291b76a5d17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7821c388b62c1542c828e9b6dd549e0b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa5684691c136d64c9c898bd32a8f1a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b0f0e90edd89cd7ec67737f1bf08763.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c86169afa252dfa7e1c3eb2d757ca3e5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681ffb5c0d5e1e8f142ea5835e3d8bd6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ff08dc773f1917cbca19c98ae5d587.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12aac976712ac8c1cbab47d39803e03.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25c0ad181a92be94134278999622489c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/724efcbbe90f7b2544358f9086a68821.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce1ad96d8defe0d4bdce61b4ed5ec974.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d9afcb99d23791e1747ed823b22cc23.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ccd556e592f7cad6afe8fcaf1f55834.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1756f4822463da1c6b28d395ced0329e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f1f1690f8b6577039a2963fc5b9485a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c98fde73c061d61b585d84950ee51f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df52b445cdd666d6db1270614e3c72e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ce03ff3b55be41a5a2d52ddda3d3276.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5539aeebc6f9ec58392e8e4c723b0b1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a93d4049dc221db4dfe07bdabf698ef3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d331063be4a6a97ed0efb199803df741.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526452a772e574d03e0c9f119dbc4b5e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fce245ac05b28c5595d2277588fc41c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f845b755a2c77087306f6a7c3aa502f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc582aa1b97d3a1e407ca5beb22e769.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ce38320e51243086e7aea8f3e4f807.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a692119b4f1a1b047c6ef221d78c227f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cf6cdf653d617e52f3016c6f45d238.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56d4dbae91bd974310f7f0f5d90dfe61.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f15400b1494c7bbf50699fd567c2f92.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf63eb9efe052dd66fb79fc21911ea0f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840483e5f4dd758d78528e911495c233.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cdc9f4a611488301e754185b55a03ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf868c309526cf05f9722ed71f8ef258.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d073cb82c514da7b0401b7a0cbae19.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa873d5d8112367552f17a0b829a825c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bb4aec13d8002d5b8530ed7ecec8e1f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9099221e5581ee9ffd9c2c30c2b70ed9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394afdb70474e11086a2e7a04d856d73.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aedd9156fd884aed69b3b89fc1ad713.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1123,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581141</v>
+        <v>585521</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.5</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581158</v>
+        <v>585538</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>26.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581165</v>
+        <v>585545</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>22.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581172</v>
+        <v>585569</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>22.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581189</v>
+        <v>585576</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581196</v>
+        <v>585590</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581202</v>
+        <v>585606</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>41.0</v>
+        <v>367.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581219</v>
+        <v>585613</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>581226</v>
+        <v>585620</v>
       </c>
       <c r="C10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" t="s">
         <v>22</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>581233</v>
+        <v>585637</v>
       </c>
       <c r="C11" t="s">
         <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>581240</v>
+        <v>585644</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>3.8</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>581257</v>
+        <v>585651</v>
       </c>
       <c r="C13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" t="s">
         <v>28</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>581264</v>
+        <v>585668</v>
       </c>
       <c r="C14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" t="s">
         <v>30</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>581301</v>
+        <v>585682</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>99.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>581332</v>
+        <v>585699</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F16" s="3">
-        <v>99.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>581349</v>
+        <v>585705</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>380.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>581363</v>
+        <v>585712</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E18" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F18" s="3">
-        <v>4.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>581370</v>
+        <v>585835</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>17.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>581387</v>
+        <v>585842</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>18.5</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>581394</v>
+        <v>585859</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>