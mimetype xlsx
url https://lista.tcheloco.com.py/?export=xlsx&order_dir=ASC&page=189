--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,182 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 11:02</t>
-[...5 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>Lista gerada no: 30/03/2026 12:38</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR TUCANO TC-02 - 20000MAH - BRANCO</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR TUCANO TC-03 - 20000MAH - SOLAR - PRETO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR TUCANO TC-03 - 20000MAH - SOLAR - BRANCO</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C870 - 12000MAH</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2262 - USB/SD/FM/BLT</t>
-[...8 lines deleted...]
-    <t>REFLETOR LED FLOOD LIGHT 19107 - 300W - 220V</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C882 - 12000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C510 - 10000MAH/TURBO</t>
+  </si>
+  <si>
+    <t>BALAN�A PARA BANHO BRITANIA BBL-05TQ</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART GT 10 - 8 PULSEIRAS - REDONDO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SAPATEIRA DOBRAVEL ACRILICO SATE N-202PP6</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SAPATEIRA DOBRAVEL ACRILICO SATE N-10351</t>
+  </si>
+  <si>
+    <t>ARMARIO DOBRAVEL SATE N1-3</t>
+  </si>
+  <si>
+    <t>ARMARIO DOBRAVEL SATE N1-4</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO PORTATIL FREON SKY-6A-10 - 220V/50HZ - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>TABLET C IDEA R1036 - 10.36"- 128GB - 8 RAM - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>C IDEA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA/CABELO VGR V-886T - PROFISSIONAL/LCD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>ALISADOR ENZO EN-3860 - GOLD - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>ENZO</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA608 - Q/F - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FONTE GOLDEN TIME MA-100MKII 1000MA - 2V</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER 4951 - 50W</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...83 lines deleted...]
-    <t>PILHA ALKALINA PHILIPS ZINC R03L4B/70 - AAA*4 PCS</t>
+    <t>REFLETOR LED ECOPOWER EP-4952 - 100W</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -212,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d331063be4a6a97ed0efb199803df741.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/526452a772e574d03e0c9f119dbc4b5e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fce245ac05b28c5595d2277588fc41c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f845b755a2c77087306f6a7c3aa502f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc582aa1b97d3a1e407ca5beb22e769.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ce38320e51243086e7aea8f3e4f807.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a692119b4f1a1b047c6ef221d78c227f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0cf6cdf653d617e52f3016c6f45d238.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56d4dbae91bd974310f7f0f5d90dfe61.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f15400b1494c7bbf50699fd567c2f92.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf63eb9efe052dd66fb79fc21911ea0f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840483e5f4dd758d78528e911495c233.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cdc9f4a611488301e754185b55a03ed.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf868c309526cf05f9722ed71f8ef258.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17d073cb82c514da7b0401b7a0cbae19.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa873d5d8112367552f17a0b829a825c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bb4aec13d8002d5b8530ed7ecec8e1f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9099221e5581ee9ffd9c2c30c2b70ed9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/394afdb70474e11086a2e7a04d856d73.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aedd9156fd884aed69b3b89fc1ad713.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461e3d9bf4713e22e250dd5f1d010aa3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4009c47f7f111e3fcee4557709a7f735.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7688cdd06bc90731ef690c780e5168f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382d66b38141aa9eb3467f531a4b6d96.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371011564004e573b08df0ea1e03ead2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d548aa6d45bba578b780a36c00704fa0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8103160780aba26d6e216f1bca43f2b1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c091d195a01bc989f705e392f4e9141b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46a777e5ae840ab93c91e19265846aef.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807543220bb0df1b99917503895ce053.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7398a6d022a099e23640007666a59a91.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c2132d5df74f6c78f6cf406a99266c5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de94331999f3154854a2bca4c0d4dc8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a31ca7b53de0a72f81a1744939d5a3f0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe1cda94a475470f0cf0149b02cc255.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea3b61f73b889706878991d3ec56299a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/019e163a0b72d378a47cffae6bde591b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a921d9f132a752ed2bcb0433f37edde.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a9a4eefcc37b8b97ada8d4fbc41e54c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/264555acf0182e340d81e24496e7a1af.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1123,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>585521</v>
+        <v>588515</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>92.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>585538</v>
+        <v>588522</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>60.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>585545</v>
+        <v>588539</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>132.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>585569</v>
+        <v>588546</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
         <v>13</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>585576</v>
+        <v>588553</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>585590</v>
+        <v>588560</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>585606</v>
+        <v>588584</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>367.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>585613</v>
+        <v>588591</v>
       </c>
       <c r="C9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" t="s">
         <v>20</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>197.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>585620</v>
+        <v>588614</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>23.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>585637</v>
+        <v>588621</v>
       </c>
       <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
         <v>23</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>585644</v>
+        <v>588638</v>
       </c>
       <c r="C12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D12" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" t="s">
         <v>24</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>585651</v>
+        <v>588645</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>585668</v>
+        <v>588652</v>
       </c>
       <c r="C14" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" t="s">
         <v>29</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>30</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>585682</v>
+        <v>588669</v>
       </c>
       <c r="C15" t="s">
         <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>66.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>585699</v>
+        <v>588676</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>109.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>585705</v>
+        <v>588683</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>209.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>585712</v>
+        <v>588706</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>247.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>585835</v>
+        <v>588744</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>585842</v>
+        <v>588751</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>585859</v>
+        <v>588768</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1.0</v>
+        <v>53.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>