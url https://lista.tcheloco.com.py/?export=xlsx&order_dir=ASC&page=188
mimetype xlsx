--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -14,197 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 28/12/2025 23:09</t>
-[...23 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 12/02/2026 12:32</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XIAOMI MDY-17-EF - 45W - USB - ORIGINAL</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH X8 PLUS - COM MINI CELULAR + ACESS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CANIVETE COM TRAVA 15CM OM 19665 - SEM CAPA</t>
-[...29 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>CARREGADOR 12V MEGASTAR CH222 - USB+USB-C - 60W</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>DEPILADOR 5 EM 1 MEGASTAR GWE858 - 600MAH</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA/CABELO MEGASTAR GWE041 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART THE POWER OK-1 - 2 RELOGIOS/GAME/5P/SPEAKER</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M10 ULTRA / CINZA</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7045 - TYPE-C - 3.0A - 30W</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BARBEADOR PORTATIL XO CF32 - 4 EM 1</t>
-[...59 lines deleted...]
-    <t>Ferros</t>
+    <t>LUZ DECORATIVA HYE-9901 - 12" - USB-C - COM CONTROLE</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA HYE-9800 - 9" - USB-C</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO HYE H1PRO - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>HD SEAGATE 2TB SKYHAWK - DVR 3.5 - ST2000VX017</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>SEAGATE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1902 - BLT/FM//14"/2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' - SA25716 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' - SA25718 - ROSA</t>
+  </si>
+  <si>
+    <t>BIKE ARO 26'' SA25846 - PRETO</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>BIKE ARO 26'' SA25848 - BRANCO</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1980 - BLT/FM/TWS/USB/8"</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2262 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1720 - 120W/BT/8''</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fc5ccce23e38137cc1d486a5d9e08c7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178b7c07cd857556e8e3ad6402a838f5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5455cb3dc0b243acd781e5c118b5d32e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6169e2aab0005867ebc0dc857f51568.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf692eead7cb9f7d4d9750de54f378cd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86149581c05565eea33e3c01011f8c3b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01983dcad31f9e72b95c8f6d6cdecb4a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32410a52bb8098fcfaa0cf32a678433e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e08be3a9312258a7ff53cab9e78acf56.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d988b1b7182ec13e2e5b6f0ad6f6f5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d81575d6c74efaa97f3fe218724eb55.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4867a3aed7c98de4bdcd35228a40c855.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e291f6c24d4b9b75481221a2e38af9cd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f27362b7dea2cf5d794cc7fc69a66146.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e91203f5ef83d4df4da3993073d292.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4545ee18b35902b3f46dc4090f22b5ad.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17973369336f1a5e8ab749710acab898.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058c4c56b64365781444f515314b174d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/797e4637ef370a028c68325a7f159c75.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4374c306655a6d22015018560611cbef.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a87c2126efb3aa899a8543dfa12d0fdd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403ebd14739b1695cb6bdb164f031e90.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652ccda644d1fcc28c564da546ffb456.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934eae57fe709e3cf88aa1cc7f45b38c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4230b8b3d4d25e35dedcfa78a481507.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/009519eda68677bbb4e956496f1408ca.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a8bc2e180b807f4b27b6d094d21bd2f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209cbe25abe96e5ef1914ebe18cbb508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d249e09d801022ea555b2c7eff941d74.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74faf08fad5d2de92a0430d04798e551.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e2bef2ff83ed4155ec503090fe2cdf5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be5982e730497dafd7d5b096190085c6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b869b7fbd41e2bfa32efafdfe11c32bd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e542a446cf17383cf43a17406abf48c6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4151887d41ccead748361fb180ff0c6a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f53455afad0de3631731fe660c281fae.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacf31a806670992a4b0cb78f09ce567.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3ec7616e80d4f7836261559f4a674f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adba282430e949a48b0317928c1f320c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01abe8e27a9727a082780746fcdf97b1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580861</v>
+        <v>585262</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>505.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580878</v>
+        <v>585316</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580885</v>
+        <v>585323</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580908</v>
+        <v>585354</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1.8</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580915</v>
+        <v>585361</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>29.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580922</v>
+        <v>585378</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>49.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580953</v>
+        <v>585408</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580960</v>
+        <v>585415</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580984</v>
+        <v>585439</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>23.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580991</v>
+        <v>585446</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>17.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>581004</v>
+        <v>585453</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>5.5</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>581011</v>
+        <v>585460</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>581035</v>
+        <v>585477</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>581042</v>
+        <v>585484</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>581059</v>
+        <v>585491</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>18.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>581066</v>
+        <v>585507</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>129.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>581080</v>
+        <v>585514</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>22.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>581097</v>
+        <v>585521</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>28.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>581103</v>
+        <v>585538</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>581134</v>
+        <v>585545</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>16.5</v>
+        <v>132.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>