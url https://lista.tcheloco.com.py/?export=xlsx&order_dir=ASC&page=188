--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,188 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 12:32</t>
-[...5 lines deleted...]
-    <t>Fontes</t>
+    <t>Lista gerada no: 30/03/2026 12:42</t>
+  </si>
+  <si>
+    <t>INVERSOR IN-CAR 12V/24V - PARA 220V - 150W</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA ARAX/EUROMAX 2.5L - INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO WMARK NG-1209 - REC/DIG</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WMARK</t>
+  </si>
+  <si>
+    <t>WAFFLERA LUMA BELLA B-58035 - 700W - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2276 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 8 LITE - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>RELOGIO SMART WATCH X8 PLUS - COM MINI CELULAR + ACESS</t>
-[...104 lines deleted...]
-    <t>Speakers medios</t>
+    <t>CELULAR XIAOMI REDMI A7 PRO -128GB/4 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-658 - BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ADAPTADOR PARA PC HUB SATE A-HUB43 USB - RJ45 - 3.0</t>
+  </si>
+  <si>
+    <t>Hub</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO SATE AE-6502 - BLUETOOTH - BRANCO</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4000 - NEW PLANET</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO WINNINGSTAR ST-9854 - 45L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO WINNINGSTAR ST-9855 - 60L - 220V</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.528 MULTIF/CREPE MAKER - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-A68 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-A69 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-711-2 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LANTERNA DE CABE�A POLICE TUCANO TC-1880 - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR PARA CARRO TUCANO TC-H061 - MULTI</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR TUCANO TC-02 - 20000MAH - PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a87c2126efb3aa899a8543dfa12d0fdd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403ebd14739b1695cb6bdb164f031e90.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652ccda644d1fcc28c564da546ffb456.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934eae57fe709e3cf88aa1cc7f45b38c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4230b8b3d4d25e35dedcfa78a481507.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/009519eda68677bbb4e956496f1408ca.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a8bc2e180b807f4b27b6d094d21bd2f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/209cbe25abe96e5ef1914ebe18cbb508.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d249e09d801022ea555b2c7eff941d74.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74faf08fad5d2de92a0430d04798e551.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e2bef2ff83ed4155ec503090fe2cdf5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be5982e730497dafd7d5b096190085c6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b869b7fbd41e2bfa32efafdfe11c32bd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e542a446cf17383cf43a17406abf48c6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4151887d41ccead748361fb180ff0c6a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f53455afad0de3631731fe660c281fae.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacf31a806670992a4b0cb78f09ce567.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3ec7616e80d4f7836261559f4a674f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adba282430e949a48b0317928c1f320c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01abe8e27a9727a082780746fcdf97b1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1896f895258b8aeabf3384c5ad9814a7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccc47745884817e76dd950589a385152.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8ebaac9b4b8ce73618ebe01667b158e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c61f7adff5a6f335c0e24002c032b8be.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1c8fbb628e8307657d1cfadbfdcca56.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b188c8da0131ba027456b8a79c49a84.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88f10691a1ea59c9dd91a92a8af94410.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c39ece4e56586dc3c433194ce71a84b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85c96621188212ec3c7bad86d94bff81.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0d62bdb6024968ce305acb06920991.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9067a6e357dbe9c5fd237966197d0c7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c969fa17e0c65ebbda0d6218507a0c3b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dc41e3b6cb6b6a8bb216120313f2f30.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8958b2c9b99663e9281852a316c2869c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dc6b9a1cea6f91ddfd5bfd1930e9f9c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b4cda70ae66fd8db94caf10f1782614.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7896a8f44d4412136c3551f3e60ea3d3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b52a1818da25b224d5773ed7cfe9ac.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c29f078b7b3e11da4e3419ecb404e6ff.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232311e7be817bfbdaa5aa97b55af496.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>585262</v>
+        <v>588201</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>585316</v>
+        <v>588218</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>19.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>585323</v>
+        <v>588225</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>3.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>585354</v>
+        <v>588249</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>585361</v>
+        <v>588270</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>585378</v>
+        <v>588331</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>585408</v>
+        <v>588348</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>16.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>585415</v>
+        <v>588355</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>3.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>585439</v>
+        <v>588362</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>585446</v>
+        <v>588379</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>585453</v>
+        <v>588386</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>7.8</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>585460</v>
+        <v>588409</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
         <v>78.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>585477</v>
+        <v>588416</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>197.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>585484</v>
+        <v>588423</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>52.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>585491</v>
+        <v>588454</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>62.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>585507</v>
+        <v>588461</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>115.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>585514</v>
+        <v>588478</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>115.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>585521</v>
+        <v>588485</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>92.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>585538</v>
+        <v>588492</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>60.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>585545</v>
+        <v>588508</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" t="s">
         <v>44</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>132.0</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>