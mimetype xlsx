--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,182 +14,173 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 18:00</t>
-[...14 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>Lista gerada no: 29/12/2025 00:57</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-8774 / BT / USB  / 10.1"</t>
-[...29 lines deleted...]
-    <t>Android Tv</t>
+    <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F331 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F332 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F326 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FERRO A VAPOR BRITANIA BFE1000AZ - 110V</t>
-[...53 lines deleted...]
-    <t>Carregadores Portateis</t>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>VAPORETO WINNINGSTAR ST-4600 - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>FRIGOBAR WINNINGSTAR BG-81 - 118L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
+  </si>
+  <si>
+    <t>ESCOVA FACIAL LIMPEZA MEGASTAR BR905</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -212,51 +203,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb855c098bc1503da39520989fb0eb21.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13fcae8be35b46accfe2b8a303939bac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5ede3136854dc994b04ff6b4f6f638d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c9ea3be934bfe788167cd29b78506b6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af5005678488fa8882b9bfb30973419f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929464044a8104866dd9116f1114555f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/650a4b1944094fda714f7557b825e611.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76126248a1bcdcac2bf5cf50a5b3082f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5dcdec9fc5e6a38c967abe0afa8c520.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f500fbf60b8452c9dd15d5b6f5a7a2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b825117a7f1d3c94c224d47053abe367.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94179386c4b76dda3897dedca320cf8f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c878f07db8fec74207df02d35a61ac94.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1562ff2b3a9ddd75bf3ad80a1e5e1278.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94bc4c8964012a936dd4d5f8b39fc7c7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17790fff00896353a32ca6400142b28d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf8ffa791fa679f98e0ef3d1faf7fbe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db43f6a77f1362a8629eee7f626270ba.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746cabe888245aae9f1dff38e8d7b17a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78c731e2ed6f9a9c80134b58dda2c6af.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f045c7f92be3e02619542ac77aa9d95e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c11c01091716e81533fbe733d9ac797a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b79558aca9eb5b9365fe91c8ec83bc2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f4baaab010f9c49914b2026f7309bad.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84d34ef955beaa913e3ecfb13203e0fa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d07ae7d6055e97c2b4a19cd9ba49850.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acad22a61340abde1c62a667edd0322a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ac2640e771bdd08d162c6b6cac6301.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5081a4eb1825de2102844aef57e13a9d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692de173720368bd06cb51b5cc4ff633.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9325263877158923e167058d2244663.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7736864175efb99f70b55a13743a3a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5812247fec9554faf3b9be04fe8d8842.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f71a7db321ef91e1228ea9c23cdb98.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60183a43e585ebf5cf404409aca8f657.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/490265650c896a6e0b3684437eced1ac.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd977df0abf8037bb5ed8282435832ce.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721faad65b28e0633729af136ddb3e99.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2043615047c71e7479529b0a675970f5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd3eeb3db4759d08d0b3b5b226f50548.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1123,414 +1114,414 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574440</v>
+        <v>580274</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574457</v>
+        <v>580281</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>325.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574471</v>
+        <v>580298</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>65.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574488</v>
+        <v>580304</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>48.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574495</v>
+        <v>580311</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>40.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574501</v>
+        <v>580328</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>74.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574525</v>
+        <v>580335</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>39.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574549</v>
+        <v>580342</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574556</v>
+        <v>580359</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574563</v>
+        <v>580366</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574570</v>
+        <v>580373</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574587</v>
+        <v>580380</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>30.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574594</v>
+        <v>580410</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>37.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574600</v>
+        <v>580427</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F15" s="3">
-        <v>39.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574617</v>
+        <v>580434</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="F16" s="3">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574624</v>
+        <v>580441</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>49.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574631</v>
+        <v>580489</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574648</v>
+        <v>580502</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>0.99</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574655</v>
+        <v>580519</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>0.9</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574662</v>
+        <v>580526</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F21" s="3">
         <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>