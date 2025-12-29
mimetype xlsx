--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 00:57</t>
+    <t>Lista gerada no: 29/12/2025 02:35</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F331 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F332 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>INICIO</t>
   </si>
@@ -203,51 +203,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f045c7f92be3e02619542ac77aa9d95e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c11c01091716e81533fbe733d9ac797a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b79558aca9eb5b9365fe91c8ec83bc2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f4baaab010f9c49914b2026f7309bad.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84d34ef955beaa913e3ecfb13203e0fa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d07ae7d6055e97c2b4a19cd9ba49850.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acad22a61340abde1c62a667edd0322a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ac2640e771bdd08d162c6b6cac6301.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5081a4eb1825de2102844aef57e13a9d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692de173720368bd06cb51b5cc4ff633.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9325263877158923e167058d2244663.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b7736864175efb99f70b55a13743a3a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5812247fec9554faf3b9be04fe8d8842.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f71a7db321ef91e1228ea9c23cdb98.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60183a43e585ebf5cf404409aca8f657.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/490265650c896a6e0b3684437eced1ac.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd977df0abf8037bb5ed8282435832ce.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/721faad65b28e0633729af136ddb3e99.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2043615047c71e7479529b0a675970f5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd3eeb3db4759d08d0b3b5b226f50548.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30a708dfbbb5d37c1efceb1147194f86.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8384e1926d3263d1a5d38b7f5ddf0429.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc16cc5e058db3af878d70ac2d9f317d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adf98e602a4fbe52641458aa749accf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6ddf1daf081857e11f8b32e9914138.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9ecfd21cfd4ea4b7799f0b7d7a13ee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85c04864d00adc6efdd19ab7fdf80f23.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e5ba3bd9c1e4eeaed62ffcbf701f0c8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e417548ad61d65100b8e27c85f72e2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5160e37f5549793b86e66f26d0d33541.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b784748a61e2286cd008eb01540edc4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007f8ef54667a3541257cb0c853579d8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48a8e8fd9411bf37aa1d8337c4611a4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff84b1ff274006e003210e68d351d2ac.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9f8f0c2d5b9e0d0ae8b6910ce2856f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d4c3139dbfe77f3912cfb1f7c8be32.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53419037e4d3ed4a1ad7d6886111ae23.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c99d5c47568c14238e1dee57eb0a17f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203a7badf50057da1ee34f9e887ac3e8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3256c09174aed761363b2461f1447c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>