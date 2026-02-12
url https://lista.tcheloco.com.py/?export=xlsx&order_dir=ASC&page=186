--- v2 (2025-12-29)
+++ v3 (2026-02-12)
@@ -34,153 +34,153 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 02:35</t>
-[...5 lines deleted...]
-    <t>Radios</t>
+    <t>Lista gerada no: 12/02/2026 12:27</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA EUROMAX - 2.5L - COLOR/DISENHO</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL ECOPOWER EP-A005 - 12V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F330 - REC/USB/SD/BLT</t>
-[...89 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - BEIGE</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA MONITOR TUCANO M-011</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>TV 85'' HYE HYE85GTUH - 4K/SMART/GOOGLETV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 98'' HYE HYE98GTUH - 4K/SMART/GOOGLETV</t>
+  </si>
+  <si>
+    <t>1,180.00</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8001D - 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8005D - 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8006D - 6MP/2CAM /ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8008D - 6MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8011D / 6MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8104 / 2MP/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP KANDEX SP-9101 / 2MP / BOCAL / ICSEE</t>
+  </si>
+  <si>
+    <t>CARREGADOR USB SATE A-CC1201 - USB/USB-C*2/12W/TB</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR USB SATE A-CC2002 - USB/USB-C*2/20W/TB</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6026</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6031</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6061</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -203,51 +203,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30a708dfbbb5d37c1efceb1147194f86.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8384e1926d3263d1a5d38b7f5ddf0429.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc16cc5e058db3af878d70ac2d9f317d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3adf98e602a4fbe52641458aa749accf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6ddf1daf081857e11f8b32e9914138.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9ecfd21cfd4ea4b7799f0b7d7a13ee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85c04864d00adc6efdd19ab7fdf80f23.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e5ba3bd9c1e4eeaed62ffcbf701f0c8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5e417548ad61d65100b8e27c85f72e2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5160e37f5549793b86e66f26d0d33541.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b784748a61e2286cd008eb01540edc4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/007f8ef54667a3541257cb0c853579d8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b48a8e8fd9411bf37aa1d8337c4611a4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff84b1ff274006e003210e68d351d2ac.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9f8f0c2d5b9e0d0ae8b6910ce2856f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d4c3139dbfe77f3912cfb1f7c8be32.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53419037e4d3ed4a1ad7d6886111ae23.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c99d5c47568c14238e1dee57eb0a17f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/203a7badf50057da1ee34f9e887ac3e8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3256c09174aed761363b2461f1447c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b66fe9026cbef7bad58bbd7e79f0a2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b2ae6d921eba7101189ff64f86b21c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d120d9c3c11e52de895d9058205f3a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220b3a6775d456dc0cf52985f539dad3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0801d7c05505279d5bec128c650bcf1f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21c42058e4b65e0b027e37975097e3b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdea10092ffedd2b1ed58792f0706ec7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea5be4c155443d9da268166bfe5ca35.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af40356d979a45194fbdcea82e79bb47.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15e5606670be580971f991302fa1e658.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38de4773dd3df8de6e056d8f345dcf5b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5099752fc709d4205ac0218fded95e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55b713d1747eccd307e17fa5aead4e7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6d754ef192db95cb3d0559c2c26041.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4fa5ddca2fcd0eae046f2f4ad2d8f0d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cb116f11c10feed95c3799df7549e08.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b41a7a59fd76e875755c54138e25135.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2a6b88b48f50b8fe7385d6e337c3cf.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ceab9f35a2dd4f1ed40b85d18dec820.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68bbbc88c22ddb65e0a1a9273cfeb2e8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1114,417 +1114,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580274</v>
+        <v>584739</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580281</v>
+        <v>584746</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580298</v>
+        <v>584753</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580304</v>
+        <v>584760</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580311</v>
+        <v>584777</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580328</v>
+        <v>584784</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580335</v>
+        <v>584807</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>630.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580342</v>
+        <v>584814</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>14.0</v>
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580359</v>
+        <v>584821</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580366</v>
+        <v>584838</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580373</v>
+        <v>584845</v>
       </c>
       <c r="C12" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580380</v>
+        <v>584852</v>
       </c>
       <c r="C13" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580410</v>
+        <v>584876</v>
       </c>
       <c r="C14" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580427</v>
+        <v>584883</v>
       </c>
       <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
         <v>26</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>27</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580434</v>
+        <v>584890</v>
       </c>
       <c r="C16" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
         <v>27</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580441</v>
+        <v>584906</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580489</v>
+        <v>584913</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E18" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>75.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580502</v>
+        <v>584951</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>59.5</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580519</v>
+        <v>584968</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
         <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="F20" s="3">
-        <v>149.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580526</v>
+        <v>584975</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>78.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>