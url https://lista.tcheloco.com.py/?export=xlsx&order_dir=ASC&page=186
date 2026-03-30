--- v3 (2026-02-12)
+++ v4 (2026-03-30)
@@ -14,173 +14,179 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 12:27</t>
-[...14 lines deleted...]
-    <t>Ferramentas</t>
+    <t>Lista gerada no: 30/03/2026 12:39</t>
+  </si>
+  <si>
+    <t>PORTA RETRATO N-4515 - 12" - CONT/2V/PRETO</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SHAKE PORTATIL VIDRO INOVA LC-274 - REC/USB/2V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA ECOPOWER EP-300 - 3 TOMADAS - 2M</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - AZUL</t>
-[...62 lines deleted...]
-    <t>CARREGADOR USB SATE A-CC1201 - USB/USB-C*2/12W/TB</t>
+    <t>FILTRO DE LINHA ECOPOWER EP-301 - 5 TOMADAS - 2M</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA ECOPOWER EP-303 - 4 TOMADAS - 2M</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR SEM FIO ECOPOWER EP-M094 - TC</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR SEM FIO ECOPOWER EP-M091 - TC</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C822 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C858 - 12000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C856 - 12000MAH</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4932 - 100W - SOLAR</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7203 - TYPE-C /3.0A/35W</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
-    <t>CARREGADOR USB SATE A-CC2002 - USB/USB-C*2/20W/TB</t>
-[...11 lines deleted...]
-    <t>MOCHILA SMART LED SATE A-KP6061</t>
+    <t>CARREGADOR ECOPOWER EP-7202 - TYPE-C /3.0A/25W</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7201 - TYPE-C /3.0A/25W</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA CARRO 12V ECOPOWER EP-7204 - 48W/USB/TC</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - VASCO</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL LK-003 64MP/16X/2.4" - PRETO</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL LK-003 64MP/16X/2.4" - ROSA</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION COLORVU DS-2CE78-DOT-LTS / MIC</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400 8.5" - INGLES GRAFFITI</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -203,51 +209,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62b66fe9026cbef7bad58bbd7e79f0a2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07b2ae6d921eba7101189ff64f86b21c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d120d9c3c11e52de895d9058205f3a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220b3a6775d456dc0cf52985f539dad3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0801d7c05505279d5bec128c650bcf1f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21c42058e4b65e0b027e37975097e3b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdea10092ffedd2b1ed58792f0706ec7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea5be4c155443d9da268166bfe5ca35.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af40356d979a45194fbdcea82e79bb47.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15e5606670be580971f991302fa1e658.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38de4773dd3df8de6e056d8f345dcf5b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5099752fc709d4205ac0218fded95e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55b713d1747eccd307e17fa5aead4e7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6d754ef192db95cb3d0559c2c26041.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4fa5ddca2fcd0eae046f2f4ad2d8f0d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cb116f11c10feed95c3799df7549e08.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b41a7a59fd76e875755c54138e25135.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2a6b88b48f50b8fe7385d6e337c3cf.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ceab9f35a2dd4f1ed40b85d18dec820.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68bbbc88c22ddb65e0a1a9273cfeb2e8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06bf1d55fb785098631bcd775dd083ec.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f2412a14d27b37570a517ddad34ae1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d4b4c12ab0105305c1e57c2363241e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7696bd181d96ac8b2a4b92b21ee7a1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d72bd8ce96ebc06e46105b7f2c2cf051.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdd321f811345ed7842aa6bc6b406d91.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd1aa4cf58f748d89031310ad451e587.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eff38402c00cef7e89f8003940a3c7d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55691be275b657a625731408076868ea.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5de12c619cc59ee3f33a771e6081995.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c712333feddabb484f6ae9968a36781.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c553ed590865ecc7330fef2bcadaa6cd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9195e1399254b23eadfbecc02c992e5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03b1723d3004b0d31ed53c6d443dce36.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d437f0dcb8c2d89154b78793ac1c21fc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dab1d8ae304e553f313eb4f97d20610.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773d6fcc9572bf5207a2cab6a4b86f5a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98d052b2da6768fd5d82d14f0214f6aa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d88379641f604448cbcc00047eec7d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690eee7edd27b3f1d8977dc733d1b074.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1114,417 +1120,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584739</v>
+        <v>587662</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584746</v>
+        <v>587679</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>584753</v>
+        <v>587686</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>584760</v>
+        <v>587693</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>11.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>584777</v>
+        <v>587709</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>14</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>11.5</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>584784</v>
+        <v>587716</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>584807</v>
+        <v>587723</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>630.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>584814</v>
+        <v>587730</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>15</v>
+      </c>
+      <c r="F9" s="3">
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>584821</v>
+        <v>587747</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>14.75</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>584838</v>
+        <v>587754</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>28.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>584845</v>
+        <v>587761</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>28.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>584852</v>
+        <v>587778</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584876</v>
+        <v>587785</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>29.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584883</v>
+        <v>587792</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584890</v>
+        <v>587808</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584906</v>
+        <v>587815</v>
       </c>
       <c r="C17" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" t="s">
         <v>34</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584913</v>
+        <v>587822</v>
       </c>
       <c r="C18" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>2.8</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584951</v>
+        <v>587839</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="E19" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>56.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584968</v>
+        <v>587860</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D20" t="s">
         <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>69.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584975</v>
+        <v>587884</v>
       </c>
       <c r="C21" t="s">
         <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>78.0</v>
+        <v>169.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>