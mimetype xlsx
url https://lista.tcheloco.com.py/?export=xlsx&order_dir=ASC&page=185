--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,197 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 19:52</t>
-[...5 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 29/12/2025 00:35</t>
+  </si>
+  <si>
+    <t>TABLET C IDEA CM8300 10" - 2 CHIPS/5G/1TB - VERMELHO</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>C IDEA</t>
+  </si>
+  <si>
+    <t>RADIO CAR ROADSTAR RS-764 - 7" - BT/CARPLAY</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>PARAFUSADEIRA DE IMPACTO KANDEXS SP-993 PC - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>KANDEX</t>
+  </si>
+  <si>
+    <t>PARAFUSADEIRA DE IMPACTO KANDEXS SP-991 PC - BIVOLT</t>
+  </si>
+  <si>
+    <t>TABLET IPRO 7" TURBO V / 32GB / KIDS / VERDE</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>WATERPIK TUCANO TC-61 - DIG/REG/PORT - SG</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO HYE S12 PRO - 500W - 12.500MA -  S/G</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ SATE LED A-MH016 - RGB - 50W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MULTICAPSULA ELECTROBRAS EBCM-21 - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO MARYLAND MR-EO8075R - 75L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO MARYLAND MR-EO8060R - 60L - 220V</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO MARYLAND MR-EO8100R - 100L - 220V</t>
+  </si>
+  <si>
+    <t>BOLSA TERMICA SUNLIGHT 14473</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>DEPILADOR VGR V-733 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C802 - DIG - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>AR CONDICIONADO ECOPOWER 12000BTU - 220V/60HZ - COM KIT - INVERTER</t>
-[...113 lines deleted...]
-    <t>SUNLIGHT</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C867 - 22000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C868 - 36000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C887 - 33000MAH</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F325 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F328 - REC/USB/SD/BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d764319ea4786a937eb0aebc74706b08.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843e470f089e7fa9007d8842ab25139e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48d10359fb338a724d12fd6690569556.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81b528cdc6b8485b76f2ac1bb1965a2a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c496d5c641048c7d032961ac7c9277bb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0321b130e434cbf076551545b0c8a06e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3be766d1a531aa639143f573d31c669b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b4ca7f916d9843dd87148a673cd735.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/490148ee0e05ed8a9118beb0da78da6b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17e483a8d44fb4a0aafa1cd6da83d918.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fd3020a9c8877b1120f8df96dc65b25.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e608832915f1788272a23a09c28f38.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b4455b58f1f6b55eb4bbb934451a0f1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73887105ef84261a257e1e631c4817f6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6802a09ea576ea8cf62cf6eab255726b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d36a764463499baaa7c30e95437ba82.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec68a2956c6bd28c7223a89ab8420860.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e4c9f05aecd6cab9d6103c51660be9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0155ad9f3309db289ba2c102eabf7a66.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eea34f7dd8c4562e401662968d54757.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d0b000457e016998aa6bfdb1945426.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d3d4bdd0f5924d03a4b02b14ad3ea3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a0aff0b6826e3b8e442d2672a54d8b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d279b89e22eaa8e1d3df4ba768cd73.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c6e1602822835b438e06bd678b35b9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538be557fc4de7230390e28a6369f096.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2f4b3f87bca5ecb0d463c2fef743c3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ed3d0a56099e919b867aa2162eda56.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62388ae550b7ed91c88cdefd124c1abf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe370eae3efe0b2879d661dec2665306.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07993e90e47ac3352ce13a1289ab6984.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcac8b64649cdd0cca813c069f84107.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac4db98ff82a078339a60bc0424bdb1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f48546d7bd5e047faeff3f3f70db348f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9037bf0026f5c15551b9209c7b9d1c3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4201402dd5e1ea875899b554515b78.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10c1f7a67e6c56834bb6215225866627.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5311fe17e9574b2eff427d2c8145aa02.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b95099e729dbf411513674119b994c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbb315ed27af6649dde046c192bce941.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574198</v>
+        <v>579988</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574204</v>
+        <v>580007</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>275.0</v>
+        <v>54.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574211</v>
+        <v>580038</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>119.0</v>
+        <v>39.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574228</v>
+        <v>580045</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>129.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574259</v>
+        <v>580052</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>56.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574266</v>
+        <v>580069</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
         <v>33.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574273</v>
+        <v>580083</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>3.75</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574280</v>
+        <v>580090</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>3.75</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574297</v>
+        <v>580137</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>13.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574303</v>
+        <v>580144</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574310</v>
+        <v>580151</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>27.75</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574341</v>
+        <v>580168</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574358</v>
+        <v>580199</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>6.6</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574365</v>
+        <v>580205</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>18.9</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574372</v>
+        <v>580212</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>18.9</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574396</v>
+        <v>580229</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574402</v>
+        <v>580236</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574419</v>
+        <v>580243</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574426</v>
+        <v>580250</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
         <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574433</v>
+        <v>580267</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>17.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>