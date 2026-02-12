--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,203 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 00:35</t>
-[...20 lines deleted...]
-    <t>PARAFUSADEIRA DE IMPACTO KANDEXS SP-993 PC - BIVOLT</t>
+    <t>Lista gerada no: 12/02/2026 12:39</t>
+  </si>
+  <si>
+    <t>BEBEDOURO BRITANIA PBE19 - PRETO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CABO AUXILIAR INOVA CBO-7323 - 1M</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MOCHILA PORCHETE COM SEGREDO INOVA KL-9327</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>MOCHILA ESCOLAR INOVA KL-9328</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1981 - BLT/FM/TWS/TF/USB/12.1"</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE FAZER YOGURT RAF R.14406 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7025 5L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>TERMICA INFANTIL HUNTRIX 3608 - 600ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL AH-806 STITCH - BLT</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL AH-806W MINIONS - BLT</t>
+  </si>
+  <si>
+    <t>HOME THEATER SATE AS-628BL - BLT/CONTR/SD/USB/2.1</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8101 - 2MP/CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SELADORA PORTATIL SATE A-CUT911</t>
+  </si>
+  <si>
+    <t>SELADORA  PORTATIL SATE A-CUT913</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F339 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1983 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115B - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA EUROMAX - 2.5L - COLOR/DISENHO</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL ECOPOWER EP-A005 - 12V</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>KANDEX</t>
-[...14 lines deleted...]
-    <t>Sa�de Bucal</t>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - AZUL</t>
   </si>
   <si>
     <t>TUCANO</t>
-  </si>
-[...85 lines deleted...]
-    <t>RADIO ECOPOWER EP-F328 - REC/USB/SD/BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85d0b000457e016998aa6bfdb1945426.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62d3d4bdd0f5924d03a4b02b14ad3ea3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a0aff0b6826e3b8e442d2672a54d8b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61d279b89e22eaa8e1d3df4ba768cd73.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86c6e1602822835b438e06bd678b35b9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/538be557fc4de7230390e28a6369f096.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e2f4b3f87bca5ecb0d463c2fef743c3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37ed3d0a56099e919b867aa2162eda56.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62388ae550b7ed91c88cdefd124c1abf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe370eae3efe0b2879d661dec2665306.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07993e90e47ac3352ce13a1289ab6984.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcac8b64649cdd0cca813c069f84107.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac4db98ff82a078339a60bc0424bdb1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f48546d7bd5e047faeff3f3f70db348f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9037bf0026f5c15551b9209c7b9d1c3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e4201402dd5e1ea875899b554515b78.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10c1f7a67e6c56834bb6215225866627.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5311fe17e9574b2eff427d2c8145aa02.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87b95099e729dbf411513674119b994c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbb315ed27af6649dde046c192bce941.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e29ca4bf939ebf48ff4c79af7208c0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4edb8b8b1ddd71f35849a6c25123f8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd23b370c8a6619ef0fa4dddbad0683c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00235772bb399e6abb96cebf9e7af492.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f156c4d8ef30f4248a456f7ee52208.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d68c551bb9114c25410cd1745c35d3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/829fdef29b6dbc2a612cac915f0c1861.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271e8056548adbf27597022a1c8c1ddb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3144cfe4cb4a9aa623bfe7f0091806.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c3119bae8328ad34982f97f9b8e9e9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04bd3023924bd90fd23470311ffec6b3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd2c0c2855ceb24df3a17e361824bd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477063017d81a4656e98b355e724f2cb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf12b94831471fd5b6e4bb2464c8f49.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578074e4a03d51929713207afe0e3f5b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/946001279b72e988d64a8c14641c3ab0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f6b6cbac620ec91529581f61ee2ba3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088266de2bf433f9e0cd5883bcf094aa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea7e88fd699ad9424c9b7ff80177275f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c7ea3ac5d233afb8bfc21aaecab6517.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579988</v>
+        <v>584517</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>80.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580007</v>
+        <v>584524</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>54.5</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580038</v>
+        <v>584531</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>39.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580045</v>
+        <v>584548</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>26.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580052</v>
+        <v>584555</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>35.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580069</v>
+        <v>584586</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>33.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580083</v>
+        <v>584593</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>290.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580090</v>
+        <v>584609</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>75.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580137</v>
+        <v>584616</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>70.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580144</v>
+        <v>584630</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>110.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580151</v>
+        <v>584647</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
         <v>32</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>90.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580168</v>
+        <v>584654</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>132.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580199</v>
+        <v>584661</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580205</v>
+        <v>584678</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>28.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580212</v>
+        <v>584692</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580229</v>
+        <v>584715</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580236</v>
+        <v>584722</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580243</v>
+        <v>584739</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580250</v>
+        <v>584746</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580267</v>
+        <v>584753</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
+        <v>28</v>
+      </c>
+      <c r="E21" t="s">
         <v>49</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>11.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>