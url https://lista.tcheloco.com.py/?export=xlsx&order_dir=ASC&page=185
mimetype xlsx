--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,200 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 12:39</t>
-[...5 lines deleted...]
-    <t>Bebedouros</t>
+    <t>Lista gerada no: 30/03/2026 12:39</t>
+  </si>
+  <si>
+    <t>MICROONDAS BRITANIA PMO28 - BRANCO - 28L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Microondas</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>CABO AUXILIAR INOVA CBO-7323 - 1M</t>
-[...2 lines deleted...]
-    <t>Diversos</t>
+    <t>MODELADOR DE CACHOS ENZO GLAMHAIR - PROFESIONAL - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ENZO</t>
+  </si>
+  <si>
+    <t>CAFETEIRA ITALIANA MOKA - 9 XICARAS - GRAFITE</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MOCHILA PORCHETE COM SEGREDO INOVA KL-9327</t>
-[...14 lines deleted...]
-    <t>Speakers medios</t>
+    <t>CAFETEIRA ITALIANA MOKA - 6 XICARAS - GRAFITE</t>
+  </si>
+  <si>
+    <t>ADAPTADOR HDMI PRA VGA SATE AL-31</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>COOLER PARA NOTEBOOK SATELLITE A-CP05</t>
+  </si>
+  <si>
+    <t>Cooler P/Notebook</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC KOLKE GAMER KOLKE KGA-312 - HERO RED</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL NAPPO NHI-294 - DIGITAL - 12V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8102 - 2MP - ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F501 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MAQUINA DE FAZER YOGURT RAF R.14406 - 220V</t>
-[...68 lines deleted...]
-    <t>CHALEIRA ESMALTADA EUROMAX - 2.5L - COLOR/DISENHO</t>
+    <t>RADIO ECOPOWER EP-F502 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F503 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O - PULSO ECOPOWER EP-2742</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O - BRA�O ECOPOWER EP-2747</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 5G - 512GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>KIT DE TUPPER INOX SA27252 - 5 PCS</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>EUROMAX</t>
-[...8 lines deleted...]
-    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - AZUL</t>
+    <t>BALAN�A DE COZINHA TITAN 8006 - 5KG - 2032X2</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>TITAN</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA TITAN 8027 - 5KG - 2032X1</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CHOQUE RECARREG/LANTERNA CH-23 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
   <si>
     <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWL-100 SEM FIO - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e29ca4bf939ebf48ff4c79af7208c0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b4edb8b8b1ddd71f35849a6c25123f8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd23b370c8a6619ef0fa4dddbad0683c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00235772bb399e6abb96cebf9e7af492.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82f156c4d8ef30f4248a456f7ee52208.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89d68c551bb9114c25410cd1745c35d3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/829fdef29b6dbc2a612cac915f0c1861.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271e8056548adbf27597022a1c8c1ddb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3144cfe4cb4a9aa623bfe7f0091806.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c3119bae8328ad34982f97f9b8e9e9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04bd3023924bd90fd23470311ffec6b3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34dd2c0c2855ceb24df3a17e361824bd.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/477063017d81a4656e98b355e724f2cb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf12b94831471fd5b6e4bb2464c8f49.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/578074e4a03d51929713207afe0e3f5b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/946001279b72e988d64a8c14641c3ab0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0f6b6cbac620ec91529581f61ee2ba3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088266de2bf433f9e0cd5883bcf094aa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea7e88fd699ad9424c9b7ff80177275f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c7ea3ac5d233afb8bfc21aaecab6517.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdaa2f2538e48c75aa6c954967e2daaf.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19915a6bbb01bcc64514d3aebef3ff3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d333a6c3ea7472a40ea7f601e0fe51a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/071001cc3f853a452aa86e1f9f0ae883.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4a19d3c48da90513ea03393b5a1db9f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd57f6005ac5d22ef2e9058836fd6b96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a9fdd964def5baff12e1bc07e11fca.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554978cff5c6b3cbb8dfe28bcdbc8013.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d512498a1655b5e92fa9ca419b813ed.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f1fd5aafbe4ffd0b886d6ff778cf9e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c738c58965b0aacb88825e47c9fd109.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a77457bc046e454fd4f0da742814c327.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02ab6d8f01659c974714d71829908112.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11dc2b5baa3e86a45db9761fca501468.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/626c2843f19c674e76d1e646b0aea6ec.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ae7e4e9878f4fa1213ddb39f393fbdc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0048d8ddb54a1049046ab3b27173f152.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c5f44b505f712b9ff76b370119785c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5df3e46e88cbba7a4fcf5b96c513c77.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f791a829fb0ac4bf891a73aff9c71ec.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584517</v>
+        <v>587327</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>88.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584524</v>
+        <v>587358</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>584531</v>
+        <v>587396</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>584548</v>
+        <v>587402</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>584555</v>
+        <v>587419</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>140.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>584586</v>
+        <v>587426</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>584593</v>
+        <v>587457</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>16.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>584609</v>
+        <v>587464</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>584616</v>
+        <v>587488</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>584630</v>
+        <v>587495</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>584647</v>
+        <v>587501</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>19.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>584654</v>
+        <v>587518</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>9.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584661</v>
+        <v>587549</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584678</v>
+        <v>587556</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584692</v>
+        <v>587563</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>263.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584715</v>
+        <v>587594</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>57.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584722</v>
+        <v>587617</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>17.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584739</v>
+        <v>587624</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584746</v>
+        <v>587631</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584753</v>
+        <v>587655</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>11.5</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>