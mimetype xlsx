--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,203 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 19:12</t>
-[...2 lines deleted...]
-    <t>PLACA ELETRICA INFRARROJA MOX-KIC06 - 2200W - 220V</t>
+    <t>Lista gerada no: 29/12/2025 02:30</t>
+  </si>
+  <si>
+    <t>PATINETE ELETRICO FOSTON X3 PRO - PRETO - 10.400MAH - S/G</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CAFETEIRA COM MOEDOR RAF R.0204 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>MOX</t>
-[...8 lines deleted...]
-    <t>Lanternas</t>
+    <t>ECOLINK</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR RF-01 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>HD TOSHIBA S300 HDWT720 - SURVEILLANCE - 2TB - SATA3</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>FECHADURA ELETRONICA HYE-630MAX - COM CAMERA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED HYE HYE65ATUX - HDMI/SMART/4K /DIG</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>TV 75'' SMART LED HYE HYE75ATUX - HDMI/SMART/4K/DIG</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED HYE HYE40ATFZ - FHD/SMART/ANDROID 14</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO GAMER KOLKE KGA-312 - HERO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>MOCHILA DE VIAGEM HIKES KVM-720 - VERDE</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1988 / BLT/FM/TF/MP3 / 8"2</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA POLICE ECOPOWER EP-8162</t>
-[...5 lines deleted...]
-    <t>SOPRADOR/ASPIRADOR PROSPER TURBO P-2001</t>
+    <t>SOPRADOR/ASPIRADOR TUCANO TURBO TC-55</t>
   </si>
   <si>
     <t>Aspiradores</t>
   </si>
   <si>
-    <t>PROSPER</t>
-[...44 lines deleted...]
-    <t>BALAN�A DE MERCADO KANDEXS K-B4001 - 40K - BIVOLT</t>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>BATEDEIRA BRITANIA PLANET BBP760P - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2283 USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V302 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO PORTATIL NOBLEX NP3500H1PY - 12.000BTU - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ELECTROBRAS SMART EBJE-02 - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV ATV PLASMA 2GB RAM/16GB/5G/8K</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>ATV</t>
+  </si>
+  <si>
+    <t>BALAN�A DE MERCADO MEGASTAR BC-205 - 40KG - BIVOLT</t>
   </si>
   <si>
     <t>Balan�as de Mercado</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...44 lines deleted...]
-    <t>FONE DE OUVIDO ECOPOWER EP-H162 - BLUETOOTH - TWS</t>
+    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e64cfd7a65b9681e287b35aadd4b3a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d10c1f0de59bfb1fc857f4c921f28562.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41c328b74d8e11222d2606e19ce75380.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d37e1a167c24c8ccf80333df7cbe61ab.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bcf7fbdcb7b33e26fc9e5e5d1064bb2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04ecd10392b00b561e37d07a8df7313.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e32661e4f225dbf3375e1f7d6d13382.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12763e957dbf616170023cb66581ba82.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd30e5029849d9cbd8d6be4c0b1d59e4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a372b6c6c279e1b909cc0c8e168d56c0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35e4d3c06ae9cd72a2bcbbb1c4d859e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58867d8c49da51683e31ac555d099852.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d12e424b5e63be973399b7f497838fce.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4f81f5f83b40792fc7674856f373cab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/669f1167e463d7375e6c5912d321b4cc.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276e174aa1055e97de5ee3c0fe68655b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4c3fa5a952a475a105876ab7c420943.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d68ca5de35f8c4cfc11ee9bc020cdf1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b2f85c9fd5b891018e494ca087eeec6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aacfb5a05ade3d4466ed926282cdc60.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916831bfe85648029f25244838a61995.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a55bd651bf9a25f1e1b26b35057818d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1336df64557c27c5f6e8310bf66d1971.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f51adb294d26ef2a77f0dad4c7cc0c9b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d42a0ec4a4f0a1c06a366b19182ec54.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21970809fe5ed8ac80d89096c67731b2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcfbd6243945074cf093396fe3010719.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773ef4748d666a810bb676dfe51d6d47.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62872f3fe4a9c52b546ef084bf2243fb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3c6f411c4198201777c4388af1e1e5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c5d0c3096baa1aec603a9fafe8402f9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a99025ea8249af49cd05c419d930a1df.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2ad05de30a362f273e2e31e6175e65.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c929e8b11188c69c99064c8c7339ccb7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356dd6f6cd6bdb118ba06e623e488c8d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce9236be217238bbd03150cb2a6bbc3f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be091cf84742384570b659a60c7c196.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8553f1773103462c3200776c0d89328.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db5cdbfa10c459aa193cdea7b3201e2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f39edaf9644c8d99670430ea3002bb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573917</v>
+        <v>579568</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>22.0</v>
+        <v>225.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573924</v>
+        <v>579575</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>21.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573931</v>
+        <v>579582</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573948</v>
+        <v>579599</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>3.5</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573986</v>
+        <v>579612</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>21.0</v>
+        <v>72.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574006</v>
+        <v>579629</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>4.6</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574013</v>
+        <v>579636</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>26.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574020</v>
+        <v>579643</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>26.0</v>
+        <v>480.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574037</v>
+        <v>579650</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
+      <c r="E10" t="s">
         <v>24</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>228.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574044</v>
+        <v>579711</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>268.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574051</v>
+        <v>579742</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574068</v>
+        <v>579773</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574075</v>
+        <v>579803</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>17.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574099</v>
+        <v>579810</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574105</v>
+        <v>579858</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>59.5</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574129</v>
+        <v>579865</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>574136</v>
+        <v>579872</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>574150</v>
+        <v>579889</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>99.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>574167</v>
+        <v>579933</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>574174</v>
+        <v>579964</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>6.75</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>