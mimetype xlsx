--- v1 (2025-12-29)
+++ v2 (2025-12-29)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 02:30</t>
+    <t>Lista gerada no: 29/12/2025 04:22</t>
   </si>
   <si>
     <t>PATINETE ELETRICO FOSTON X3 PRO - PRETO - 10.400MAH - S/G</t>
   </si>
   <si>
     <t>Patinete Eletrico</t>
   </si>
   <si>
     <t>FOSTON</t>
   </si>
   <si>
     <t>CAFETEIRA COM MOEDOR RAF R.0204 - PRETO - 220V</t>
   </si>
   <si>
     <t>Cafeteiras</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
     <t>PLACA INFRARROJA ECOLINK EL-1001 - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
@@ -254,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/916831bfe85648029f25244838a61995.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a55bd651bf9a25f1e1b26b35057818d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1336df64557c27c5f6e8310bf66d1971.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f51adb294d26ef2a77f0dad4c7cc0c9b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d42a0ec4a4f0a1c06a366b19182ec54.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21970809fe5ed8ac80d89096c67731b2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcfbd6243945074cf093396fe3010719.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/773ef4748d666a810bb676dfe51d6d47.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62872f3fe4a9c52b546ef084bf2243fb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae3c6f411c4198201777c4388af1e1e5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c5d0c3096baa1aec603a9fafe8402f9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a99025ea8249af49cd05c419d930a1df.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2ad05de30a362f273e2e31e6175e65.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c929e8b11188c69c99064c8c7339ccb7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356dd6f6cd6bdb118ba06e623e488c8d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce9236be217238bbd03150cb2a6bbc3f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be091cf84742384570b659a60c7c196.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8553f1773103462c3200776c0d89328.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db5cdbfa10c459aa193cdea7b3201e2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f39edaf9644c8d99670430ea3002bb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd20cd846638199af730d2ae5ef8c0f7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dff5d0fb209afdb436d89b5de1dfc2e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93055e1984d58468a32802f0b6b61dec.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d37d9d9fd2a808a23f8805fc4575916.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb65443a140346fd181e7d9cbeacf72.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d81e26f46fc40a32e10c2e216cc8f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc0fb34e24defe170ddd561d2049f1bd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb5eb35ce0d3eafa08286de41ed0e0ce.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd5a447f59da53739857192daec1437.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771f6992fb77c2b812493513223be532.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f168374ee74d3f5bd8db1dca16566767.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe80dd0c04b3c39029f94b4b9d04e6b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8045d9c7b8c05197b432eee011d4b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10e22dd1e5a46a69750cc076ce00ead9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64247066341057fd24e775de5a0baac0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e40a116981b64bc4728ffba336c7a50d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f1cd43270d76d73e9f8215f798b4e1c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41557b67a8b4764d34437379a4acede5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ff2718f0e8d46ae3be5bfa743bd008.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ed8516ce04c2de7180bb710175704c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>