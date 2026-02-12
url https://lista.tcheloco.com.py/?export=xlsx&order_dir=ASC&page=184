--- v2 (2025-12-29)
+++ v3 (2026-02-12)
@@ -14,224 +14,182 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 04:22</t>
-[...14 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>Lista gerada no: 12/02/2026 14:01</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-261BT - USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDX-262BT - USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER MEGASTAR HYJ60BT - USB/MSD/FM/BLT/BAT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>CAMERA IP MEGASTAR CA817 - 2MP - BOCAL - ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>CAMERA IP MEGASTAR CA827 - 2MP - ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP MEGASTAR CA968 - 2MP - ICSEE</t>
+  </si>
+  <si>
+    <t>ANDROID BOX TV STICK TVR13 - 32GB/512GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-082 - USB/FM/BLUT</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK1221 - 12 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK1521 - 15 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK611 - 6 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK612 - 6 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE  A-TK811 - 8 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA MAKER PWM04A - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BEBEDOURO BRITANIA PBE19 - PRETO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>CABO AUXILIAR INOVA CBO-7323 - 1M</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MOCHILA PORCHETE COM SEGREDO INOVA KL-9327</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>MOCHILA ESCOLAR INOVA KL-9328</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1981 - BLT/FM/TWS/TF/USB/12.1"</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE FAZER YOGURT RAF R.14406 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>RAF</t>
-  </si>
-[...133 lines deleted...]
-    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd20cd846638199af730d2ae5ef8c0f7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dff5d0fb209afdb436d89b5de1dfc2e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93055e1984d58468a32802f0b6b61dec.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d37d9d9fd2a808a23f8805fc4575916.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecb65443a140346fd181e7d9cbeacf72.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0d81e26f46fc40a32e10c2e216cc8f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc0fb34e24defe170ddd561d2049f1bd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb5eb35ce0d3eafa08286de41ed0e0ce.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cd5a447f59da53739857192daec1437.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/771f6992fb77c2b812493513223be532.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f168374ee74d3f5bd8db1dca16566767.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe80dd0c04b3c39029f94b4b9d04e6b6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e8045d9c7b8c05197b432eee011d4b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10e22dd1e5a46a69750cc076ce00ead9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64247066341057fd24e775de5a0baac0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e40a116981b64bc4728ffba336c7a50d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f1cd43270d76d73e9f8215f798b4e1c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41557b67a8b4764d34437379a4acede5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ff2718f0e8d46ae3be5bfa743bd008.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1ed8516ce04c2de7180bb710175704c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa886f30dd4ecd764393ddc85910b87.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76170df4dbb162c91a96a84090280808.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e5c486ee1a2730b0cb59ecb68c86800.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65112c06bae27df828f014c95d722397.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1d1a8e537e3a87cca3bd505183d3ec.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5fbfdca3375d978836f549076ff2607.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a97f3e38b1132e945155fc7c83181d1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c6f506939977701f8a63333a2e8fb3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2afdac5fb87bc98b65a7555cf579f5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba0fa0e975d0bff5c485a45d8186c2f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ad91815c67b26bd154138b7c9fa274.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf0d5bb9648d41df643af25676a53b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ef817b57df4f5e836b817e39f888d7b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1566c9214ffcbceee632e8b377aff691.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72569a9dfc815899c1341906a355de7a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e46b29680005e70401d86956894c2cf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b455d4db84e589ab0132f47f2ef3abc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3511ada300b799efddef618632d5ef4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d95b309263e1c80739793dda6d0a6e58.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc609e5cdc62005540685bbe5263ef76.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1123,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579568</v>
+        <v>584364</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>225.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579575</v>
+        <v>584371</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>135.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579582</v>
+        <v>584388</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>15.9</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579599</v>
+        <v>584395</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579612</v>
+        <v>584401</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>72.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579629</v>
+        <v>584418</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>88.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579636</v>
+        <v>584425</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>348.0</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579643</v>
+        <v>584432</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>480.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579650</v>
+        <v>584449</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>133.0</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579711</v>
+        <v>584456</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579742</v>
+        <v>584463</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>28.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579773</v>
+        <v>584470</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>102.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579803</v>
+        <v>584487</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>20.0</v>
+        <v>116.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579810</v>
+        <v>584500</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>59.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579858</v>
+        <v>584517</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>40.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579865</v>
+        <v>584524</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579872</v>
+        <v>584531</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>290.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579889</v>
+        <v>584548</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="F19" s="3">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579933</v>
+        <v>584555</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>95.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579964</v>
+        <v>584586</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>19.0</v>
+        <v>26.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>