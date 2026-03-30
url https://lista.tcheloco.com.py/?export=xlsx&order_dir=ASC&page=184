--- v3 (2026-02-12)
+++ v4 (2026-03-30)
@@ -14,182 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 14:01</t>
-[...35 lines deleted...]
-    <t>Android Tv</t>
+    <t>Lista gerada no: 30/03/2026 14:36</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS CARREGADOR SATE ATK881</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MICROONDAS SAMSUNG MS23K3513 - 23LTS - 110V</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-61W - 6.1L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400  8.5" - SOLAR SYSTEM</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400 8.5" - FLOR RAIZ</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART S10 MINI - 3 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER PARTY YE-082 - USB/FM/BLUT</t>
-[...26 lines deleted...]
-    <t>Wafflera</t>
+    <t>RELOGIO SMART S12 MINI - 5 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR ELECTROBRAS EBPV-25 - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-63 - 6.3L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-83 - 8.3L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-10DB - 10.0L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-52TV - 5.2L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-70TV - 7.0L - 220V</t>
+  </si>
+  <si>
+    <t>FORNO + FRITADEIRA AIR FRYER ELECTROBRAS EBAF-12 - 12.0L - 220V</t>
+  </si>
+  <si>
+    <t>FORNO + FRITADEIRA AIR FRYER ELECTROBRAS EBAF-13TV - 13.0L - 220V</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR ELECTROBRAS EBPV-25 - 110V</t>
+  </si>
+  <si>
+    <t>MICROONDAS BRITANIA PMO28 - BRANCO - 28L - 220V/50HZ</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>BEBEDOURO BRITANIA PBE19 - PRETO - BIVOLT</t>
-[...35 lines deleted...]
-    <t>RAF</t>
+    <t>MODELADOR DE CACHOS ENZO GLAMHAIR - PROFESIONAL - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ENZO</t>
+  </si>
+  <si>
+    <t>CAFETEIRA ITALIANA MOKA - 9 XICARAS - GRAFITE</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>CAFETEIRA ITALIANA MOKA - 6 XICARAS - GRAFITE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -212,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfa886f30dd4ecd764393ddc85910b87.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76170df4dbb162c91a96a84090280808.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e5c486ee1a2730b0cb59ecb68c86800.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65112c06bae27df828f014c95d722397.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1d1a8e537e3a87cca3bd505183d3ec.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5fbfdca3375d978836f549076ff2607.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a97f3e38b1132e945155fc7c83181d1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6c6f506939977701f8a63333a2e8fb3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc2afdac5fb87bc98b65a7555cf579f5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba0fa0e975d0bff5c485a45d8186c2f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9ad91815c67b26bd154138b7c9fa274.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdf0d5bb9648d41df643af25676a53b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ef817b57df4f5e836b817e39f888d7b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1566c9214ffcbceee632e8b377aff691.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72569a9dfc815899c1341906a355de7a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e46b29680005e70401d86956894c2cf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b455d4db84e589ab0132f47f2ef3abc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3511ada300b799efddef618632d5ef4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d95b309263e1c80739793dda6d0a6e58.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc609e5cdc62005540685bbe5263ef76.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed66a1fee95a46de2e1c3052eef5974b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f459b713c50f19105d98e85216ff2c5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62e7829ffac8afe471bf9eab27adec96.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3caea4543ac172f0053c46e30a4cbb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e7096dca93fdb94fd14c151b00bc21.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ba20afc793323012d6b8cbc8ac4ac4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad39d0cb3a5591e79db06b30111ab6ac.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e486fed38860b1ccb67ede28e0e024.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce35519f52963a69ac922809f81a2bc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807b5ff7a3a602d7a7b45a2daadcca6a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97ed9f8c00ea50c440e563a4d87fa6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baf7983f0d0d33aa332d983330cf7102.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0aaf0e2e4d84448a33455a4ec80d6ce.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a7fb40810d5206a8344e3480a9d8b0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e53f6f6e026618d555f48924288fe6e2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b36bb3d4d85e5ae0d93a35f187e9e1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c8bf9218e343d216c7cc434cec9944.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a7687d793719eee0b54b355dcd18d3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590ded60d8004b13624746baf5497f26.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3d70554a71aabe8e9f56d418e2435f5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1123,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584364</v>
+        <v>587037</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584371</v>
+        <v>587129</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>584388</v>
+        <v>587136</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>38.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>584395</v>
+        <v>587150</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>10.5</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>584401</v>
+        <v>587167</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>584418</v>
+        <v>587204</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>584425</v>
+        <v>587211</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>14.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>584432</v>
+        <v>587228</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>584449</v>
+        <v>587235</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>164.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>584456</v>
+        <v>587242</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>208.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>584463</v>
+        <v>587259</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>95.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>584470</v>
+        <v>587266</v>
       </c>
       <c r="C13" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>104.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584487</v>
+        <v>587273</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>116.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584500</v>
+        <v>587280</v>
       </c>
       <c r="C15" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>33.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584517</v>
+        <v>587297</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>88.0</v>
+        <v>98.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584524</v>
+        <v>587310</v>
       </c>
       <c r="C17" t="s">
         <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>1.3</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584531</v>
+        <v>587327</v>
       </c>
       <c r="C18" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
         <v>35</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584548</v>
+        <v>587358</v>
       </c>
       <c r="C19" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" t="s">
         <v>38</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584555</v>
+        <v>587396</v>
       </c>
       <c r="C20" t="s">
         <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="F20" s="3">
-        <v>140.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584586</v>
+        <v>587402</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>26.0</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>