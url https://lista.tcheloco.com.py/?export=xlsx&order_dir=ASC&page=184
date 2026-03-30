--- v4 (2026-03-30)
+++ v5 (2026-03-30)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 14:36</t>
+    <t>Lista gerada no: 30/03/2026 16:13</t>
   </si>
   <si>
     <t>KIT DE FERRAMENTAS CARREGADOR SATE ATK881</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>MICROONDAS SAMSUNG MS23K3513 - 23LTS - 110V</t>
   </si>
   <si>
     <t>Microondas</t>
   </si>
   <si>
     <t>SAMSUNG</t>
   </si>
   <si>
     <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-61W - 6.1L - 220V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
@@ -206,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed66a1fee95a46de2e1c3052eef5974b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f459b713c50f19105d98e85216ff2c5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62e7829ffac8afe471bf9eab27adec96.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e3caea4543ac172f0053c46e30a4cbb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66e7096dca93fdb94fd14c151b00bc21.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ba20afc793323012d6b8cbc8ac4ac4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad39d0cb3a5591e79db06b30111ab6ac.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e486fed38860b1ccb67ede28e0e024.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce35519f52963a69ac922809f81a2bc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807b5ff7a3a602d7a7b45a2daadcca6a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c97ed9f8c00ea50c440e563a4d87fa6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baf7983f0d0d33aa332d983330cf7102.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0aaf0e2e4d84448a33455a4ec80d6ce.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a7fb40810d5206a8344e3480a9d8b0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e53f6f6e026618d555f48924288fe6e2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53b36bb3d4d85e5ae0d93a35f187e9e1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c8bf9218e343d216c7cc434cec9944.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a7687d793719eee0b54b355dcd18d3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590ded60d8004b13624746baf5497f26.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3d70554a71aabe8e9f56d418e2435f5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140f164effc00d830a215dc063bbe1a4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a4af93c984bc51c0427b0e44e06089f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31866fa8aa3380586d4bbda09a78bb41.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26ad2df59e39ad991814c5993de7f6a2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6f975bd4f2fff84e01add564abf8286.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28295c3c884aec15162be0aa80dc7d87.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e42e5a4f9930f4ef52a8d6eda4b143be.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eab097347be098b986721f21e39b6d2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0603d8dfde3d506a906f225f5d9eafab.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645674d793d1e75dc31eef7d49da0b08.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ed4db54694fbbf1bbfea8ea48b0d766.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f826fb056490886000191b9182b98a3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0c917a4785b3c31ad702b2a4c31a502.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e72ea1361062e741c90e98b6521e51c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d4931b8aa429e3defcaecb28a4824f2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f52d69b7fb814702a9d1425dfcc8f1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c425c0ad7a3b5779f7be5228e0f2ab.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4448e843a95064274e1c133dfc14a9fd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b5f89ea4c217e403db4d8e3ee1a83cc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f17512c951b081411e7538caf9325151.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>