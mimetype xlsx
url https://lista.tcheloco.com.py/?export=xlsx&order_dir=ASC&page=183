--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,200 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 20:50</t>
-[...5 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 29/12/2025 02:30</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RCA RCFR10 - 3.2L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RCA</t>
+  </si>
+  <si>
+    <t>BF FRITADEIRA AIR FRYER RCA RCAF50B - 5L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>APARELHO GAME CONSOLE PORT�TIL R36S - 3.5"- 64G - 1G - PRETO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT MARS MULTILASER-H041EUR</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA BRANCA</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MAQUINA NASAL BABYLISS ORIGINAL</t>
-[...23 lines deleted...]
-    <t>Termica</t>
+    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA PRETA</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8749 - AND/BT/USB/9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 RAF R.309B - 300W- PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR ELETRICO RAF R.6230 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>CHALEIRA ELETRICA RAF R.7230 - 5L - 220V/50/60HZ</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CAFETEIRA RAF R.115 - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>PANELA DE MACARRAO RAF R.5476 - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>BATERIA 9V MAXDAY -  CAIXA 10 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R14 - USB/TIPO-C</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV919 - LILAS</t>
+  </si>
+  <si>
+    <t>ESCOVA COM SECADOR MULTILASER EB116EU - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR MULTILASER CE077EUR - 100W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR BIGSTAR BSP-3015-S POWER - 350W - 220V</t>
   </si>
   <si>
     <t>BIGSTAR</t>
   </si>
   <si>
-    <t>FOGAO A GAS WINNINGSTAR ST-9660 - 3 BOCAS</t>
-[...17 lines deleted...]
-    <t>Aspiradores</t>
+    <t>CAMERA IP XIAOMI MI MBC27 - C201</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-010B1 - PARA ANDROID</t>
-[...62 lines deleted...]
-    <t>Patinete Eletrico</t>
+    <t>BATERIA CR2032 WADFON WJX2K32 - 5 PCS</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ce81dc309314cbbee0dbb4c100f5ada.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaa6ff97a424b35a06cf35fa130c1389.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de64b5858ae92b3055558fee73fbe8d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8209e0e950e7958556a38286ab1d9ebb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fbc36462c0c95cdd81762133ec7e52e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d45751d537a2e63d4ebd025f310b59.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a81703d004f82aeb18a5bd0f1dca07f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee8e04e3ea8bdd44a673abbc6982bc76.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e0507af595da21a7c70fc40fde303c8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4727fd00a905989efd1d7c173038e2e4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1c4e7b3ce5c66534eaf960a10d9edf8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc340bcf283077b432f519621ed2a367.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6a1b04f836d189d1e9d560fec4708b2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f60b9ff7761c3980943a7efadbba72e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47df2582ac8a53ac1d6fa2691ba3b7f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d442600e698c48a3b182e4637be04e01.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa35a203dd04dacb5d3eb62c068de5ca.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4944d3e059e46179f2f093e8d4b7db30.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc83d90b8a01f6899c25d8bc7e158bdd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6180cd2bd03e979aa9bf2c4025698dfc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6526b3703bc7facd4277a0b5f3fe81df.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e8e763c0160dcae57d31b6423811eb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31634d716a24bbd7affb69a66fe3dd25.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07e9c5b7c018df38ec045cd483907c3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b683d7a18b9aa9d4934086d5d6d1736.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a8181e9c2cbd0100c862981d21599c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d28e1110d6b39410867b7ad81e2e98.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90528f4bad54cffb6c312112f798de69.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224fa1d679c7c28eb1a195e26c2ddb5e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7acd6637e3993832f4cb205587b7c18.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f716da933b654f047f0cca5baf2542f8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f4577dc2e36a2325ae5f960e8a9426.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a4abdf9f7590b559a4c44d6f01906.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c667ce5943d54b1d800cdf0ffcb8daf1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81f7649a88ca9f3738605b251205031.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a96c768cd1db5f4a352a3a0822fd508.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21758159dd1958ebb74201311b6b4619.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31e93969eebd79c58144f10ebefa7995.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f1629fb4f7b6dc656e4471273a9413.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c935230d2c011cb9d2fe8bbbccfe475b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573641</v>
+        <v>579261</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573658</v>
+        <v>579278</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573665</v>
+        <v>579315</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>34.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573672</v>
+        <v>579339</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>30.0</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573689</v>
+        <v>579353</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573696</v>
+        <v>579360</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>32.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573719</v>
+        <v>579377</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573757</v>
+        <v>579391</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
         <v>25</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>265.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573764</v>
+        <v>579407</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573771</v>
+        <v>579414</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>11.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573801</v>
+        <v>579421</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>10.25</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573818</v>
+        <v>579438</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573825</v>
+        <v>579445</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>16.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573832</v>
+        <v>579452</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573849</v>
+        <v>579476</v>
       </c>
       <c r="C16" t="s">
         <v>39</v>
       </c>
       <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
         <v>38</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>4.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573856</v>
+        <v>579483</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573863</v>
+        <v>579506</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>16.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573887</v>
+        <v>579520</v>
       </c>
       <c r="C19" t="s">
         <v>44</v>
       </c>
       <c r="D19" t="s">
+        <v>24</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>36.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573894</v>
+        <v>579537</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
         <v>47</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>36.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573900</v>
+        <v>579551</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>195.0</v>
+        <v>1.07</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>