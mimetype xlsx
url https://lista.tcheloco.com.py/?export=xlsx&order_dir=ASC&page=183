--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,203 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 02:30</t>
-[...17 lines deleted...]
-    <t>Infantil</t>
+    <t>Lista gerada no: 12/02/2026 14:04</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS SMART EBWF-01 - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA FULL-COLOR HFW1200TLMP - AUDIO EXTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>MICROONDAS WINNINGSTAR ST-90501 - 23L - 220V</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR FAN2024 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO HYE-TR01 - 6.5" - BLUE PINK</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
   </si>
   <si>
     <t>HYE</t>
   </si>
   <si>
-    <t>ASPIRADOR ROBOT MARS MULTILASER-H041EUR</t>
-[...8 lines deleted...]
-    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA BRANCA</t>
+    <t>ALTO FALANTE JBL STAGE2 9634 - 6X9 - 70WRMS - 3 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE1210D - SUB 12" - 1000W - 250RMS</t>
+  </si>
+  <si>
+    <t>TWEETER JBL STD192T STADIUM - 50RMS</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NC-A255</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQ623BDT - USB/BT/4V/40BAND</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQE721B - USB/BT/20BAN</t>
+  </si>
+  <si>
+    <t>TWEETER NAKAMICHI SPT13 - 100W 50MS/40HM</t>
+  </si>
+  <si>
+    <t>VENTILADOR LA VIDA FS-45 - 5 HELICE - 220V</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA PRETA</t>
-[...53 lines deleted...]
-    <t>Filtro de Linha</t>
+    <t>MOCHILA SMART LED SATE A-KP6021</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV919 - LILAS</t>
-[...32 lines deleted...]
-    <t>WADFOW</t>
+    <t>FOGAO A GAS E INFRAVERMELHO (2 BOCAS INFRA +3 A GAS) MEGASTAR COOKTOP5</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MINI TECLADO SMART TV MEGASTAR RC02</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PARA AR CONDICIONADO MEGASTAR RC01</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTN - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTS - BLUETOOTH - PRATA/BRANCO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MEGASTAR HPV04BTP - BLUETOOTH - ROSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6526b3703bc7facd4277a0b5f3fe81df.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e8e763c0160dcae57d31b6423811eb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31634d716a24bbd7affb69a66fe3dd25.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07e9c5b7c018df38ec045cd483907c3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b683d7a18b9aa9d4934086d5d6d1736.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7a8181e9c2cbd0100c862981d21599c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41d28e1110d6b39410867b7ad81e2e98.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90528f4bad54cffb6c312112f798de69.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/224fa1d679c7c28eb1a195e26c2ddb5e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7acd6637e3993832f4cb205587b7c18.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f716da933b654f047f0cca5baf2542f8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4f4577dc2e36a2325ae5f960e8a9426.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a7a4abdf9f7590b559a4c44d6f01906.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c667ce5943d54b1d800cdf0ffcb8daf1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b81f7649a88ca9f3738605b251205031.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a96c768cd1db5f4a352a3a0822fd508.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21758159dd1958ebb74201311b6b4619.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31e93969eebd79c58144f10ebefa7995.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f1629fb4f7b6dc656e4471273a9413.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c935230d2c011cb9d2fe8bbbccfe475b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee77bc41ff4835ca8c9b89583650ec8c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c105aaabd3a8d6f7a2e97a2eff710143.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26ad4560f5f4031523c350714ca50c0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ef4658d3e4357a771cba5d002d1142.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923e196f83a9b4a42d27289bbe6325f0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9476a90efc0b4f98db03ee808382b1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33900ebffcecc8dc60333dad1967bea4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de69b8538d3a4edd9b8a8fa7e035815.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdd12e86a8a64ec087d0ef8732f32e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78547dcc9a26568cc504abd13af3d5a1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a33b9f5adc3144637cb2a86a728445f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f8430093ea9f31f8503aa83421aad49.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72feb12dbb4f99295d41ee77858dcd3f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448ba44a62c5c2e4eeae8490357f840e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4747ed273a300dbcadab93342860750.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e561fd4cea357a4b0e21421cde67c3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60a61d5c189f24bf30fd2bf777e1532.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438efd7ea1a150d1f96615572faef268.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ba207f819e9f73b240f3e0632739828.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76855c0ef0d1d7ed4993e8a67e9dfd39.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579261</v>
+        <v>584104</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>27.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579278</v>
+        <v>584135</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579315</v>
+        <v>584159</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>35.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579339</v>
+        <v>584166</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>49.9</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579353</v>
+        <v>584180</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>40.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579360</v>
+        <v>584197</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>40.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579377</v>
+        <v>584203</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>72.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579391</v>
+        <v>584210</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579407</v>
+        <v>584227</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579414</v>
+        <v>584234</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579421</v>
+        <v>584241</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579438</v>
+        <v>584265</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579445</v>
+        <v>584272</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579452</v>
+        <v>584296</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579476</v>
+        <v>584302</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="F16" s="3">
-        <v>26.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579483</v>
+        <v>584319</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>9.9</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579506</v>
+        <v>584326</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579520</v>
+        <v>584333</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579537</v>
+        <v>584340</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579551</v>
+        <v>584357</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>1.07</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>