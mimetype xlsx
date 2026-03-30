--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,200 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 14:04</t>
-[...47 lines deleted...]
-    <t>ALTO FALANTE JBL STAGE2 9634 - 6X9 - 70WRMS - 3 VIAS</t>
+    <t>Lista gerada no: 30/03/2026 14:36</t>
+  </si>
+  <si>
+    <t>DETECTOR NOTA FALSA LUZ UV AD-118AB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BALAN�A BAGAGEM GANCHO OCS-M - 300KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 14 5G - 256GB - 8 RAM - VERDE</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR CAT B40 4G - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>CAT</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LUMABELLA LB-60012 - 9.5L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>FRITADEIRA LUMABELLA LB-60013 / 6L+6L  / 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR LUMA BELLA LB-53021 -1.5L - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SANDUICHERA LUMA BELLA LB-58051 - 750W - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL GA-2080 - SONIC VERMELHO - BLT</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART G-TIDE R5 LITE - CINZA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE CLIP 1 / BLUETOOTH / LILAS</t>
+  </si>
+  <si>
+    <t>MODULO JBL GX-A3001 - 300WRMS - 1CH</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL CLUB64FSL - 6"5 - 55WRMS - 165W</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
-    <t>JBL</t>
-[...14 lines deleted...]
-    <t>Cameras de R�</t>
+    <t>ALTO FALANTE JBL STAGE142F 4" - 320W - 40RMS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE152F 5" - 320W - 40RMS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE162CF 6"5 - 80WRMS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE265M 6"5 - 50WRMS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI NSM-6528  6.5" - 350W</t>
   </si>
   <si>
     <t>NAKAMICHI</t>
   </si>
   <si>
-    <t>RADIO CAR NAKAMICHI NQ623BDT - USB/BT/4V/40BAND</t>
-[...53 lines deleted...]
-    <t>FONE DE OUVIDO MEGASTAR HPV04BTP - BLUETOOTH - ROSA</t>
+    <t>MIXER 5 EM 1 ONIDA ON-602 - 220V</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>TABLET XIAOMI REDMI PAD SE 8.7" 4G / 128GB / 4 RAM</t>
+  </si>
+  <si>
+    <t>Tablets</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee77bc41ff4835ca8c9b89583650ec8c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c105aaabd3a8d6f7a2e97a2eff710143.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26ad4560f5f4031523c350714ca50c0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ef4658d3e4357a771cba5d002d1142.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/923e196f83a9b4a42d27289bbe6325f0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b9476a90efc0b4f98db03ee808382b1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33900ebffcecc8dc60333dad1967bea4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0de69b8538d3a4edd9b8a8fa7e035815.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cdd12e86a8a64ec087d0ef8732f32e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78547dcc9a26568cc504abd13af3d5a1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a33b9f5adc3144637cb2a86a728445f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f8430093ea9f31f8503aa83421aad49.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72feb12dbb4f99295d41ee77858dcd3f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448ba44a62c5c2e4eeae8490357f840e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4747ed273a300dbcadab93342860750.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e561fd4cea357a4b0e21421cde67c3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f60a61d5c189f24bf30fd2bf777e1532.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/438efd7ea1a150d1f96615572faef268.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ba207f819e9f73b240f3e0632739828.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76855c0ef0d1d7ed4993e8a67e9dfd39.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88acac0febed660a9bc1c5dc2fd31a2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a827dccd0c1b62d50c12f849aee1d92.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8b2e44dee564c63dffcf4ba3272e2c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840ab7733f0bd5e0b7688d2483fa78a8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953ae03721252a4b90a6b96045651706.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eecb8c076b2437732c3fff8092429e2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5e853b6ccac8d67d217c5ccfc98fab7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ec2f41c58cfac5e9c576c802e91bf15.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de635eec7793233823435a477ed9d060.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68930e322d3ba55d33921a28a92e6cf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/482c813c7d31bc4f320f502820963a81.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600be6dce89b005cebbf43da3a3d26b0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c891b8273b6b419bcb7e09ce6ce166a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e8be37a0f27fb2c57c799348189f9d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac90cbbdea4f2a7c0f6b2f90a259a4ae.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bb86a96fd4fed920b7a823ce32647d3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c857a72bfa6035e4e9fd799a5a4f6b0a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae93a22a1cde34aaf27d4f03f82cef0e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9563457cc65c576249c8af79ebbd44.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7ccfcbf9953874f31dff3334c31482c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>584104</v>
+        <v>586702</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>584135</v>
+        <v>586719</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>24.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>584159</v>
+        <v>586726</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>86.0</v>
+        <v>192.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>584166</v>
+        <v>586733</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>22.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>584180</v>
+        <v>586757</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>115.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>584197</v>
+        <v>586764</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>39.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>584203</v>
+        <v>586771</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>52.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>584210</v>
+        <v>586788</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>49.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>584227</v>
+        <v>586818</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>584234</v>
+        <v>586870</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>38.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>584241</v>
+        <v>586887</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>38.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>584265</v>
+        <v>586894</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>17.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584272</v>
+        <v>586900</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>15.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584296</v>
+        <v>586917</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>55.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584302</v>
+        <v>586924</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>208.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584319</v>
+        <v>586931</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>5.5</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584326</v>
+        <v>586948</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>4.8</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584333</v>
+        <v>586955</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584340</v>
+        <v>586962</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584357</v>
+        <v>586993</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>137.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>