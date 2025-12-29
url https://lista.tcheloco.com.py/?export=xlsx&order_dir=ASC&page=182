--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,188 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 20:55</t>
-[...38 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 29/12/2025 04:21</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR PROSPER P-201 - 3.5L - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA PROSPER P0121 - 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2131 - RECARREGAVEL - DIGITAL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL PROSPER P-4401 - 3 EM 1 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE2 624 - 6"5 - 40WRMS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
   <si>
     <t>JBL</t>
   </si>
   <si>
-    <t>PANELA ELETRICA DE ARROZ CONTINENTAL CFXB70-A - 3.2L - 110V</t>
-[...11 lines deleted...]
-    <t>Panelas e frigideiras</t>
+    <t>CELULAR BLU A160 - 4G - 2.4'' -  DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8127 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8151 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F323 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F327 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F324 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA RAF R.8612 - VERTICAL - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>KIT DE PANELAS RAF R.80005 - 3 PCS</t>
-[...5 lines deleted...]
-    <t>Android Tv</t>
+    <t>GRILL RAF R.5409 - HOT POT GRILL - 180� - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 110V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CLIMAX</t>
+  </si>
+  <si>
+    <t>BARBEADOR HYUNDAI PHT-083 - MINI - REC / 4 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC - HAVIT KB2008-PB - USB/PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>HAVIT</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E120 - WIFI - 3CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>FRIGOBAR MITSUO 91L / 110V/60HZ / BRANCO</t>
-[...41 lines deleted...]
-    <t>DIVERSOS</t>
+    <t>CAMERA IP LUO SMART LU-E127 - WIFI - 3 CAMERAS</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL LUO LU-4999 - 12 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>KIT ACESSORIO MA�ANETA DE FREIO PARA MOTO FOSTON X13/15</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb3dd69b9daa4941f8ecd96294b377a2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/593bc2e246ab57bb2995cae191b300d9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7fe134155913a9eac4595f81fbd3507.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9885f86632d805531af4366532117657.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/627e16983b4f8ecc35e4078c2bc02342.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c58338ce195957c636c6b06128aec02c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9e43815533beacae2ae4f3558ebb53e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453487cb90a4a2e6d2f18949841120f9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aba231ec21653a4f869ffdfddbfb419.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea1a93de26f0c7ecd30a4745f3d48f3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509258bef3b501b1efe0db2f2b85eca4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ceca8e986c4171dc886be994108f6b9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e6345c035c9defd86d8174d82621484.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/336c130efd40a315e14071a4439ed905.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1511c2471fdeae86a763e885d15944ae.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3b45316d0d2ba89e3d419bc4ae739d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de3a4e40fc0c505b98d3beea3b79a757.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93e927516085a8e7c6335195fa75ebaa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19bee536aadcb38ea43119ad93f94c53.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd8c3c31a3d111be2e3238616647fa68.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7772db6e3f52649f24e36d6b1b41fead.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b46ba2686b0944eff7b18d1614befb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049c6c22a8326e86a5bbeffd5b1ed70f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43d185dfc60a064245526d6694058daf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dfeab9f66209c4c84c61fea720676c7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cce9e1c325fd110c00f39f0bfe2cad0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0493562905359cb82e0100ba502838b2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f985e8f8cd4c335577b8c68293bd347.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35f9bb6d51b20d907f8f61d7e4f65dc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7542c03b47156d291bf30ce39378d0f0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5bccaced280362bc0bd36c39cd2e36d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e5aec2a1e610b12644cb76f4ad26ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff2db74684e2250a563b9b340d06e67.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a36f117afec69dd88c31cca8b04c32.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be96b821abeb330c10b7908d184b495.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8913b0d814d40aa5a973874263b37e54.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21bd95aa2d7c3137809684e6cc55438a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a60cabf2b304b3b3330ac6544b461fdb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5cc7a9423bd788057f8024f94ea5d7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694347e561ac1a0a08eac76825c748f5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573276</v>
+        <v>579018</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>92.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573283</v>
+        <v>579025</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>92.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573290</v>
+        <v>579049</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>92.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573306</v>
+        <v>579056</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573313</v>
+        <v>579063</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573320</v>
+        <v>579070</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573351</v>
+        <v>579087</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573382</v>
+        <v>579094</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>87.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573399</v>
+        <v>579100</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>19.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573412</v>
+        <v>579117</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>24</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>53.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573429</v>
+        <v>579124</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
         <v>27</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>43.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573436</v>
+        <v>579148</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573467</v>
+        <v>579155</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" t="s">
         <v>32</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>145.0</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573474</v>
+        <v>579193</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>176.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573481</v>
+        <v>579209</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573498</v>
+        <v>579216</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573559</v>
+        <v>579223</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573566</v>
+        <v>579230</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573573</v>
+        <v>579247</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573634</v>
+        <v>579254</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>23.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>