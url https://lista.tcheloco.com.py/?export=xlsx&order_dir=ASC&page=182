--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,209 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 04:21</t>
-[...29 lines deleted...]
-    <t>ALTO FALANTE JBL STAGE2 624 - 6"5 - 40WRMS - 2 VIAS</t>
+    <t>Lista gerada no: 12/02/2026 15:42</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER  LEXICAL LAF-3057 - 9L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>LEXICAL</t>
+  </si>
+  <si>
+    <t>LAMPADA SOLAR JORTAN JT-8TYCOB-400W - EXTERNO</t>
+  </si>
+  <si>
+    <t>Lampadas Externa</t>
+  </si>
+  <si>
+    <t>JORTAN</t>
+  </si>
+  <si>
+    <t>ASPIRADOR 2 EM 1 MEGASTAR VC1206 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CONVERSOR TV DIGITAL BAK BK-2026 - ISDBT</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO AOC ACT1511 - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>AOC</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC COM MICROFONE - AOC ACG2500 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>PEN DRIVE AOC 32GB - USB 2.0</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5921 - 40W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5923 - 50W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE BOOSTER BW-1500MB - 15" - BOBINA DUPLA</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O ONIDA ON-5025 - PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O ONIDA ON-5026 - PRETO</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>INTER COMUNICADOR PARA MOTO ONTECK - BLT</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS SMART EBWF-01 - 110V</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA FULL-COLOR HFW1200TLMP - AUDIO EXTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>MICROONDAS WINNINGSTAR ST-90501 - 23L - 220V</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR FAN2024 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO HYE-TR01 - 6.5" - BLUE PINK</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE2 9634 - 6X9 - 70WRMS - 3 VIAS</t>
+  </si>
+  <si>
     <t>JBL</t>
-  </si>
-[...100 lines deleted...]
-    <t>FOSTON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7772db6e3f52649f24e36d6b1b41fead.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63b46ba2686b0944eff7b18d1614befb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049c6c22a8326e86a5bbeffd5b1ed70f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43d185dfc60a064245526d6694058daf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dfeab9f66209c4c84c61fea720676c7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cce9e1c325fd110c00f39f0bfe2cad0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0493562905359cb82e0100ba502838b2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f985e8f8cd4c335577b8c68293bd347.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35f9bb6d51b20d907f8f61d7e4f65dc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7542c03b47156d291bf30ce39378d0f0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5bccaced280362bc0bd36c39cd2e36d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84e5aec2a1e610b12644cb76f4ad26ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ff2db74684e2250a563b9b340d06e67.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44a36f117afec69dd88c31cca8b04c32.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be96b821abeb330c10b7908d184b495.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8913b0d814d40aa5a973874263b37e54.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21bd95aa2d7c3137809684e6cc55438a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a60cabf2b304b3b3330ac6544b461fdb.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e5cc7a9423bd788057f8024f94ea5d7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694347e561ac1a0a08eac76825c748f5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e21e10253937bf1edaca2d4a97421d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c56a8900a3f7a9b2425a4ef3efe65de.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151863208882d2bade8809054df01642.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b411605d55850496739f740528889164.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76cd2c9d69ae820e1d5c421784d4a1c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc3ce5668ff8bd4e287235d17ad8a03.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0adec9537ad9297082829a8b94521cad.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e2bafd4310b308a4664f505b76e82b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc8c60634950488f28fa603ef13c565a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f5caaaf0833c96fe52c9c4bd8dff4a6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7dd1db8622a4e12f0c9e752a449e2ca.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746ed9972fc558547f6ae071571ccdd5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0154bcfb9bd20075e6d9cd4af8df9b2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530c8bbd4b9f4c84b1038e2ebb90fde9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40abedac1395c96f386aa960ce8ba2e8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e485b2587955943a345476b63cc5cf52.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05ddaf6021a69d7123d95a52fa382cd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f54e153061e1dbd6fe4392d3626dfde.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1888f4780811cb205fb8363d5c3ff37f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d51ba99313d1ff0cbbc3590d420faa87.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579018</v>
+        <v>583763</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>19.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579025</v>
+        <v>583787</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579049</v>
+        <v>583923</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579056</v>
+        <v>583930</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579063</v>
+        <v>583954</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>30.0</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579070</v>
+        <v>583961</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>22.9</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579087</v>
+        <v>583985</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579094</v>
+        <v>584012</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>4.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579100</v>
+        <v>584029</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579117</v>
+        <v>584036</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579124</v>
+        <v>584043</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579148</v>
+        <v>584050</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579155</v>
+        <v>584081</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>35.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579193</v>
+        <v>584098</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>305.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579209</v>
+        <v>584104</v>
       </c>
       <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>19.5</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579216</v>
+        <v>584135</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579223</v>
+        <v>584159</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579230</v>
+        <v>584166</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579247</v>
+        <v>584180</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>19.5</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579254</v>
+        <v>584197</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>39.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>