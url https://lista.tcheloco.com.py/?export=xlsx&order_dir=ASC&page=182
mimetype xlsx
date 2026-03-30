--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,224 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 15:42</t>
-[...62 lines deleted...]
-    <t>Lampadas E27</t>
+    <t>Lista gerada no: 30/03/2026 16:14</t>
+  </si>
+  <si>
+    <t>MIXER DRINK RAF R.31000 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.2290H - 4 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>GRILL CHAPA LISA RAF R.2233 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6609 - 9000W - LED - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ESCOVA ELETRICA 6X1 PROSPER P-1128 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>ESCOVA CORTA PONTAS PROSPER RH-6668 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>GRILL MARYLAND MR-1010 - CERAMIC - 180� - 220V</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 220V/50/60HZ INVERTER - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CLIMAX</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL PROSPER P-1132 - Q/F</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MINI UMIDIFICADOR PROSPER P-203 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>KIT DE PANELA ESMALTADA MK2439 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>VENTILADOR BRITANIA BVT466 40CM 3X1 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA DUO - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE + FERRAMENTAS ECOPOWER EP-8170 - SOLAR</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LAMPADA LED ECOPOWER EP-5923 - 50W - E27 - BRANCA</t>
-[...35 lines deleted...]
-    <t>Esportivo</t>
+    <t>BATERIA AUXILIAR + DE PAREDE ECOPOWER EP-C810 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C850 - 12000MAH</t>
+  </si>
+  <si>
+    <t>KIT DEPILADOR VGR V-761 4 EM 1 - LED/USB/5W</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.257H - 220V</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL AIR PUMP 12V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>WAFFLERA ELECTROBRAS SMART EBWF-01 - 110V</t>
-[...41 lines deleted...]
-    <t>JBL</t>
+    <t>TERMICA BIGSTAR BSP-1139 - 1.9L - INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e21e10253937bf1edaca2d4a97421d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c56a8900a3f7a9b2425a4ef3efe65de.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/151863208882d2bade8809054df01642.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b411605d55850496739f740528889164.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76cd2c9d69ae820e1d5c421784d4a1c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dc3ce5668ff8bd4e287235d17ad8a03.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0adec9537ad9297082829a8b94521cad.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e2bafd4310b308a4664f505b76e82b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc8c60634950488f28fa603ef13c565a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f5caaaf0833c96fe52c9c4bd8dff4a6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7dd1db8622a4e12f0c9e752a449e2ca.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/746ed9972fc558547f6ae071571ccdd5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0154bcfb9bd20075e6d9cd4af8df9b2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530c8bbd4b9f4c84b1038e2ebb90fde9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40abedac1395c96f386aa960ce8ba2e8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e485b2587955943a345476b63cc5cf52.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d05ddaf6021a69d7123d95a52fa382cd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f54e153061e1dbd6fe4392d3626dfde.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1888f4780811cb205fb8363d5c3ff37f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d51ba99313d1ff0cbbc3590d420faa87.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0c8768895e4c77704c3a1bdcb909164.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0b38a0862d6cb82ad07f550a7a783b0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd03e8110f885e3a05b8832f6bc0d48.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c950c674a05354fc67a9c29c6e11d4e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ac9c33bad2ae4667342eabe0c83805.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fbb42eee9991135055f7b96191db792.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e239649de6f90daf652b5a76b8dface.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43dff6a17eabdd139c11f75be0dd2fa1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16cd2e4dd5c3e90f010962157762ee55.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35afe9f0baf5f711c63a4a915aba03a2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/026a4bb439419741ba0b5bd0fafd1bb1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11b239ea6c0110a17d6d85c17e101b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95c64411db1bd2231e0398e23faad4fd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/407a5d01bd5040b813abd590851d38b0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343885b7cf6e4f7c8129dede72f12cde.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb02145d737c98e975f2930fcd98b26a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85bab62c989f4617202dbbd2a2d121ee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10935e895b48e9a29bf2ce349cb0b5cd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c9774a3414088eb73be991e4f05d433.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d381da3881ceb5e9b377916215149af4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>583763</v>
+        <v>586443</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>70.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>583787</v>
+        <v>586467</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>583923</v>
+        <v>586474</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>583930</v>
+        <v>586481</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>583954</v>
+        <v>586498</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>10.25</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>583961</v>
+        <v>586504</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>583985</v>
+        <v>586511</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>4.33</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>584012</v>
+        <v>586528</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>584029</v>
+        <v>586535</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>584036</v>
+        <v>586542</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>40.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>584043</v>
+        <v>586559</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>28.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>584050</v>
+        <v>586566</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>34</v>
       </c>
       <c r="E13" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>35.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584081</v>
+        <v>586573</v>
       </c>
       <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>25.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584098</v>
+        <v>586603</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>39</v>
+      </c>
+      <c r="E15" t="s">
         <v>40</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584104</v>
+        <v>586610</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584135</v>
+        <v>586627</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>24.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584159</v>
+        <v>586641</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>86.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584166</v>
+        <v>586665</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584180</v>
+        <v>586672</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>115.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584197</v>
+        <v>586689</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>39.0</v>
+        <v>10.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>