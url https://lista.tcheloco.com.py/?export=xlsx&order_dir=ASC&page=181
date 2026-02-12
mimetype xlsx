--- v0 (2025-11-14)
+++ v1 (2026-02-12)
@@ -34,180 +34,180 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 22:12</t>
-[...2 lines deleted...]
-    <t>GARRAFA TERMICA ECOPOWER EP-G112 - 1200ML</t>
+    <t>Lista gerada no: 12/02/2026 15:34</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR PORTATIL YM88209A</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR SD-12 - 3 VELOCIDADES - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR HK59-15 - 3 VELOCIDADES -  BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115A - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY3115B - BLT/IPX7/40W/FLIP</t>
+  </si>
+  <si>
+    <t>ADAPTADOR TOMADA 2 PINOS - PADRAO ARGENTINA AR</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TERMICA SPORTS EMBORRACHADA - 550ML</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
+    <t>KIT DE 3 LAMPADAS COM CONTROLE - 1+3COB - AAA</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8768 - BT/USB - 9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>ANDROID TV BOX PEINING 8K STICK - 128GB - 32 RAM</t>
-[...26 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>PLACA INFRARROJA BAK BK-COC-220 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST127 - 600W - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST220 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL BRITANIA PRESS 180 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS RAF R.2509 - 16 UNID - 220V</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>BATERIA PARA PATINETE 10.400MAH - PRETO</t>
-[...83 lines deleted...]
-    <t>BABYLISS</t>
+    <t>JARRA ELETRICA VIDRO RAF R.7204 - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CABO BLINDADO RCA MEGA STAR RCA51 - 5M</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - ICE FLAME GRAFFITI - S/G</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - RED GRAFFITI - S/G</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - BLUE GRAFFITI</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LEXICAL LAF-3050 - 8L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>LEXICAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd4ef50dd43e7da925fdadc0e3acb11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13663cf947bbd7ba15aba43ddce6d8b0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ac08332a6bfb1f4b4fe2f85f5249e86.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/158eeb8ae7b7a1ba5002ecb1222cf669.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faec031cbf11556bdf520de175330ecf.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88b1c682862a25fc9939a74bd6918b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a1868a96a3d735a346df1acff3156b2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2dec09b26d8ebf96d62120fa8adef7c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2d9fc459a0078e2a9f80dc76925a02d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7897c20dcbe7e87acc650b8783803367.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19c74f716e16e48ad3a62812cf006441.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0249c317931e84d7f44f35b86925c438.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030cab8bf63aae0dfe4974c7ca35457b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79f5a97dae222d15f4a5a8fd179b422c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/867f864e032449c83e3eedb8529bfdda.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f32ad02de3b097c2bbc1e736bd4542a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ff6c763245f7658e09539f371edcb4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf825ad5986d1f41af217765e013f939.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b69d3deccb7b1f37745f0ccfeec693dd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90731b9f77e79d0dece922a4d7c8b8bc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a37bc0d43844ae216a24ab914b6f8d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bcf91d3a41ddfaab10f8c3bdcbe60c1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f998dd249d49e4fe941a533de102cd96.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add388e4e2783fbd05a0ee2e8e0c2194.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82924b1b67c61f8efee653901a9f5a0a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef07ccf01f13c96cdb8bc7529cc5bcd5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275443323324992c0cb291646e9b80fe.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a07f0a244f25105f3dae1117d36dfb5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ddda5351ba91a90219245d8724bb2af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed6aed2f585104bdbc10ac2134821e0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697aa2f3523945a85b50b3510c94976.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb307427b8f2324716f6988c9ce1e9e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40feb25e32e35aa52f3b3747b12f8a40.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b0e6ddaaf289536068a84915cef2e7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f5bdefa435d693b39dc79207f9daced.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade28250dd0873ba18cac2d3a74fde9e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a390eb57f371479292230f830ab5319d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fface65dc17a020ce4b3257337fb06a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d664a34823399a1266ceebbb3a3e4558.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce592bc43236acb3583437a85fa5ba15.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572989</v>
+        <v>583480</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572996</v>
+        <v>583497</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573009</v>
+        <v>583503</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>15.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573054</v>
+        <v>583527</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>22.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573061</v>
+        <v>583534</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>8.5</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573078</v>
+        <v>583596</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>9.6</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573092</v>
+        <v>583602</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>67.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573108</v>
+        <v>583626</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573115</v>
+        <v>583633</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
         <v>25</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573122</v>
+        <v>583640</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>430.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573139</v>
+        <v>583657</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>28</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>540.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573153</v>
+        <v>583664</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573177</v>
+        <v>583671</v>
       </c>
       <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
         <v>33</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573184</v>
+        <v>583688</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>12.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573191</v>
+        <v>583695</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573207</v>
+        <v>583701</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
         <v>40</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573214</v>
+        <v>583718</v>
       </c>
       <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
         <v>43</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>2.5</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573221</v>
+        <v>583725</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" t="s">
         <v>44</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>53.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573252</v>
+        <v>583732</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>2.62</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573269</v>
+        <v>583756</v>
       </c>
       <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>125.0</v>
+        <v>65.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>