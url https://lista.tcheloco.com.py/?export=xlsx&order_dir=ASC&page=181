--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -14,200 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 15:34</t>
-[...5 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 30/03/2026 16:31</t>
+  </si>
+  <si>
+    <t>ESMERILHADEIRA ANGULAR TOTAL UTG10711576 - 110V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>ESMERILHADEIRA ANGULAR TOTAL UTG1091156 - 110V</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 1200ML - PRETO</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MINI VENTILADOR SD-12 - 3 VELOCIDADES - BATERIA RECARREGAVEL</t>
-[...5 lines deleted...]
-    <t>SPEAKER JVC XS-KY2115A - BLT/IPX7/10W/MINI</t>
+    <t>CAMERA INFANTIL COM IMPRESORA LUO LU-SY21 - AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA LUO LU-SY21 - VERDE</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV LUO LU-I9</t>
+  </si>
+  <si>
+    <t>Controles Smart</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6010</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF166 - 5L - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 73CM P-073 - 220V</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 75CM P-075 - 220V</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 85CM P-085 - 220V</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 100CM P-100 - 220V</t>
+  </si>
+  <si>
+    <t>TV 43'' JVC LED 43KM758 QLED - SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>TV 40'' JVC LED LT-40KB758 QLED - SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED SAMSUNG 55U8000F - UHD/SMART/4K</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY4115B - BLT/IPX6/60W/30WRMS</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>JVC</t>
-[...29 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>HOME THEATER SOUNDBAR JVC TH-KY435B - BLT/USB/HDMI</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER P-1088 8.0'' - BLT/MIC</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7069 - 1 USB-C / 3A / 20W / IPHONE</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>PLACA INFRARROJA BAK BK-COC-220 - 220V</t>
-[...68 lines deleted...]
-    <t>LEXICAL</t>
+    <t>RADIO ECOPOWER EP-F333 - REC  K7 /USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10a37bc0d43844ae216a24ab914b6f8d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bcf91d3a41ddfaab10f8c3bdcbe60c1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f998dd249d49e4fe941a533de102cd96.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add388e4e2783fbd05a0ee2e8e0c2194.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82924b1b67c61f8efee653901a9f5a0a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef07ccf01f13c96cdb8bc7529cc5bcd5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275443323324992c0cb291646e9b80fe.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a07f0a244f25105f3dae1117d36dfb5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ddda5351ba91a90219245d8724bb2af.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed6aed2f585104bdbc10ac2134821e0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6697aa2f3523945a85b50b3510c94976.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb307427b8f2324716f6988c9ce1e9e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40feb25e32e35aa52f3b3747b12f8a40.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b0e6ddaaf289536068a84915cef2e7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f5bdefa435d693b39dc79207f9daced.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade28250dd0873ba18cac2d3a74fde9e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a390eb57f371479292230f830ab5319d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fface65dc17a020ce4b3257337fb06a4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d664a34823399a1266ceebbb3a3e4558.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce592bc43236acb3583437a85fa5ba15.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18cae74ea9a6969213389e6056a90be7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cea345fa17cd046cde3fc1f4ebd9e8d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f01d0c13c0164f9f5eb3ba8afaa731.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b9da2ab6f119c3d8af3e4bd0815be95.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/463812b2c27e1a65329ec3dda65566f8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c1feb9a440fca16f45473812f2758a4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/354fac3ec8f875f111845f639ae5cf06.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5c09e57030bfba6c6f6516c2e88944.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/422476b9085709ad3bceb865a726218b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b01404c0071595aea3b26dd4deef4a5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c07f8ee5a73d1abc798d6f964686c2c1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31bd59f86174a2a6f1c9f1e0ba575f08.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ca9002f3b8698b902d4de5db1daa2ee.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eac65fda54a15feb6222a5f3ab0df38.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10d63c84d669d72c97a45edcd9c94967.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4785de42ab95e7d49f707f2f226c780.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d87de3e78942c82994e34d914b09a8fd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fbf0e6587ebe14bae2a17b8e21deced.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea6cd13c82fbea3ea83b934c98b8c382.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4603c19d5c9dab0ebbacd37a4eacb2f4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>583480</v>
+        <v>586078</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>583497</v>
+        <v>586092</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>583503</v>
+        <v>586177</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>583527</v>
+        <v>586207</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>17.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>583534</v>
+        <v>586221</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>36.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>583596</v>
+        <v>586245</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>16</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>1.1</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>583602</v>
+        <v>586276</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>4.5</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>583626</v>
+        <v>586290</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>583633</v>
+        <v>586306</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>62.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>583640</v>
+        <v>586313</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>583657</v>
+        <v>586320</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>583664</v>
+        <v>586337</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>583671</v>
+        <v>586344</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>46.0</v>
+        <v>215.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>583688</v>
+        <v>586351</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>19.5</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>583695</v>
+        <v>586368</v>
       </c>
       <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
         <v>37</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>350.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>583701</v>
+        <v>586382</v>
       </c>
       <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
         <v>39</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>583718</v>
+        <v>586399</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>115.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>583725</v>
+        <v>586405</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="F19" s="3">
-        <v>115.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>583732</v>
+        <v>586412</v>
       </c>
       <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>115.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>583756</v>
+        <v>586436</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>65.0</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>