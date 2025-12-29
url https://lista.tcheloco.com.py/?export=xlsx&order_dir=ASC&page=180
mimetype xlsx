--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,212 +14,221 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 22:35</t>
-[...5 lines deleted...]
-    <t>Termica</t>
+    <t>Lista gerada no: 29/12/2025 06:13</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SA22415 - 30CM</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR COM SPEAKER - EWTTO ET-P1480</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>EWTTO</t>
+  </si>
+  <si>
+    <t>DRONE EWTTO ET-Z0565 - CAMERA HD</t>
+  </si>
+  <si>
+    <t>Drones</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED BAK BK-55G 4K/DGT/GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8695 / 4MP+4MP / 2 CAM / APP ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA TUCANO GUN TC-697 - PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS RAF R.0073 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR RAF R.936 - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F189 / 2 SIM / 4 BANDAS / (SOS) / PRETO/VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>VASO MAGNETICO FLUTUANTE SATE A-F30</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC SATE A-502 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO SONIFER SF-1913 - 180KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>BATEDEIRA SONIFER SF-7037 - 3.5L - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL SONIFER SF-7002 - 220V</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6074 - 1500W - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1805 - BLT/FM/TWS</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>COPO TERMICO ECOPOWER EP-G132 - 1200ML</t>
-[...14 lines deleted...]
-    <t>Diversos</t>
+    <t>SPEAKER ECOPOWER EP-S323 - BLT/FM/TWS</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA BOLA DE CRISTAL 6CM - 18407</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>FORNO ELETRICO RAF R.5320B - 9L - PRETO - 220V</t>
-[...26 lines deleted...]
-    <t>OCULOS SMART SPORT SATE A-DVR080</t>
+    <t>LANTERNA PARA BICICLETA - HY025 - 19580 - DIANTEI/TRASEIRA</t>
   </si>
   <si>
     <t>Acessorios Para Bike</t>
   </si>
   <si>
-    <t>SATE</t>
-[...74 lines deleted...]
-    <t>Seguran�a</t>
+    <t>PLACA INFRARROJA MOX-KIC04 - 2 BOCAS - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MOX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +251,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a63695e6638ce3a4aaf28939dfda58c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d47f67a8f171e94ef78444d082fe68a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7d3c713e1332032a6e56f50e07053fa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43b87ae92283a896e484fd90696bdcde.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc9fa08e60d5285f077a30b9df5e5f0f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13db186190f84efe2731b5b570d636e9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e319be84ac35ee030d04cd603e16b94.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac398bd706785df3512191515f1fbe36.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e30382f8da462d001c0068fcfcef689.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03a33353b4f6c701678f461dec674e48.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8877f3fe17267671b274b1a2d8ffdc80.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2816e36488ce5eb56c57eeb9acfdc3ac.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b5086bc56813428190df2a9df00d65c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a644ea21b5facb1eab3724123ee3d9fd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9adb5870dd126a72176b2df6d4f81d7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a133945b1e71a16d9ecd65f352acdf6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e57868958530ea62c3870c9894ed9354.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdbe7543418118a74373f18281369821.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03419190da9dd889142f7b66fb359f3e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec3df489ac11ecc0575b2b09cbd3b6d0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731c5bc7ba6bfa23a8a64ea04bb337e7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5119f4be2cf5531971cb18413e4c8aef.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d399f11b9b022a0451bf80a8c1032b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5cb2f156c166a170f8b8b82e5c31b0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7827ee30983c38ecb6a250349181b9c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969cfff2bb1b8f66d27f3668143e98c0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feb101dc050d855c6448cfe1b53cdb7f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac675e37768c37f75451a34007a6f946.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd7b534e56370eba05a45b43dc69769.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759a626928913f129a062923ea8511dd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb1a90ece406e53ae8a724a4a1ebfc1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80fb4c45fd87881af55da380dc44935.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bdd2d520c5c2be27188dfec80c7e1ad.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03f34225243a675a2c39c20408c259c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7995eb7cadd98b7d7ef1cc0a5c031a23.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/767fb7219457707d97422c6f5544f56b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1edde110202cc20c4b87452e33ab1ede.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9eb4551910e26a0ef02850216f09d82.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f9ed6cc64315864fd77b3f929830da.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77721bcd08d9a14f31cc90ea02cc0e8d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1162,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572712</v>
+        <v>578530</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572729</v>
+        <v>578578</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572743</v>
+        <v>578585</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572750</v>
+        <v>578592</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572767</v>
+        <v>578615</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>25.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572774</v>
+        <v>578639</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>32.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572781</v>
+        <v>578653</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572798</v>
+        <v>578660</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>44.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572804</v>
+        <v>578684</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572811</v>
+        <v>578707</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>29.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572828</v>
+        <v>578721</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>16.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572835</v>
+        <v>578738</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>16.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572842</v>
+        <v>578745</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572866</v>
+        <v>578752</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572873</v>
+        <v>578769</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>2.17</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572897</v>
+        <v>578776</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572910</v>
+        <v>578783</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>5.99</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572934</v>
+        <v>578790</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>19.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572965</v>
+        <v>578806</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
         <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572972</v>
+        <v>578813</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>45.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>