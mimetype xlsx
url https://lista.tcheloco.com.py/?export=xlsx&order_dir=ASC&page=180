--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,221 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 06:13</t>
-[...53 lines deleted...]
-    <t>MAQUINA DE COZINHAR OVOS RAF R.0073 - 220V</t>
+    <t>Lista gerada no: 12/02/2026 17:08</t>
+  </si>
+  <si>
+    <t>GRILL HAMBURGUER MAKER RAF R.253 - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>VENTILADOR COM UMIDIFICADOR RAF R.936 - 220V</t>
+    <t>BIKE INFANTIL ARO 12'' 16509G - CROSS/VERDE</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16510B - CROSS/AZUL</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' 16516R - VERMELHA</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-55 - 5.5L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO MOX MO-V560 - BRANCO - 220V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>CELULAR IPRO F189 / 2 SIM / 4 BANDAS / (SOS) / PRETO/VERMELHO</t>
-[...8 lines deleted...]
-    <t>VASO MAGNETICO FLUTUANTE SATE A-F30</t>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74000 - 32CM - 220V</t>
+  </si>
+  <si>
+    <t>SELADORA A VACUO RAF R.74001 - 25CM - 220V</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K43220 - USB/T-C - 1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI L33020 - T-C/T-C - 1M</t>
+  </si>
+  <si>
+    <t>CABO USB-C PARA CELULAR - XIAOMI K36350 - T-C/T-C - 2M</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI 27.0" G27I - FHD/VGA/HDMI</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A17 (A176B) 5G - 128GB - 4 RAM - CINZA</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / LARANJA</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>MAQUINA 3 EM 1 DALING DL-9238 - 17474</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO DALING DL-130</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15031</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>SATE</t>
-[...32 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-1805 - BLT/FM/TWS</t>
+    <t>LANTERNA POLICE ECOPOWER EP-8014</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-S323 - BLT/FM/TWS</t>
-[...26 lines deleted...]
-    <t>MOX</t>
+    <t>AR CONDICIONADO ECOPOWER 24000BTU - 220V/60HZ - COM KIT - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR JL8832KA - 3 VELOCIDADES - RECARREGAVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731c5bc7ba6bfa23a8a64ea04bb337e7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5119f4be2cf5531971cb18413e4c8aef.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91d399f11b9b022a0451bf80a8c1032b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d5cb2f156c166a170f8b8b82e5c31b0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7827ee30983c38ecb6a250349181b9c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/969cfff2bb1b8f66d27f3668143e98c0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/feb101dc050d855c6448cfe1b53cdb7f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac675e37768c37f75451a34007a6f946.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bd7b534e56370eba05a45b43dc69769.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759a626928913f129a062923ea8511dd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fb1a90ece406e53ae8a724a4a1ebfc1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f80fb4c45fd87881af55da380dc44935.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bdd2d520c5c2be27188dfec80c7e1ad.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c03f34225243a675a2c39c20408c259c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7995eb7cadd98b7d7ef1cc0a5c031a23.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/767fb7219457707d97422c6f5544f56b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1edde110202cc20c4b87452e33ab1ede.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9eb4551910e26a0ef02850216f09d82.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f9ed6cc64315864fd77b3f929830da.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77721bcd08d9a14f31cc90ea02cc0e8d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae40ace663943f25712b0532fbb5562.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b663d4645249ffc8c2758b261e9de8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d652bf5e4ef1ea5eecbd89bdf675aaf2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8cb3b595f37744ac5af01c28ab4789.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/420b40eb5f9df707f581e68a8b6e5049.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbcdf3d547996ca37e87f1c5afa8d825.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bcd69fb0341b960038683343d962e1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd7deb93dda33509db4137320367cdea.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d5e746edd842c0a295f09cea233842a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9633ff4653832dcf1eddb5298e72a6db.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56474c822f2e947454e80a54f95f3e8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e67fb4a2d9adef4a1444f3e1d43eed86.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3ed8d37d5b6580f37b28dd9a4cfba6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27008953efc071cc9385e622862aa99e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7da06f76ec30e0f52d2feecf0f6654.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449e4fb9a24e8945596cdd33061945c6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070476c4986cd83e761cf0a278042ae.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b49237a4cf1cd8eef5aeeae36e3ab0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cfe10dead2fd5984e3ef535f7ed2143.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382e3f6b21592fdf178deb94691f39ab.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578530</v>
+        <v>583084</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578578</v>
+        <v>583091</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.75</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578585</v>
+        <v>583107</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578592</v>
+        <v>583114</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>280.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578615</v>
+        <v>583145</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>19.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578639</v>
+        <v>583169</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578653</v>
+        <v>583183</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>15.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578660</v>
+        <v>583190</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>60.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578684</v>
+        <v>583206</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>11.9</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578707</v>
+        <v>583213</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>49.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578721</v>
+        <v>583220</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>3.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578738</v>
+        <v>583237</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578745</v>
+        <v>583244</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>32.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578752</v>
+        <v>583343</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578769</v>
+        <v>583374</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578776</v>
+        <v>583381</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>27.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578783</v>
+        <v>583398</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>127.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578790</v>
+        <v>583411</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>2.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578806</v>
+        <v>583459</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>3.0</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578813</v>
+        <v>583473</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>45.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>