--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -14,191 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 17:08</t>
-[...2 lines deleted...]
-    <t>GRILL HAMBURGUER MAKER RAF R.253 - 220V</t>
+    <t>Lista gerada no: 30/03/2026 18:14</t>
+  </si>
+  <si>
+    <t>TERMICA NOBEL NH-30280 - 1L</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>TV 43'' SMART LED IKEDA LE-4321 - LED/SMART/HD/HDMI</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>IKEDA</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO INFANTIL FOSTON 8.5" GT4400 - CORES</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 15CM OM190462 - SEM CAPA</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R6L4B/70 - AA*4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R03L4B/70 - AAA*4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R20G2B/70 - D*2 PCS</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS EHGEIBERC EB-8013 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15030 - PRATA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 48MP/2 DISP - 2.8" - PRETO</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6058 TEMP - 1800W - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>PANQUEQUEIRA SONIFER SF-6176 - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>RAF</t>
-[...44 lines deleted...]
-    <t>Cabos USB</t>
+    <t>MOEDOR DE CARNE SONIFER SF-5009 - 3000W - 220V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>PASSADEIRA PORTATIL DE MANO SONIFER SF-9106 - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PISO BIGSTAR BS-01703 - 150KG - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C515 - 12000MAH - 2 USB</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 128GB/6 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>CABO USB-C PARA CELULAR - XIAOMI L33020 - T-C/T-C - 1M</t>
-[...59 lines deleted...]
-    <t>MINI VENTILADOR JL8832KA - 3 VELOCIDADES - RECARREGAVEL</t>
+    <t>COPO TERMICO 709ML - PRETO CANECA</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>FACA MULTIUSO 2.5MM 20512 -  PRETO</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO FOSTON GT4400 - FORCE SMASH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae40ace663943f25712b0532fbb5562.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b663d4645249ffc8c2758b261e9de8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d652bf5e4ef1ea5eecbd89bdf675aaf2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be8cb3b595f37744ac5af01c28ab4789.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/420b40eb5f9df707f581e68a8b6e5049.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbcdf3d547996ca37e87f1c5afa8d825.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bcd69fb0341b960038683343d962e1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd7deb93dda33509db4137320367cdea.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d5e746edd842c0a295f09cea233842a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9633ff4653832dcf1eddb5298e72a6db.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56474c822f2e947454e80a54f95f3e8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e67fb4a2d9adef4a1444f3e1d43eed86.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d3ed8d37d5b6580f37b28dd9a4cfba6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27008953efc071cc9385e622862aa99e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f7da06f76ec30e0f52d2feecf0f6654.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449e4fb9a24e8945596cdd33061945c6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6070476c4986cd83e761cf0a278042ae.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5b49237a4cf1cd8eef5aeeae36e3ab0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cfe10dead2fd5984e3ef535f7ed2143.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/382e3f6b21592fdf178deb94691f39ab.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97895b62469cec7fed442d4307a896a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb74c307fbfd08f0e0dc1bfc9a0c0c16.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c9b0c267f79fbda7ff494859750c03.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da73d0b4c7c11bc0d1869bd7fcd407ca.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c53e89560290a68f5afd6a1f1fe2ae.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52b3de6fec2c44504926da9c04d894cc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3caf6476a9f9662cc6ac1a0c86bba1ef.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5de13674dcd0fa87d52faf9b2037863c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90456996533b6eec3e7d2828d29dab6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3129240c01c332c028d958cd611b3e1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0be3f72e48d254cca129627a0314ce3b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7cd3072712b412064fe87f4539bac8c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ebf2b2ad0638d1337409bba826cca1d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38805e1cb44429bc9daf61d3c7092c23.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbca1ca637abbcf273577cb6beda6db9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c546c4276f8046f93cb27584e704560.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8369a3ea7d1d838d2198c738130f8f2f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab0115b326469c89d525f5fd4b274467.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/465d541d48d805cc01fe1ed116e2841c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c035d078b0b9e1ef0a195aab35d1576e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>583084</v>
+        <v>585767</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>583091</v>
+        <v>585804</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>48.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>583107</v>
+        <v>585828</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>59.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>583114</v>
+        <v>585835</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>48.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>583145</v>
+        <v>585842</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>39.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>583169</v>
+        <v>585859</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>583183</v>
+        <v>585866</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>583190</v>
+        <v>585903</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>583206</v>
+        <v>585910</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>5.5</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>583213</v>
+        <v>585927</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>5.5</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>583220</v>
+        <v>585934</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>583237</v>
+        <v>585941</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>109.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>583244</v>
+        <v>585958</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>168.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>583343</v>
+        <v>585965</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>125.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>583374</v>
+        <v>585972</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>583381</v>
+        <v>585989</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>583398</v>
+        <v>585996</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>40.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>583411</v>
+        <v>586030</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
         <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>583459</v>
+        <v>586047</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>490.0</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>583473</v>
+        <v>586054</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>169.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>