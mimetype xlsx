--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -14,194 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 19:18</t>
-[...20 lines deleted...]
-    <t>PIPOQUEIRA ELETRICA MEGA STAR - PS-1200 - 220V</t>
+    <t>Lista gerada no: 29/12/2025 08:13</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 220V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-804CLASSIC - 110V</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLKE EVA KPP-063 - BLUETOOTH - CARTAO SD - BRANCO</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - PRETO COM ROSA</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DVR TUCANO - 8 CANAIS - 4 CAMERAS</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-32 - 2 BATERIAS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 110V - ROSA</t>
+  </si>
+  <si>
+    <t>PNEU BIKE ARAME PIRELLI - SC-MBII - 26X2.00</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>PIRELLI</t>
+  </si>
+  <si>
+    <t>DVD PORTATIL MAXON MX-955 - 9 POLEGADAS - USB - SD</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAXON</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2613 - 16 LEDS - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CANETA LASER 5 PONTAS</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>MALETA PARA SCOOTER 10.0"</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>SECADOR ONIDA ON-097 - 4800W - 110V</t>
-[...11 lines deleted...]
-    <t>RADIO MEGASTAR RX-17BT - AM/FM - USB - BLUETOOTH</t>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F108 - BATERIA - USB - SD - BLUETOOTH</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
-    <t>PC MOUSE SATELLITE A-35G - SEM FIO</t>
-[...77 lines deleted...]
-    <t>MAQUINA DE CORTAR CABELO ROADSTAR - RS-803MAX - 220V</t>
+    <t>GRAVADOR DE VOZ  SONY DIGITAL ICDPX470 - 4GB - 1073HORAS - USB</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2301 - USB - MICRO SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - ROSA COM PRETO</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835089b1de1f207485ead7b4c8abe4f2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9cd2c9ef3dbe9d82ca4dac314d3dd4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a720a3f182ca9851fccadf7b462efac4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b017f379cdfdd0ed380b95e8131d9a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b3219b443ab8480a37b8eb3ec11db52.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5abec48c778c07ccbc58ab4275939395.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f1c02265799cb63589d295d2699e9f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7f0900f2264792e9d292a502a7db22c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2d87ec8bcdf2ca57d9d6ed930324d4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9fbae85a8486d66ee53b921efac5e21.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6493bf88bc7089aeb6fb55e98047714e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31ff23f01cd33ef92e8107cc8eb7117b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4053f06a22342f9c09c173d58bff519.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8587fd41a55198e075dd21c859726c2b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7734aceeb89359972f25a89b9fe20180.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d5746363bbaddf1d34f1fb1e23e75a2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d67ecefe4f0205f1af114dc6467379.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40d9a94827b58fb9be5de32d07db05d8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b874aec2f9abb7d0ce63c5f1e999a20.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/839801f6be8af0b465bb5a47386e0482.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c2b36f075181f6a8298f8a9913003a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe90f8fd0af8de5df9221a2b477760d0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfbe032bee911031355c473ab29eb459.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa56ba788aff53afd9dee5b2c94b6e9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce124692dc8686200002dfe0970b1365.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa88cb4e0ad9313af8d50cb65cf30ca.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8158a15030ef5ced4ffcba6f08b421b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0edaf83623ea506fe2e9e9fcc9a7fa84.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b810bc79c49965d439adacec282be6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b31716d666058295a3be906d42adf93.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1e8b18096c782da68f1ff1f94707237.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39795cfe6cc746b751aac3abb0fbf26a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04c276ffd81098d88dbf31988f9d6c1b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d787b2d9d418705648b1e4d5145041ff.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700fc69dc835a94846c70851777fe05a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f81d9b1ff9a6cd0cbf71b1b786dd0a1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0b2ec27b545532b8a63ad054a9050a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc3041a879192167dab117001e6dd49.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e93479d53f396cdda94305e7c47b929.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050b94ef84661649087607735ad03a61.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>338745</v>
+        <v>352451</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>340472</v>
+        <v>352468</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>341486</v>
+        <v>353519</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>343121</v>
+        <v>353526</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>19.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>343138</v>
+        <v>353618</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>343602</v>
+        <v>353953</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>346320</v>
+        <v>356541</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>4.5</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>346405</v>
+        <v>356558</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>22.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>346474</v>
+        <v>356565</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
         <v>18.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>346498</v>
+        <v>357852</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>346504</v>
+        <v>358026</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>136.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>346511</v>
+        <v>358866</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>18.9</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>346528</v>
+        <v>359252</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>347587</v>
+        <v>360807</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>29.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>349840</v>
+        <v>361194</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
         <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>350969</v>
+        <v>361491</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>41.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>352055</v>
+        <v>363686</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>80.0</v>
+        <v>53.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>352390</v>
+        <v>363785</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>6.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>352437</v>
+        <v>364607</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>352444</v>
+        <v>365734</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>18.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>