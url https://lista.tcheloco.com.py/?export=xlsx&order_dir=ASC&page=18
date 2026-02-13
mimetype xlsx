--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,203 +14,224 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 08:13</t>
-[...29 lines deleted...]
-    <t>Secadores</t>
+    <t>Lista gerada no: 12/02/2026 21:20</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>MINI SPEAKER WSTER WS-887 - USB - RADIO FM - BLUETOOTH - CARTAO TF</t>
+    <t>FONE ECOPOWER EP-H131 - BLUETOOTH - TWS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-22N - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CABO HDMI 15 METROS - MICROFINS</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>MICROFINS</t>
+  </si>
+  <si>
+    <t>TOSTADOR WESTINGHOUSE WKTT203 - 2 PAES - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>WESTINGHOUSE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE X-900 COM ESTOJO/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ANTENA PARA TV DIGITAL SATELLITE A-NT76 - ISDB - INTERNO</t>
+  </si>
+  <si>
+    <t>Antenas P/TV Digital</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F10 - USB - RADIO AM-FM - SD</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S101 - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>FONTE TELEFONE PANASONIC GB210 - TGC350 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>ESCOVA GIRATORIA ONIDA ON-1037 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2223  USB/SD/FM/ BLUETOOH</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...50 lines deleted...]
-    <t>MALETA PARA SCOOTER 10.0"</t>
+    <t>SANDUICHEIRA MEGASTAR TX-8829 - 110V - PRETA</t>
+  </si>
+  <si>
+    <t>KIT XENON LED - H3 - C6 - 36W - 3800LM - 12/24V</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>C6</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR DE AR MEGASTAR GH1342 - 2.7 LITROS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 806A-10</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>PLACA BLUETOOTH PARA SCOOTER</t>
   </si>
   <si>
     <t>Scooter</t>
   </si>
   <si>
-    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
+    <t>WATERPIK TUCANO FC168 - FAMILIA - BIVOLT</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA MONDIAL CH-05 / 110V</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>BALANCA DE BANHO MEGASTAR CR-3320</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
-  </si>
-[...28 lines deleted...]
-    <t>Ferros</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +254,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8c2b36f075181f6a8298f8a9913003a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe90f8fd0af8de5df9221a2b477760d0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfbe032bee911031355c473ab29eb459.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa56ba788aff53afd9dee5b2c94b6e9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce124692dc8686200002dfe0970b1365.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa88cb4e0ad9313af8d50cb65cf30ca.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8158a15030ef5ced4ffcba6f08b421b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0edaf83623ea506fe2e9e9fcc9a7fa84.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b810bc79c49965d439adacec282be6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b31716d666058295a3be906d42adf93.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1e8b18096c782da68f1ff1f94707237.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39795cfe6cc746b751aac3abb0fbf26a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04c276ffd81098d88dbf31988f9d6c1b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d787b2d9d418705648b1e4d5145041ff.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/700fc69dc835a94846c70851777fe05a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f81d9b1ff9a6cd0cbf71b1b786dd0a1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0b2ec27b545532b8a63ad054a9050a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adc3041a879192167dab117001e6dd49.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e93479d53f396cdda94305e7c47b929.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050b94ef84661649087607735ad03a61.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a58028e662f790fca18f6919c5f4af0b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4def71247da48d7efe0397ef09ab06f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5702055b4423cbacb5815f63ebae4a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5a0b2bea01730b4b7c24416e051d8a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f3e6b9b00e44df1986e808377b61f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a3edcb617e3828c996d020e2db25825.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d39f1f6a2ed1accb08cb53a18837be3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096c3809f9482485e76a0b3d3d885205.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1078337e62131ebb266f61d6220e9e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4a1e03d4f876f4758ecddfb9ac1f6f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c1c1d558a8f8f141fab9c15f2a1141.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62dabd4a34069c8eb9af5476e989f504.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c004e3d4ef90f56d82a69da7d197e2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb00461f0a5c9a7a9d73b8a665d1570a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a78a1aa85ee46e04fb31f7e17d66ebf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a709e96fcaa8e553872fb0bf2152994f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7404b286af364bee2fcb0da42ce7f8b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731427c5004b53238bcdfc2cd30cd9f5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7af59d123371125d514e120cd990bb1e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8605567abd5437fd1184595fbcbb58a9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1165,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>352451</v>
+        <v>365741</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>352468</v>
+        <v>366458</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>353519</v>
+        <v>367479</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>13.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>353526</v>
+        <v>371124</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>353618</v>
+        <v>371339</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>18.9</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>353953</v>
+        <v>373050</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>356541</v>
+        <v>373500</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>94.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>356558</v>
+        <v>374033</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>356565</v>
+        <v>374101</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>18.9</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>357852</v>
+        <v>374453</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>358026</v>
+        <v>375528</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>35.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>358866</v>
+        <v>376013</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>359252</v>
+        <v>376907</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>5.25</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>360807</v>
+        <v>377201</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>361194</v>
+        <v>378147</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>361491</v>
+        <v>378451</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>363686</v>
+        <v>379885</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="F18" s="3">
-        <v>53.6</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>363785</v>
+        <v>380331</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>364607</v>
+        <v>380584</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>365734</v>
+        <v>384643</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>18.75</v>
+        <v>9.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>