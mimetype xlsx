--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,224 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 21:20</t>
+    <t>Lista gerada no: 30/03/2026 23:45</t>
+  </si>
+  <si>
+    <t>DVD PORTATIL MAXON MX-955 - 9 POLEGADAS - USB - SD</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MAXON</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-2613 - 16 LEDS - BIVOLT - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CANETA LASER 5 PONTAS</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MONDIAL BELLA MA NB-23 - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO SATELLITE A-WS005</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2301 - USB - MICRO SD - RADIO FM - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>SECADOR TUCANO TC-9090 - 8600W - 220V - ROSA COM PRETO</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
   <si>
     <t>PASSA ROUPA NO CABIDE TUCANO JK-9518 / 220V</t>
   </si>
   <si>
-    <t>Ferros</t>
-[...11 lines deleted...]
-    <t>ECOPOWER</t>
+    <t>FONE DE OUVIDO ECOPOWER EP-H132 - BLUETOOTH - AUX</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
   </si>
   <si>
     <t>GRILL MEGASTAR BA-22N - 220V - PRETO</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>CABO HDMI 15 METROS - MICROFINS</t>
   </si>
   <si>
     <t>Cabos /Adapt HDMI</t>
   </si>
   <si>
     <t>MICROFINS</t>
   </si>
   <si>
     <t>TOSTADOR WESTINGHOUSE WKTT203 - 2 PAES - 110V</t>
   </si>
   <si>
     <t>Sanduicheiras / Tostadores</t>
   </si>
   <si>
     <t>WESTINGHOUSE</t>
   </si>
   <si>
     <t>LANTERNA POLICE X-900 COM ESTOJO/RECARREGAVEL</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>ANTENA PARA TV DIGITAL SATELLITE A-NT76 - ISDB - INTERNO</t>
   </si>
   <si>
     <t>Antenas P/TV Digital</t>
   </si>
   <si>
-    <t>SATE</t>
-[...1 lines deleted...]
-  <si>
     <t>RADIO ECOPOWER EP-F10 - USB - RADIO AM-FM - SD</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-S101 - BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
     <t>FONTE TELEFONE PANASONIC GB210 - TGC350 - BIVOLT</t>
   </si>
   <si>
     <t>Comunica��o</t>
   </si>
   <si>
     <t>PANASONIC</t>
   </si>
   <si>
     <t>ESCOVA GIRATORIA ONIDA ON-1037 - BIVOLT</t>
   </si>
   <si>
     <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2223  USB/SD/FM/ BLUETOOH</t>
-[...4 lines deleted...]
-  <si>
     <t>SANDUICHEIRA MEGASTAR TX-8829 - 110V - PRETA</t>
-  </si>
-[...49 lines deleted...]
-    <t>Eletrodom�sticos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -254,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a58028e662f790fca18f6919c5f4af0b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4def71247da48d7efe0397ef09ab06f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e5702055b4423cbacb5815f63ebae4a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a5a0b2bea01730b4b7c24416e051d8a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13f3e6b9b00e44df1986e808377b61f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a3edcb617e3828c996d020e2db25825.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d39f1f6a2ed1accb08cb53a18837be3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/096c3809f9482485e76a0b3d3d885205.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be1078337e62131ebb266f61d6220e9e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff4a1e03d4f876f4758ecddfb9ac1f6f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84c1c1d558a8f8f141fab9c15f2a1141.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62dabd4a34069c8eb9af5476e989f504.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0c004e3d4ef90f56d82a69da7d197e2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb00461f0a5c9a7a9d73b8a665d1570a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a78a1aa85ee46e04fb31f7e17d66ebf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a709e96fcaa8e553872fb0bf2152994f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7404b286af364bee2fcb0da42ce7f8b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/731427c5004b53238bcdfc2cd30cd9f5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7af59d123371125d514e120cd990bb1e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8605567abd5437fd1184595fbcbb58a9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95e67c4f81145322c54338083ebe94cc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2173919a279d8ae65c5ca30b558c3123.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19846c3e92f2f473706bb4092615dded.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1081afda4701948d25d534df497d8f27.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edd7384155a22327af298262c55b74fa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec65b4ccbebf21e781dc45297444d9bc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f8e9dc191a4343f3742e29fdf7539c0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18d3e1cb7abe0fee226c033aeb737ac5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/508a63dc2d93a0a546131b5244bf4aec.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ca4eb533d61b594f228ec43658be159.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d4b6f039ddb3f6761988eb49b846bdc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ebb7807ac6cbb6040a6d046b5565f7e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c649fc7167c7d9b87226c7c637ee99bd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edf073b76dbc7ab590607c495c610004.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09bd856374e8854c1900ebecbc9689f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cee55a8a249bd6f215d22c8c5c51e4b7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0046bbe3a9aac0d7dbd4ef310db6cc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a90b348e6040b95931a94f33f7cdea36.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b803b4aa8d735ef8d0df13ccc93abc9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9641c6f37dd0f50d709287dc1b0b90c1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1165,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>365741</v>
+        <v>358026</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.75</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>366458</v>
+        <v>358866</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>367479</v>
+        <v>359252</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>371124</v>
+        <v>360500</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>371339</v>
+        <v>361194</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>373050</v>
+        <v>363785</v>
       </c>
       <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>13.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>373500</v>
+        <v>364607</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>25</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>374033</v>
+        <v>365734</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>374101</v>
+        <v>365741</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F10" s="3">
-        <v>55.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>374453</v>
+        <v>366465</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>0.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>375528</v>
+        <v>367479</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>376013</v>
+        <v>371124</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>376907</v>
+        <v>371339</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>377201</v>
+        <v>373050</v>
       </c>
       <c r="C15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" t="s">
         <v>41</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>378147</v>
+        <v>373500</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>17.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>378451</v>
+        <v>374033</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>379885</v>
+        <v>374101</v>
       </c>
       <c r="C18" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>380331</v>
+        <v>374453</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>39.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>380584</v>
+        <v>375528</v>
       </c>
       <c r="C20" t="s">
+        <v>51</v>
+      </c>
+      <c r="D20" t="s">
+        <v>52</v>
+      </c>
+      <c r="E20" t="s">
         <v>53</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>384643</v>
+        <v>376907</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>9.5</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>