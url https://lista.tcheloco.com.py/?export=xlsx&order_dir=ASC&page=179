--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -14,197 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 17:08</t>
-[...5 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 30/03/2026 18:23</t>
+  </si>
+  <si>
+    <t>HD SEAGATE 2TB SKYHAWK - DVR 3.5 - ST2000VX017</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>SEAGATE</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' - SA25716 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>BIKE ARO 26'' SA25846 - PRETO</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>BIKE ARO 26'' SA25848 - BRANCO</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1980 - BLT/FM/TWS/USB/8"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2262 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT 19107 - 300W - 220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT 19106 - 200W - 220V</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA BEER PINTS 2112 - 2L +140ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1995 BLT/FM/300W/MP3/12"</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1993 - BLT/150W/MP3/USB/10''</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O NECK KNEADING - 12V/2V</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O U-SHAPED ALMOFADA - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA MATE/TERERE LUO LU-4306 - 750ML</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>PANELA DE ARROZ ELETRICA RAF R.178 - 5L - DIGITAL - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - 14"/37" - FIXO - SATE A-RM14371</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>QUADRICICLO ELETRICO INFANTIL LEVEL LVR-179 - VERMELHO</t>
-[...113 lines deleted...]
-    <t>SUNLIGHT</t>
+    <t>SPEAKER JVC XS-KY5215B - BLT/IPX5/70W</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M8 5G - 256GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M8 5G - 512GB/12 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>ASPIRADOR PORTATIL BRITANIA BASE01 - 60W - 600ML - BIVOLT</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9d0f7abb6cce1edc0e971bba7fc68a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32cce7dee086f98f7488d45e2c1a4c1a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23930992b03a165dddc51e5c2f39faa4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad7dfac4f20109a577340378fedfe7ee.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f26cf8103caa87a9ab673e7b691b734.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d8c1027a64445c844fd9c18fd3a369f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73acb02d7558572eb191c9d6f4b399bb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a2c8499ee9e179ae1b837ba31e0ef53.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635bc71cb6bfb7a2da8b10787a2be2ab.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/586fb05d0b2382a342d96c8cb912fda4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfdb4b445317efb6084409804c9bde58.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4d40feed588c5e155d2e9cec301cdf0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04fbadcdd816b1de58098cda4c76b70.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41ac62d078a6bb908d08671d2088935.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24282aeb2416f591ad3758682098aaa9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d74e8ed3fe32ab33ba0a5c077b5411a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c192fc2dd1be35792fd35c8875e95021.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7439efd997c4af51741c819da12a7125.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4c58b62e5e5bc9004d746bff6f11c0b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374193fbfbd30bcec7f1d2848441281f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea23bcbea68f834c48522beb2f1b39e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59cc9f19925f1df3ef28518ee0a322bb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22d09a26448fce99157a479a6bcf10c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/127ee351f49f6c070084d04105eaf516.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/361571db094fa9ce2a0ffd0dd4e4716d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8c2160edd0f7e151f5b82945559b465.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/684e3a79ee7765d3514010084e2f4c9f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7550afd8c6291f8d013f50a6ac2e06c9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/403d7e3d79f572e4e6def78f50edebbf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0e20a5a9f4e41a72200db77dbf86cd2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98a1097bc6d1cad73c528279ee0c27f6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d71b1b26d53626e6aaac99e8ebad942.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27ce1d03f4cf73cc852a55177eaab3af.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a831b91a759cdcd54f9ee6583ebc5f80.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8e222c811cb890286a0be0e959a8b27.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cc704b67bfa9805f48ff14c215175ae.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7dc18b449b6308dc55ae263e8e20e7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/833f13eae8a07a07f339b3d7e28bca0c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/664c81b30d33c4b400fe712949bd3843.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95a5cc5401d60c9a998775c0fc74cc80.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>582865</v>
+        <v>585460</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.0</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>582889</v>
+        <v>585484</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>60.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>582896</v>
+        <v>585507</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>60.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>582902</v>
+        <v>585514</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>39.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>582919</v>
+        <v>585521</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>582926</v>
+        <v>585538</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>582933</v>
+        <v>585569</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>582940</v>
+        <v>585576</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>582957</v>
+        <v>585590</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>582964</v>
+        <v>585606</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>31.0</v>
+        <v>367.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>582971</v>
+        <v>585613</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>582988</v>
+        <v>585620</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>19.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>582995</v>
+        <v>585637</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F14" s="3">
-        <v>25.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>583015</v>
+        <v>585644</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>88.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>583022</v>
+        <v>585651</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>583039</v>
+        <v>585675</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" t="s">
         <v>37</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>30.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>583046</v>
+        <v>585682</v>
       </c>
       <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
         <v>39</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>583053</v>
+        <v>585705</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>583060</v>
+        <v>585712</v>
       </c>
       <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>2.99</v>
+        <v>229.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>583077</v>
+        <v>585729</v>
       </c>
       <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
         <v>46</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>47</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>40.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>