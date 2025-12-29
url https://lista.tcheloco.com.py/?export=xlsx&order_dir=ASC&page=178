--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,212 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/11/2025 23:59</t>
-[...14 lines deleted...]
-    <t>Utens�lios dom�sticos</t>
+    <t>Lista gerada no: 29/12/2025 07:45</t>
+  </si>
+  <si>
+    <t>REPRODUTOR DVD MESA DAYS DYD-4000 - 5.1CH</t>
+  </si>
+  <si>
+    <t>CD / DVD</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER JBK 4206 / FM/MIC/USB/TF/BT / 2*4"</t>
-[...65 lines deleted...]
-    <t>Maq.Corta Cabelo/Barba</t>
+    <t>REPRODUTOR DVD MESA HYUNDAI HY-2240 - 5.1CH - BIVOLT</t>
+  </si>
+  <si>
+    <t>REPRODUTOR PORT�TIL DVD HYUNDAI HY-9921 - USB/SD/7"/ BIVOLT</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR INOVA SPO-8681 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA INOVA LED-610 - 60 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>BASTAO DE SELFIE INOVA SP-414 - BLT</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE MANUAL - MEAT MINCER 13290</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI A24I P24FBA-RAGL - FHD - HDMI - IPS 24"</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI A27I P27FBA-RAGL - FHD - HDMI - IPS 27"</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4931 / PAINEL SOLAR</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FRITADEIRA RAF R.5224 - INOX - 5L - 220V</t>
-[...20 lines deleted...]
-    <t>GRILL MULTIFUNCIONAL RAF R.5496 - 220V</t>
+    <t>LANTERNA ECOPOWER EP-8306 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8316 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8331 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8332 - RECARREGAVEL - 1 LED - SOLAR - BIVOLT</t>
+  </si>
+  <si>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2744</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2745</t>
+  </si>
+  <si>
+    <t>VENTILADOR HAYATTECH HAY-V1650 - COLUMNA COM CONTROL - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>3NSTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR FS-40 COLUNA - 3 VEL - 110V</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14R - 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
-    <t>CREPEIRA RAF R.216X - CORN DOG MAKER - 220V</t>
-[...20 lines deleted...]
-    <t>XIAOMI</t>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>TENDA DOBRAVEL PRAIA/CAMPING - 3X6 - AZUL</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>OM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02563514f788fa93927a4a01652cacd9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c71645b84104cbd8838e579985ce910.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaed2b8fb986b8cd28d6b82330a5eb04.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a78fcb25cc634fcc7982a8eeeda09c4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9986ba065a78f4f5af878248bc76199c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a9393b6abd8653bd7a861c5d096cc78.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b671834873838ff08dc45272aabd8952.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d833d0a4c45f20f4939a3b02037c26a1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7869b55073cdb8013c4cd54f65d72f25.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f739c4b1a792507e99d8cfac5cdf3b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f269022bb104b66a4ff56465e03772b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1650000cda7166578e0f7f645fed2e18.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86e41fc6316157cd52bb595b56b7f428.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2719e37753223f0edfd62b396872d2f8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3914119d4f9494361f9ab785ef413bd4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c558d7a281751a691ced82b459f816a0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890a1a4c8a8ce3765ce9ba878d1c9678.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03fbbb415bacc37b83ef5d0d3ef36b0d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/532f03e4f08f82cdddbc1fa1cddb1167.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c18819d872d7ef633e1e7fac8a51abc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a451b5ff1883ab838a8cb82534669c38.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfaddc260032fb0bf630f0d094dbf297.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d107e98b97e8a7756fe075f02b0c4e6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582728d23803e86c38da0a789c952da6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12cf45d7bc0909a7e4b5032713ffc31.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8533b1fd3ebf87a5de49cec66042db84.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a903147946103d1995f9d3242339485d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f48e2249c62654511037e69f2039f7a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4efc6825b8684d3b141f9edfb11fc019.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0564c15012aec38da4dd8bd1ed29f5b0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43f8a80889cca30236c4d954eac33ede.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a90a717a68e548474df6584ca64fc3e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ab8b045a3c2dad2ae926b39b0235708.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e1462b546cc436793ec3e70f325dceb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a089da22a4674002b8451289352bbfc7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d62f011289cb394d8979150e891e51.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a28bad8c12f3128319154b19ef2dd7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb33bb904709e387e6fc074c27998cf3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d070497a19cfb94d355e173050539f8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83deecdf308876f284a8285f3c475c0f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571876</v>
+        <v>578264</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>85.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571883</v>
+        <v>578271</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.25</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571968</v>
+        <v>578288</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>31.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571982</v>
+        <v>578301</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>35.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572026</v>
+        <v>578318</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>28.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572033</v>
+        <v>578325</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3.25</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572040</v>
+        <v>578349</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>3.25</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572064</v>
+        <v>578356</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>69.75</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572071</v>
+        <v>578363</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>28.3</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572101</v>
+        <v>578387</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572125</v>
+        <v>578394</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572156</v>
+        <v>578400</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>13.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572170</v>
+        <v>578417</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F14" s="3">
-        <v>40.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572187</v>
+        <v>578424</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F15" s="3">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572194</v>
+        <v>578431</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F16" s="3">
-        <v>42.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572200</v>
+        <v>578448</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="F17" s="3">
-        <v>21.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572217</v>
+        <v>578462</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572248</v>
+        <v>578479</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>29.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572255</v>
+        <v>578493</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572262</v>
+        <v>578523</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>113.0</v>
+        <v>98.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>