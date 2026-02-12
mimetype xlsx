--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,191 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 07:45</t>
-[...5 lines deleted...]
-    <t>CD / DVD</t>
+    <t>Lista gerada no: 12/02/2026 18:39</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18127 - COLUMNA - 3X1 - 18" - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>COPO TERMICO NOBEL HOME NH-30346 - 1300ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>REPRODUTOR DVD MESA HYUNDAI HY-2240 - 5.1CH - BIVOLT</t>
-[...8 lines deleted...]
-    <t>SUPORTE PARA CELULAR INOVA SPO-8681 - UNIVERSAL</t>
+    <t>GARRAFA TERMICA ARAX VX250 - 2.5L - INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8761- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8762 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8763 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8765 - BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8766- BT/USB - 7"</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR  LUO LU-4002 - UNIVERSAL - RETRATIL</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
-    <t>INOVA</t>
-[...14 lines deleted...]
-    <t>Moedores de Carnes</t>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E113 - WIFI/1 CAM</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16239B - AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>MONITOR XIAOMI A24I P24FBA-RAGL - FHD - HDMI - IPS 24"</t>
-[...59 lines deleted...]
-    <t>Grill</t>
+    <t>MOTO ELETRICA FOSTON X14 MAX - 960W- 32KM-H - AZUL</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X14 MAX - 960W- 32KM-H - LARANJA</t>
+  </si>
+  <si>
+    <t>ALISADOR MEGASTAR GWB618N - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>TENDA DOBRAVEL PRAIA/CAMPING - 3X6 - AZUL</t>
-[...5 lines deleted...]
-    <t>OM</t>
+    <t>ALISADOR MEGASTAR GWB618P - DISPLAY/CERAMICA</t>
+  </si>
+  <si>
+    <t>MIXER RAF R.9267 - 300W - BRANCO - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR BARBEADOR - VGR V-368</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA NOTEBOOK LUO LU-4007</t>
+  </si>
+  <si>
+    <t>Notebook</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-2880 - 2X8" - BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ESMERILHADEIRA ANGULAR ELETRICA PORTATIL SATE A-TK997 - 125MM</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a451b5ff1883ab838a8cb82534669c38.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfaddc260032fb0bf630f0d094dbf297.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d107e98b97e8a7756fe075f02b0c4e6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582728d23803e86c38da0a789c952da6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a12cf45d7bc0909a7e4b5032713ffc31.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8533b1fd3ebf87a5de49cec66042db84.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a903147946103d1995f9d3242339485d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f48e2249c62654511037e69f2039f7a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4efc6825b8684d3b141f9edfb11fc019.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0564c15012aec38da4dd8bd1ed29f5b0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43f8a80889cca30236c4d954eac33ede.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a90a717a68e548474df6584ca64fc3e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ab8b045a3c2dad2ae926b39b0235708.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e1462b546cc436793ec3e70f325dceb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a089da22a4674002b8451289352bbfc7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d62f011289cb394d8979150e891e51.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26a28bad8c12f3128319154b19ef2dd7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb33bb904709e387e6fc074c27998cf3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d070497a19cfb94d355e173050539f8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83deecdf308876f284a8285f3c475c0f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d9b63afe5cb52af7fd0e67a90792dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5881d45982d9b7ff256ec53d349016.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101cab65ab2f30b1df81ad566ebd51ea.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e557f533b1d9aa7671a66f10a1ebe4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/894a950600b349ecc5f0d9f4946c9c10.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84979177795aee56495e50aa216a5667.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763007daeddb2202538f43c8b95bbbb6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c45209d49ecd5cba03dab92897bdac6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/685ec71d6a501d486e730ce3f29baf39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f84dff796b8edf9a7867ef5d1ebc5e5d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdec46680bbe28016e1da87b1ebb470.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c99fabd8c127b916768e84df7776343.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03c52babc8014dc325591066575c743.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45de84ab9ad2c0b235651cfd4bb49b9d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec7db5c9fb8d1786f4990ddcf55f34c7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2ec78046ba0cbf443d8bec9a2ec157.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a43c45f7d76cab537e3836bfafc4383e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7e8b0158bb87177ac2c53007b138c7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff498b66eadb276308d2e5d6d831e2e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed160cca849a28a70a131e5053e81e85.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578264</v>
+        <v>582520</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578271</v>
+        <v>582537</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578288</v>
+        <v>582544</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578301</v>
+        <v>582575</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>3.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578318</v>
+        <v>582582</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578325</v>
+        <v>582599</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578349</v>
+        <v>582612</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578356</v>
+        <v>582629</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>75.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578363</v>
+        <v>582636</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>87.0</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578387</v>
+        <v>582643</v>
       </c>
       <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>28.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578394</v>
+        <v>582711</v>
       </c>
       <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>3.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578400</v>
+        <v>582742</v>
       </c>
       <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
         <v>31</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>2.5</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578417</v>
+        <v>582759</v>
       </c>
       <c r="C14" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E14" t="s">
         <v>32</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>2.5</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578424</v>
+        <v>582766</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578431</v>
+        <v>582773</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>4.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578448</v>
+        <v>582780</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578462</v>
+        <v>582797</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578479</v>
+        <v>582803</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578493</v>
+        <v>582810</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>22.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578523</v>
+        <v>582827</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>98.0</v>
+        <v>48.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>