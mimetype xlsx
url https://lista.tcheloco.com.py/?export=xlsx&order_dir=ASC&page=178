--- v2 (2026-02-12)
+++ v3 (2026-03-31)
@@ -14,203 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 18:39</t>
-[...2 lines deleted...]
-    <t>VENTILADOR BAK BK-18127 - COLUMNA - 3X1 - 18" - 110V</t>
+    <t>Lista gerada no: 30/03/2026 20:00</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA BICICLETA 19581 - DIANTEIRO/BUZINA</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>MOCHILA INFANTIL DESENHO RELEVO</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XIAOMI AD332EU - 33W - USB/TIPO-C - ORIGINAL</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XIAOMI MDY-17-EF - 45W - USB - ORIGINAL</t>
+  </si>
+  <si>
+    <t>VENTILADOR BIGSTAR 6002 18" COLUNA - 110V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>BAK</t>
-[...20 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X2 MAX - VERMELHO</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X2 MAX - AZUL</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH X8 PLUS - COM MINI CELULAR + ACESS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>CARREGADOR 12V MEGASTAR CH222 - USB+USB-C - 60W</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>LAVA JATO MEGASTAR LA-1350 - 1350W - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>LAVA JATO MEGASTAR LA-850 - 1100W - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>DEPILADOR 5 EM 1 MEGASTAR GWE858 - 600MAH</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA/CABELO MEGASTAR GWE041 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART THE POWER OK-1 - 2 RELOGIOS/GAME/5P/SPEAKER</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGASTAR FAN1842 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M10 ULTRA / CINZA</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7045 - TYPE-C - 3.0A - 30W</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-8762 - BT/USB - 7"</t>
-[...95 lines deleted...]
-    <t>Ferramentas</t>
+    <t>LUZ DECORATIVA HYE-9901 - 12" - USB-C - COM CONTROLE</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA HYE-9800 - 9" - USB-C</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO HYE H1PRO - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05d9b63afe5cb52af7fd0e67a90792dc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b5881d45982d9b7ff256ec53d349016.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/101cab65ab2f30b1df81ad566ebd51ea.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e557f533b1d9aa7671a66f10a1ebe4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/894a950600b349ecc5f0d9f4946c9c10.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84979177795aee56495e50aa216a5667.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763007daeddb2202538f43c8b95bbbb6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c45209d49ecd5cba03dab92897bdac6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/685ec71d6a501d486e730ce3f29baf39.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f84dff796b8edf9a7867ef5d1ebc5e5d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffdec46680bbe28016e1da87b1ebb470.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c99fabd8c127b916768e84df7776343.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03c52babc8014dc325591066575c743.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45de84ab9ad2c0b235651cfd4bb49b9d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec7db5c9fb8d1786f4990ddcf55f34c7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2ec78046ba0cbf443d8bec9a2ec157.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a43c45f7d76cab537e3836bfafc4383e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7e8b0158bb87177ac2c53007b138c7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff498b66eadb276308d2e5d6d831e2e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed160cca849a28a70a131e5053e81e85.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c478fc129e73b81ae6b12fbbdd2b2c29.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65731d6efc5538f052fa15a34ebd5320.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b86ae642c01f28f24b1b5081856b7d0d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3874b5643f15a0e93ed9625c8fce6a22.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4674dee21efee083f646d4377f95bb52.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4b12fa7024067104130232ae9b0de73.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e56955d9ff4d720463ee7ace3c247e72.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a25941cb67ffbf2b21a9be3d182ac1c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14fee987e04e6d04de1c4a1d950839d3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d08d649d0ebd439e7e40cf806a6f0edc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d59bf0a31610853643e885c5b72b5c6a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c3a1471fde3b6e46d038e8b6eec850b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6cb826e202f30f5c16b671b9f60575a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f558fedab9831a01d8617f3cf546444.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41668984b66e8281ee47c08bd8eda18b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef134eb465ece4ab04e10efbcd6be8a4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7269c235595ea6b0eed6e8367177d99a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e08a34ea0da5eec9bf655f98ce8657b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb2e0637100485e11d1f948e101d8852.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836fb0072cd283deeeb1cacf4c51d733.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1145,416 +1136,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>582520</v>
+        <v>585231</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.75</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>582537</v>
+        <v>585248</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>582544</v>
+        <v>585255</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>582575</v>
+        <v>585262</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>28.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>582582</v>
+        <v>585279</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>28.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>582599</v>
+        <v>585286</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>28.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>582612</v>
+        <v>585293</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>28.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>582629</v>
+        <v>585316</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>28.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>582636</v>
+        <v>585323</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>3.8</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>582643</v>
+        <v>585330</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>582711</v>
+        <v>585347</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>28</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>65.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>582742</v>
+        <v>585354</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>505.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>582759</v>
+        <v>585361</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F14" s="3">
-        <v>505.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>582766</v>
+        <v>585378</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>582773</v>
+        <v>585385</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>582780</v>
+        <v>585408</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
+        <v>25</v>
+      </c>
+      <c r="E17" t="s">
         <v>39</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>582797</v>
+        <v>585415</v>
       </c>
       <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" t="s">
         <v>41</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>582803</v>
+        <v>585439</v>
       </c>
       <c r="C19" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" t="s">
         <v>44</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>582810</v>
+        <v>585446</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>82.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>582827</v>
+        <v>585453</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>48.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>