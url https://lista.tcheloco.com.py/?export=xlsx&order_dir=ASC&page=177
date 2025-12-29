--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,185 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 01:13</t>
-[...26 lines deleted...]
-    <t>ASPIRADOR WESTINGHOUSE CYCLONE - 110V</t>
+    <t>Lista gerada no: 29/12/2025 07:48</t>
+  </si>
+  <si>
+    <t>SPK ECOPOWER EP-1979 BLUT       /   14"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1992 / BLT/FM/MP3 / 12"</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA ECOLINK EL-1003 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYE165UL / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>MUMULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>REFIL GLUCO ECOPOWER EP-2741 - 50 UNID</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8756 / BT / USB / 9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WINNINGSTAR ST-5051 - 220V</t>
   </si>
   <si>
     <t>Aspiradores</t>
   </si>
   <si>
-    <t>WESTINGHOUSE</t>
-[...76 lines deleted...]
-  <si>
     <t>WINNINGSTAR</t>
   </si>
   <si>
-    <t>FRITADEIRA WINNINGSTAR ST-9202 / 6L+6L / 220V</t>
+    <t>CARREGADOR HYE HYEC43 / 30W / USB-C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43C / 30W / CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43L / 30W / CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC44C / 30W / CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC8L / 20W / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO RAF R.0303 / 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7045 - 3L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE HYE HYEC79 - 65W - USB/USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121C / FONTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BIGSTAR BSP-02P - 110V</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/211854e67af422418ae14839e76177ad.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546325c869f7979029bd7876e21f58d8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1e12463ff50219fb8e7b5d138d208db.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b7a33b4d334395049e2a2a8daf0eb3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd2e04622d841c063d63010e2e72ea16.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74964bcfb31f4a6b00d6cca2a396569b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c2817a8739e0edd6b000ceefb1ca549.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcc1a094f2b05903f3199a65b15c4e6a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6607918a408bf6d14e2d218c324d3a8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffb4959c9de70fead4b03608e6d11082.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23eb17f147ad030f82e736ebba0e0b80.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68a44e6ebd81748da7ee468c4a4f81cf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed675c7e8cd65150e1f80737b62eb242.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a19fb4fcce20c7be323ca729a7518c60.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be4458523cb762a67ef7460f88b99ebf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27102ccd7061bf2f317cb6a99e95501a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05cc8569332355745b2cf606b2308dd.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5f3decc3c2a3c5b63767161997ba19.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70a2a3968dd59519160df870fb614302.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac0c04fc38b24d7caba5374c9f84bd7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca0bf29cbbf5e62bb4d332c6d382a88b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81258effa82c00308bdf18afe35b979b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abfa7b0c18c7e5b08e2b5b2c4216dfa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271d7ae829b9670b7ce0b27151e36d1c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a792c78f71d624869c908c419b0f2113.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4aa50dd58315f51bb27a7a188f54b8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a28b4310b6fdcb16937299dcbc7a7e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10dfcb290be8de1a3683bb5bf0234185.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a7a7776fc999f81a7150d04f3032fd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea9f07ebf8c1b873fd3c787c661dc5e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374cff2654ba039968cc7243319927e5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370473f43645c36cc2070a24b9f757e6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b375b71e09a82dc4d48955b46a6a811.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0fbc424a39c1506b560bfe32b3c359f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e766a2ebb888f46f054ce52bda64e0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d38c02b2fc50946721f61208f21f64.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee035d99e071931cd8033f2210b445ea.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac762081408fe89939d9ae8ecba34d94.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79efc5e3311f38b469184d272778d057.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610931361f287eb7965219d373b5f4db.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571630</v>
+        <v>578004</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571647</v>
+        <v>578011</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>212.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571654</v>
+        <v>578028</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>23.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571678</v>
+        <v>578066</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571685</v>
+        <v>578073</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>30.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571692</v>
+        <v>578080</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>45.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571708</v>
+        <v>578097</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571715</v>
+        <v>578103</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571722</v>
+        <v>578110</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571746</v>
+        <v>578127</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571753</v>
+        <v>578134</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>195.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571777</v>
+        <v>578141</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571784</v>
+        <v>578158</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>5.75</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571791</v>
+        <v>578165</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>7.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571807</v>
+        <v>578172</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571814</v>
+        <v>578196</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
-        <v>7.0</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571821</v>
+        <v>578202</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E18" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571838</v>
+        <v>578226</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>7.75</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571845</v>
+        <v>578233</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>45.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571852</v>
+        <v>578257</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F21" s="3">
-        <v>72.0</v>
+        <v>17.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>