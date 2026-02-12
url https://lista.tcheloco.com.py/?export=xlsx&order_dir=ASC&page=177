--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,176 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 07:48</t>
-[...5 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>Lista gerada no: 12/02/2026 18:47</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA DH-HDW1200TRQP - 2.8M/2MP/INT</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRCCB-2M - USB-C / TIPO C - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R113 - 3M</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RAF R.5399 - 7L+7L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>ALICATE MULTIUSO TOTAL TFMFT01151</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8801</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-1992 / BLT/FM/MP3 / 12"</t>
-[...2 lines deleted...]
-    <t>PLACA INFRARROJA ECOLINK EL-1003 - 220V</t>
+    <t>LANTERNA POLICE ECOPOWER EP-8802</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8803</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7040 - 1 USB-C - 3.0A - 45W</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>VENTILADOR BIGSTAR FS-6003 - 18'' - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF167 - 5L - 2 EM 1 - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA SATE A-DV918 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA SATE A-R382 - 2500W - 2M</t>
+  </si>
+  <si>
+    <t>CAMERA VIDEO CAR (DVR) - ECOPOWER EP-8769</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - LUO LU-4987</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA RAF R.8064 - 4 BOCAS - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>CARREGADOR HYE HYE165UL / FONTE + CABO LIGHTNING</t>
-[...83 lines deleted...]
-    <t>BIGSTAR</t>
+    <t>KIT DE FERRAMENTAS NEW TOOLS 7213 - 12 PCS</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI SMART BAND 10 (M2459B1) / ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>DRONE S9HP - DUAL CAMERA - COM DISPLAY</t>
+  </si>
+  <si>
+    <t>Drones</t>
+  </si>
+  <si>
+    <t>VENTILADOR BAK BK-18220 - COLUMNA - 3X1 - 18" - 220V</t>
+  </si>
+  <si>
+    <t>BAK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -206,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca0bf29cbbf5e62bb4d332c6d382a88b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81258effa82c00308bdf18afe35b979b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6abfa7b0c18c7e5b08e2b5b2c4216dfa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/271d7ae829b9670b7ce0b27151e36d1c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a792c78f71d624869c908c419b0f2113.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e4aa50dd58315f51bb27a7a188f54b8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1a28b4310b6fdcb16937299dcbc7a7e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10dfcb290be8de1a3683bb5bf0234185.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97a7a7776fc999f81a7150d04f3032fd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bea9f07ebf8c1b873fd3c787c661dc5e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374cff2654ba039968cc7243319927e5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370473f43645c36cc2070a24b9f757e6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b375b71e09a82dc4d48955b46a6a811.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0fbc424a39c1506b560bfe32b3c359f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5e766a2ebb888f46f054ce52bda64e0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d38c02b2fc50946721f61208f21f64.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee035d99e071931cd8033f2210b445ea.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac762081408fe89939d9ae8ecba34d94.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79efc5e3311f38b469184d272778d057.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/610931361f287eb7965219d373b5f4db.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8abd35f34545cdf3d604c016ba2031f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1582aee8f5eea26f55fb87a7e89e8c04.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15c61646debcedc4ee78215cfaf6f880.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f8cc566563714dc94b8e92182668c3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6994de4487b7cd4de3600c0f3b58c33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d37dcb8c0a7447af00899d5d732d230.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4722e247f411492f2791d81292699.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85159e1ad59c4ae4e7a8e03a1b059429.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1391413b381a69b0283394f77f8408e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa362d66001235ec3b2d4aa0bdf5f58.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd745d1eba88c8b7ecdee66ac8ed9b3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad838733cc1cb974831ad55ed6015b66.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2993950c7a98595cca7928f2a9020f25.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2979d1fb0b2084646cf24406ae2c087.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370193d2c7d382360d9233fcc560e1f4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79bc3e87d24507a080c9f75c304f951f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efc6ca8a0ba0ffb43f886767cd1f20f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9baf8596a75fe412120afbfa911e49b5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79c2451e0e26e1c144891db12c9aa2c7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/598df7fba26a9cd52935024015507228.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1117,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578004</v>
+        <v>582056</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>217.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578011</v>
+        <v>582063</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>212.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578028</v>
+        <v>582087</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>62.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578066</v>
+        <v>582100</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.6</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578073</v>
+        <v>582162</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>43.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578080</v>
+        <v>582179</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>43.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578097</v>
+        <v>582186</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578103</v>
+        <v>582193</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>62.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578110</v>
+        <v>582209</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
         <v>24</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>67.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578127</v>
+        <v>582216</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578134</v>
+        <v>582223</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578141</v>
+        <v>582261</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>11.25</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578158</v>
+        <v>582308</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>14</v>
       </c>
       <c r="E14" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>11.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578165</v>
+        <v>582322</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578172</v>
+        <v>582353</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>80.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578196</v>
+        <v>582421</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>14.5</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578202</v>
+        <v>582438</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578226</v>
+        <v>582452</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>13.5</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578233</v>
+        <v>582476</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="F20" s="3">
-        <v>13.5</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578257</v>
+        <v>582513</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>17.5</v>
+        <v>17.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>