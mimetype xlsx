--- v2 (2026-02-12)
+++ v3 (2026-02-12)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 18:47</t>
+    <t>Lista gerada no: 12/02/2026 20:06</t>
   </si>
   <si>
     <t>CAMERA HD DAHUA DH-HDW1200TRQP - 2.8M/2MP/INT</t>
   </si>
   <si>
     <t>C�meras de Seguran�a</t>
   </si>
   <si>
     <t>DAHUA</t>
   </si>
   <si>
     <t>CABO MAXELL BRCCB-2M - USB-C / TIPO C - 2M</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>FILTRO DE LINHA SATE A-R113 - 3M</t>
   </si>
   <si>
     <t>Filtro de Linha</t>
   </si>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8abd35f34545cdf3d604c016ba2031f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1582aee8f5eea26f55fb87a7e89e8c04.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15c61646debcedc4ee78215cfaf6f880.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f8cc566563714dc94b8e92182668c3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6994de4487b7cd4de3600c0f3b58c33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d37dcb8c0a7447af00899d5d732d230.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a4722e247f411492f2791d81292699.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85159e1ad59c4ae4e7a8e03a1b059429.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1391413b381a69b0283394f77f8408e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fa362d66001235ec3b2d4aa0bdf5f58.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbd745d1eba88c8b7ecdee66ac8ed9b3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad838733cc1cb974831ad55ed6015b66.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2993950c7a98595cca7928f2a9020f25.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2979d1fb0b2084646cf24406ae2c087.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/370193d2c7d382360d9233fcc560e1f4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79bc3e87d24507a080c9f75c304f951f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efc6ca8a0ba0ffb43f886767cd1f20f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9baf8596a75fe412120afbfa911e49b5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79c2451e0e26e1c144891db12c9aa2c7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/598df7fba26a9cd52935024015507228.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b30e8c6bb7ebbde3074a8bbbdce69a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d7dcd75719935b7f35e690754911d4d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39e98d1677bfc08c8125220140089b0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e0ef55a05a001ec014b4d5c86051aaa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a2b796e1825c8bdefc4ae77f739e3ea.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/139ba7ce2817f32cf8c97bac59150612.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47360d7519addca3db31ec879a2bfdf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ddb165a8e0ddb24dea1538ba0635ff.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c385d42679e034f7c82e0469af684a8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9de7557194c0301b556f211138de503.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40aafbcb34aa442323d0d55fa7214add.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762320e9de39191a3f562cda96486308.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a11f0fb90b352a5374383b5c2186a99.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c49fdfbd49046ce1595b657298d8f071.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7856e89a4269c6cbcbe5b92727679b63.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c7d91f4b28466d124626d0f3b4319b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bc7985d056fca01a65e47fce552fc7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301d2e3468b3de6b776ad89697bea0bc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e6948245e845c3b00dd63358cf8662.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc1154a687711db5aeb348bd4de316b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>