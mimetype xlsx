--- v3 (2026-02-12)
+++ v4 (2026-03-31)
@@ -14,206 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 20:06</t>
-[...23 lines deleted...]
-    <t>Filtro de Linha</t>
+    <t>Lista gerada no: 30/03/2026 20:00</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6026</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRYER RAF R.5399 - 7L+7L - 220V</t>
+    <t>MOCHILA SMART LED SATE A-KP6061</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6071</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PISO BIGSTAR BS-01704 - 300KG - BIVOLT</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>FRITADEIRA ELECTROBRAS EBFR-35 - 3.5L - 220V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA PARA 4 OVOS MULTIFLON - COM TAMPA</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ACKILISS ACL-7905 - 6.8L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ACKILISS</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOLIMIX ML-1200-B - A�ETETE - 1200W - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS PROSPER P-1120 - 16MM</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR DE MESA INOVA - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR INOVA SP-416 - KIT STUDIO</t>
+  </si>
+  <si>
+    <t>ACESSORIO PLACA AUTOPROPELIDOS PARA MOTO FOSTON</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS AIWA 9143 - (1/4",3/8") - 40 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>AIWA</t>
+  </si>
+  <si>
+    <t>MOCHILA INFANTIL 2X1 COM RODINHAS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE HYE-INV09BRW - 9000BTU - 60HZ INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-1881 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-2885 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>BARBEADOR PHILISHAVE S-3882 - RECARREGAVEL/LAVAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR PELOS PHILIPS MG7940 - 15X1 - NARIZ/CABELO/BARBA/CORPO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL RAF R.6629A - 110V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
     <t>RAF</t>
-  </si>
-[...97 lines deleted...]
-    <t>BAK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97b30e8c6bb7ebbde3074a8bbbdce69a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d7dcd75719935b7f35e690754911d4d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f39e98d1677bfc08c8125220140089b0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e0ef55a05a001ec014b4d5c86051aaa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a2b796e1825c8bdefc4ae77f739e3ea.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/139ba7ce2817f32cf8c97bac59150612.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47360d7519addca3db31ec879a2bfdf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ddb165a8e0ddb24dea1538ba0635ff.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c385d42679e034f7c82e0469af684a8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9de7557194c0301b556f211138de503.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40aafbcb34aa442323d0d55fa7214add.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762320e9de39191a3f562cda96486308.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a11f0fb90b352a5374383b5c2186a99.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c49fdfbd49046ce1595b657298d8f071.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7856e89a4269c6cbcbe5b92727679b63.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4c7d91f4b28466d124626d0f3b4319b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7bc7985d056fca01a65e47fce552fc7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301d2e3468b3de6b776ad89697bea0bc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91e6948245e845c3b00dd63358cf8662.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc1154a687711db5aeb348bd4de316b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/083bea26d7b3fc9172d2596767a65bee.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af098189ffb5c56506c4108c966566ca.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2eb0d2fb7fa92f1e4fdf9a694695c014.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2de469271c58eeed8f187a2f01c3cb66.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdeb0157da289b3a42cccee4819648ea.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d57309638e1ebbee8cb3ba453c3da494.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d41757fe354c903a207733b8d18411e1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/053e65eb056a7780bdd92a9f12b5121f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b2eeacb59906947c57e09875c84e4cd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a17f56d47bc12584bd4255029dbeb6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a49e7a7476d76b085552ab775d78da.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6da274c1452cf3723f33839cd127ac43.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb01a2a88646aaa648a895244de6ff03.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a11f4232b8bc44388c50932ae1aa88.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a63fd16623fd0604f89fbb236ff0415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01a41cac440d278743907cb911990231.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35d494f5ff69515ba95446c481013594.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbdb6111b728e392cc94819350a678c0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8985706cd19b8bad955d17643dda71a0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d46c764e3038f653dd5e4bb22068759a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>582056</v>
+        <v>584951</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>582063</v>
+        <v>584975</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.75</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>582087</v>
+        <v>584982</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>6.5</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>582100</v>
+        <v>585002</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>85.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>582162</v>
+        <v>585019</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>582179</v>
+        <v>585026</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>582186</v>
+        <v>585040</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>582193</v>
+        <v>585057</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>582209</v>
+        <v>585088</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>582216</v>
+        <v>585095</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>18.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>582223</v>
+        <v>585101</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>70.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>582261</v>
+        <v>585118</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>26.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>582308</v>
+        <v>585132</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>582322</v>
+        <v>585156</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>582353</v>
+        <v>585170</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>260.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>582421</v>
+        <v>585187</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>110.0</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>582438</v>
+        <v>585194</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>582452</v>
+        <v>585200</v>
       </c>
       <c r="C19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>46</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>38.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>582476</v>
+        <v>585217</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>42.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>582513</v>
+        <v>585224</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>17.75</v>
+        <v>8.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>