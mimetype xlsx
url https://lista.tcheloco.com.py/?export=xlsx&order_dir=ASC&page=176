--- v0 (2026-02-12)
+++ v1 (2026-03-31)
@@ -14,206 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 20:05</t>
-[...11 lines deleted...]
-    <t>PORTA TEMPEROS GIRATORIO SA23297 INOX/VIDRO - 20 PCS</t>
+    <t>Lista gerada no: 30/03/2026 22:05</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F339 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2282 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1983 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115B - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA EUROMAX - 2.5L - COLOR/DISENHO</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>OM</t>
-[...26 lines deleted...]
-    <t>TV SMART LED 55'' SUNLIGHT - 22002 - 4K UHD</t>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-100 ARCO/BLT - BEIGE</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA MONITOR TUCANO M-011</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>TV 43'' SMART LED HYE HYE43ATFZ - FHD/SMART/ANDROID 14</t>
   </si>
   <si>
     <t>Televis�es</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...83 lines deleted...]
-    <t>LG</t>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 98'' HYE HYE98GTUH - 4K/SMART/GOOGLETV</t>
+  </si>
+  <si>
+    <t>1,180.00</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8001D - 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8005D - 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8008D - 6MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8011D / 6MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8104 / 2MP/ICSEE</t>
+  </si>
+  <si>
+    <t>CARREGADOR USB SATE A-CC1201 - USB/USB-C*2/12W/TB</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR USB SATE A-CC2002 - USB/USB-C*2/20W/TB</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA CARRO 12V SATE A-CC2011 - USB/TC/30W/PD</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA CARRO 12V SATE A-CC2012 - USB/TC/30W/PD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41a629395713ed701f85545c76e28be5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06ca4b6a2c6c773044622e509be1c3e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1311bacd306264ca36d83963826a47dd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dab9a4c6ad172faff939bb015785ca7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/447c4cd95bd39ac4533f41c79d08e7c5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/536b098966c7f1639f1a39140cca4cb4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a5b6327fb3df252cee2f986710eb38.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31cb4161e2899610468138791b5c1cd6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b2049b5f7c0435bea9ea7399f07d086.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da3d78a3b72dc34039f48904608392d3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e27dbc5bc25c4f0ac37abcebbf67765.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffc417bb8402ca6f3741cadb782a9200.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc24f7efec7a3e9d64cd2e1113a6196f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf2f64962fd196378fbb21fc0e25a29.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9637a691a655f1ab87b8f82e174dca2b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099b61c7b5ca681754d3f04df6c6310f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20e2bf42c8d53783994e0e623fb4f414.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d1b238d34ff117bef1ec9c28aff71d0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/199290a214a399eb9648ef19384972c2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fc3cb25f67eba07b41d67e957e2abac.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6f861413de90c8d0fdaa3e3fcca6bc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57264224ff06f4b64f503e9c6a86aa24.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76fd5fce61156bd8d7e3326a7aefdd4a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42aa652a0439778cb3d8f17a096fcb39.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0739c1ebe9bc39d688316373bfc4a026.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e733a73c9b68759aa9b143c7a47e70.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bd392dd34c1b2bddb456ec35d0bc51.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cfaa8eb825e4b9cfbe6de6872fc44e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493e8afc44773e40f051bc4e8fb81e00.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af418a6191b2f387c2d6e1eb3fcb7a23.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1021280393a972b3a838b85827a20812.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08b97ecbb04a7121a70ad33ae565709c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123817ed2184036e8ec46d2efa726746.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97a61a3e1e1b39e2fbba2774276fa44.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce53d7a2b3a238c54cc918bbcb98b84.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af2edf72fa022422e9dea6415c86aab.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe52b6eebab76a39d600f4ea0ef0fcfb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dcbb2ef63989d749bb21eedde5401ec.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c9b12cca365c0ccb4c0193f5be9823.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6637c92293fff8efd3ac3fc128ed066.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581738</v>
+        <v>584692</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>72.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581752</v>
+        <v>584708</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>14.5</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581769</v>
+        <v>584715</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>44.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581783</v>
+        <v>584722</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>62.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581790</v>
+        <v>584739</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>72.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581806</v>
+        <v>584753</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>25.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581837</v>
+        <v>584760</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>240.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581851</v>
+        <v>584777</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>48.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>581899</v>
+        <v>584784</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>385.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>581912</v>
+        <v>584791</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>44.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>581929</v>
+        <v>584814</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>44.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>581943</v>
+        <v>584821</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>35.0</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>581950</v>
+        <v>584838</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>32.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>581974</v>
+        <v>584852</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>2.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>581981</v>
+        <v>584876</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>1.5</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>581998</v>
+        <v>584883</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>582001</v>
+        <v>584906</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>29.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>582025</v>
+        <v>584913</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>276.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>582032</v>
+        <v>584920</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>582049</v>
+        <v>584937</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>25.0</v>
+        <v>2.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>