--- v1 (2026-03-31)
+++ v2 (2026-03-31)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 22:05</t>
+    <t>Lista gerada no: 30/03/2026 23:48</t>
   </si>
   <si>
     <t>RADIO ECOPOWER EP-F339 - REC/USB/SD/BLT</t>
   </si>
   <si>
     <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2282 - USB/SD/FM/BT</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-1983 - USB/SD/FM/BT</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
     <t>SPEAKER JVC XS-KY2115B - BLT/IPX7/10W/MINI</t>
   </si>
@@ -215,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c6f861413de90c8d0fdaa3e3fcca6bc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57264224ff06f4b64f503e9c6a86aa24.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76fd5fce61156bd8d7e3326a7aefdd4a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42aa652a0439778cb3d8f17a096fcb39.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0739c1ebe9bc39d688316373bfc4a026.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e733a73c9b68759aa9b143c7a47e70.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bd392dd34c1b2bddb456ec35d0bc51.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5cfaa8eb825e4b9cfbe6de6872fc44e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493e8afc44773e40f051bc4e8fb81e00.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af418a6191b2f387c2d6e1eb3fcb7a23.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1021280393a972b3a838b85827a20812.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08b97ecbb04a7121a70ad33ae565709c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123817ed2184036e8ec46d2efa726746.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97a61a3e1e1b39e2fbba2774276fa44.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce53d7a2b3a238c54cc918bbcb98b84.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af2edf72fa022422e9dea6415c86aab.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe52b6eebab76a39d600f4ea0ef0fcfb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dcbb2ef63989d749bb21eedde5401ec.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c9b12cca365c0ccb4c0193f5be9823.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6637c92293fff8efd3ac3fc128ed066.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca97ddb9bceedf6a5dccc996acd47a0e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c83e0b883c8bf73a6fd870fd0c01179.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25159942d0fc1a3176197ebecf280931.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e05c8e4c61ab36cffcbbf8797f5c10.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb90f49e43cbb40fc73269571e61a38c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1811885ad25f4252dd4de6ed2bad71b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0ce663433039590fa0fc6442598a9a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bcdf80ac1b19b36718b7dc6aef617bd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99276fcee91af9638508ac507fcaf506.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13035a6e4a2d768fdfaddae4d894a54.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c39d1f5184ef06a04414129a48dde95.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d81e19f191db48f0cc711a1fa6dcb788.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69279b3db901a536aa2baff4b239615e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d6c2a7c35c4c490e49ecf16b819359.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe4c3e6fb14d7be9e629257d3020ee19.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7944751bbabb649491f00451ecbd07fa.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a216fc9075707799b64e89b882484c2f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a0c2cec9554bb38e3f56a88b338619.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73e166cdda34848629275c2fb9021e5e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3c0166277490e9c209e0cbe6e4087ce.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>