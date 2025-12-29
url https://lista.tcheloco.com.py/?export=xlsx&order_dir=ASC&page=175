--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,191 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 02:54</t>
-[...5 lines deleted...]
-    <t>Ferramentas</t>
+    <t>Lista gerada no: 29/12/2025 09:36</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA MOTO MEGASTAR SPK01 - BLT/USB/FM - 12V</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO LED-3W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CELULAR BLU ZOEY FLEX Z270L - 4G - 1.8'' - DUAL SIM - 4G - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8271 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8276 / 4MP / APP ICSEE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 2 EM 1 SONIFER SF-8150 / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 4 EM 1 SONIFER SF-8151 / 400W / 220V</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H171 - ARCO/BLT/FM/TF</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2319 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-27R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>BOROSCOPIO ARTICULADO SATE A-GL931 - 1M</t>
-[...11 lines deleted...]
-    <t>SECADOR COMPACTO MEGASTAR SC-224 - 2000W - 220V</t>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO RAF R.0310 - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-498 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...44 lines deleted...]
-    <t>Infantil</t>
+    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>KIT DE PANELAS MASSIMILIANO ML-6006 - 7 PCS</t>
-[...38 lines deleted...]
-    <t>PROSPER</t>
+    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>SACA ROLHA KANDEX SP-001 - RECARREGAVEL - 2V</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>KANDEX</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL SATE A-TM01</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO ATMA 12000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd59514dfde58ca6f0fa0ea2a2b00669.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60875d11f4e86b16b8e245c822bb5338.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6115d716f5c1b38896ac86f385e054e0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238c97c1e95247a51cfb10d4ada5af7a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d5a839a828631083937cf93d118cd75.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65048207729e9339df449f706e057b8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d705a7a5770fa1696aea107bf98d5b4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32be5d3e50b9a2b1997c6acb98be586.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c945f6995f25ebe7dc2bf22bb5981d77.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fe81af6b20ce215746cf731771879be.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fcd32c14c3217b5b13411d5fca6a806.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92a80b70b24a25ff88f3db284a22d34.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f504bc426132470373f34290422507b6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff76d3bcf8a5fd63967cc6cfc208fbb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fae594e761e2e3d626e48080e35c767.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26a013cb8939179019c5e8cd8a13f6e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a6cbd418a568faca8ff727a22dacd13.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb1baed9c6a36bfcc9425f6e049992ee.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe516cf2224781cca079f9602596abf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a453b50e38f366c6b5c93758a022e865.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3c4fae80832002617a8f0b1018ac25.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b36dfe4e2d5e5aa03d1a1535b4bbb1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfae8b6b1f4f083dc02f18c71a569465.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3294c73075e2cea3cc127c981e39b8b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee3bb9868f9d41ac16d389934881512e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030a5f2c0bb73f390f32eef2d7fbbad0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ed213277703f1f5f7e8ddc942983898.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecaf6376baf62e3e945fe78db84625c9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa2f1666abe5d314404278a72dab06c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5193a69ce7b1a08cb5ba4cf58cb22a40.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa03ed697308f9fb83abdb656b8eb81.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee4b19baa198833c8635467414f7219.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c2fc1fe6e989906c28693a37528d3b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5bb7dde23452fa62bcb20923f046a2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e7bce6c89f01ce56930252d16e6743c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f470d5256c22c43cb0ae8a7ccf97400f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4647faebd5e769cc1afd8ccb3ab84f91.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf5746af5e1602ac05bf16c904df76c2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72617abc3017c1a5c4af2a45176ddb34.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36474e6b98293778446b9e93a284e6ff.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>570985</v>
+        <v>577625</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>28.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>570992</v>
+        <v>577632</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571005</v>
+        <v>577649</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571012</v>
+        <v>577656</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571029</v>
+        <v>577663</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571036</v>
+        <v>577670</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>11.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571067</v>
+        <v>577687</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>39.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571074</v>
+        <v>577694</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>60.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571081</v>
+        <v>577700</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>37.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571098</v>
+        <v>577717</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F11" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571104</v>
+        <v>577724</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>19.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571128</v>
+        <v>577731</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571159</v>
+        <v>577748</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
         <v>68.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571166</v>
+        <v>577762</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>35.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571173</v>
+        <v>577823</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
-        <v>34.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571180</v>
+        <v>577861</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571197</v>
+        <v>577885</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571203</v>
+        <v>577892</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571210</v>
+        <v>577915</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
         <v>32</v>
       </c>
       <c r="F20" s="3">
-        <v>17.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571227</v>
+        <v>577984</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>16.0</v>
+        <v>265.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>