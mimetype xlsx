--- v1 (2025-12-29)
+++ v2 (2026-02-12)
@@ -14,218 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 09:36</t>
-[...41 lines deleted...]
-    <t>LIQUIDIFICADOR 2 EM 1 SONIFER SF-8150 / 300W / 220V</t>
+    <t>Lista gerada no: 12/02/2026 20:22</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 2 EM 1 RAF R.2870 - 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
-    <t>SONIFER</t>
-[...5 lines deleted...]
-    <t>FONE DE OUVIDO ECOPOWER EP-H171 - ARCO/BLT/FM/TF</t>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COR QUENTE 20732 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RADIO RELOGIO ALARME PHILCO PAR3206BT FM/USB/BLT - BIVOLT - 50-60HZ</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PHILCO</t>
+  </si>
+  <si>
+    <t>RADIO RELOGIO ALARME PHILCO PAR3120BT FM/USB/BLT - BIVOLT - 50-60HZ</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PHILCO PRC-1024S - COMP SAMSUNG</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA CORES - CORTINA - INOVA LED-8-08</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - PRETO</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - AZUL/ROSA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED INOVA LED-613 - 100W / E27</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 5 EM 1 BRITANIA BMP2000 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO/INSECTOS ELETRICO ELECTROBRAS EBMI-16 - 110V</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO/INSECTOS ELETRICO ELECTROBRAS EBMI-20 - 110V</t>
+  </si>
+  <si>
+    <t>TV 75'' SMART LED MTEK MKQ75FSGU - 4K/QLED GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE HYE-INV30ABW - 30000BTU - 50HZ INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR VGR V-253 BARBA/CABELO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-990 BARBA/CABELO</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL GRANDE - 16309</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2286 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
-[...11 lines deleted...]
-    <t>Apresentador de Slides</t>
+    <t>TECLADO PARA PC SATE AK-962 - USB/ESPANHOL</t>
+  </si>
+  <si>
+    <t>Teclados</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
-[...65 lines deleted...]
-    <t>NOBLEX</t>
+    <t>TECLADO PARA PC SATE AK-961 - USB/PORTUGUES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3c4fae80832002617a8f0b1018ac25.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46b36dfe4e2d5e5aa03d1a1535b4bbb1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfae8b6b1f4f083dc02f18c71a569465.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3294c73075e2cea3cc127c981e39b8b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee3bb9868f9d41ac16d389934881512e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/030a5f2c0bb73f390f32eef2d7fbbad0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ed213277703f1f5f7e8ddc942983898.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecaf6376baf62e3e945fe78db84625c9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa2f1666abe5d314404278a72dab06c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5193a69ce7b1a08cb5ba4cf58cb22a40.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa03ed697308f9fb83abdb656b8eb81.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aee4b19baa198833c8635467414f7219.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c2fc1fe6e989906c28693a37528d3b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5bb7dde23452fa62bcb20923f046a2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e7bce6c89f01ce56930252d16e6743c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f470d5256c22c43cb0ae8a7ccf97400f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4647faebd5e769cc1afd8ccb3ab84f91.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf5746af5e1602ac05bf16c904df76c2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72617abc3017c1a5c4af2a45176ddb34.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36474e6b98293778446b9e93a284e6ff.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4382bb00a598a8ea357234e7c515164d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f329630e790d72e834c7c734a7b024d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e664611415510c4c61d134ac9569a5e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5cf9c47885257d5a3ac77d14568933e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/607bf49d17f3cecc2d5f48fb4a672cf9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9aed8a87e965a1bb8efd9b158b9be3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb26a0ac19718c186cb10bcae413876c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/556b3619c6cb81bc9e67c8593fe53475.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a45a24526af3e431e5fe7367b54fa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a3a6ba31add9ec296acae20ae6d86d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f22396a7d0b63d7fc08850683ecef15.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f234961de86f11754b8d556cc676a6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6f423eb1fd12f8cca03a9672ccb58b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3889b11edf4addf3bd4bd8725994373b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3bf631fe3c0fb9b5404acb9ff0d840e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9e884bec2ea4609d5290abb9a8e761.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8492942a78be2c21ecb48eca6ac2ea9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1ae71894742e94ae2ecfdffe69d8fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ad2f1d1491fa7a22a2cc3a7cf5fad4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05325ca6d16ebb2aa6f12e091dac6f3c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577625</v>
+        <v>581356</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577632</v>
+        <v>581363</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577649</v>
+        <v>581370</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>24.9</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577656</v>
+        <v>581387</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>17.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577663</v>
+        <v>581394</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577670</v>
+        <v>581400</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577687</v>
+        <v>581417</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>24.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577694</v>
+        <v>581431</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>9.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577700</v>
+        <v>581455</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
         <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577717</v>
+        <v>581479</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577724</v>
+        <v>581493</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577731</v>
+        <v>581509</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577748</v>
+        <v>581530</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>35</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>68.0</v>
+        <v>599.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577762</v>
+        <v>581561</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
         <v>38</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>3.5</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577823</v>
+        <v>581578</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>12.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577861</v>
+        <v>581585</v>
       </c>
       <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577885</v>
+        <v>581608</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577892</v>
+        <v>581691</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" t="s">
         <v>48</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577915</v>
+        <v>581714</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
+        <v>50</v>
+      </c>
+      <c r="E20" t="s">
         <v>51</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>1.25</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577984</v>
+        <v>581721</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>265.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>