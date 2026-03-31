--- v2 (2026-02-12)
+++ v3 (2026-03-31)
@@ -14,209 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 20:22</t>
-[...5 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>Lista gerada no: 30/03/2026 22:05</t>
+  </si>
+  <si>
+    <t>CAMERA IP MEGASTAR CA968 - 2MP - ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-082 - USB/FM/BLUT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK1221 - 12 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK1521 - 15 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK611 - 6 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK612 - 6 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE  A-TK811 - 8 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>BEBEDOURO BRITANIA PBE19 - PRETO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CABO AUXILIAR INOVA CBO-7323 - 1M</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MOCHILA PORCHETE COM SEGREDO INOVA KL-9327</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>MOCHILA ESCOLAR INOVA KL-9328</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1981 - BLT/FM/TWS/TF/USB/12.1"</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7025 5L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>LED PISCA-PISCA COR QUENTE 20732 - 100 LED - 220V</t>
-[...32 lines deleted...]
-    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - PRETO</t>
+    <t>TERMICA INFANTIL HUNTRIX 3608 - 600ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL AH-806 STITCH AZUL - BLT</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>INOVA</t>
-[...32 lines deleted...]
-    <t>TV 75'' SMART LED MTEK MKQ75FSGU - 4K/QLED GOOGLE</t>
+    <t>HOME THEATER SATE AS-628BL - BLT/CONTR/SD/USB/2.1</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8101 - 2MP/CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>SELADORA PORTATIL SATE A-CUT911</t>
+  </si>
+  <si>
+    <t>SELADORA  PORTATIL SATE A-CUT913</t>
+  </si>
+  <si>
+    <t>TV 32'' TENSEI HD-3200 - LED/SMART/HDR/HDMI</t>
   </si>
   <si>
     <t>Televis�es</t>
   </si>
   <si>
-    <t>MTEK</t>
-[...47 lines deleted...]
-    <t>TECLADO PARA PC SATE AK-961 - USB/PORTUGUES</t>
+    <t>TENSEI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4382bb00a598a8ea357234e7c515164d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f329630e790d72e834c7c734a7b024d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e664611415510c4c61d134ac9569a5e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5cf9c47885257d5a3ac77d14568933e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/607bf49d17f3cecc2d5f48fb4a672cf9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9aed8a87e965a1bb8efd9b158b9be3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb26a0ac19718c186cb10bcae413876c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/556b3619c6cb81bc9e67c8593fe53475.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc3a45a24526af3e431e5fe7367b54fa.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1a3a6ba31add9ec296acae20ae6d86d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f22396a7d0b63d7fc08850683ecef15.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25f234961de86f11754b8d556cc676a6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6f423eb1fd12f8cca03a9672ccb58b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3889b11edf4addf3bd4bd8725994373b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3bf631fe3c0fb9b5404acb9ff0d840e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e9e884bec2ea4609d5290abb9a8e761.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8492942a78be2c21ecb48eca6ac2ea9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f1ae71894742e94ae2ecfdffe69d8fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80ad2f1d1491fa7a22a2cc3a7cf5fad4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05325ca6d16ebb2aa6f12e091dac6f3c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f1063126679d3998994e2c74a08efb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0d997639c18c04c447a2905b3c5f18e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4997e42066a95e59ab8a0a920c562e86.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0dac72e3e04c52d1ca31400b9ab2d5e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bb584f0c1486cd145f4f8675efbbf3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a311c9ef1d804a026cdc3554df567dac.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97e3be147fef998d6b46388edbce036.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bfeaec071210458e895a2d9a2a9dab5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4bf1e30de38e268c972e5158dfbb96.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba215afbba43032bd04ac05541d8b092.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f5de47dec47c3a8b904e749a8c3c84.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76f3c113920feb1ac519fa13ba3bfb0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadb589b4ff174d67e0b604435ddc4ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c87f2e66b95fe5a3adf310b3a783697d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde81968555744fd982b48d6c2a14a33.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de89674498bd4753a1ba489c5bac6b7d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6e85ed66bdd3489f945c8250b011840.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29650e935fd163447d9ac7a595b2931a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a09ad813b1e3e82c3d996b288113bb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16472f0183b4b4d0459f323931170fcb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581356</v>
+        <v>584418</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581363</v>
+        <v>584432</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581370</v>
+        <v>584449</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>17.5</v>
+        <v>164.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581387</v>
+        <v>584456</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>18.5</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581394</v>
+        <v>584463</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581400</v>
+        <v>584470</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581417</v>
+        <v>584487</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>8.75</v>
+        <v>116.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581431</v>
+        <v>584517</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>8.75</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>581455</v>
+        <v>584524</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>581479</v>
+        <v>584531</v>
       </c>
       <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>63.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>581493</v>
+        <v>584548</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>22.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>581509</v>
+        <v>584555</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>24.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>581530</v>
+        <v>584593</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>599.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>581561</v>
+        <v>584609</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>750.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>581578</v>
+        <v>584616</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>581585</v>
+        <v>584647</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>581608</v>
+        <v>584654</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>26.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>581691</v>
+        <v>584661</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>48.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>581714</v>
+        <v>584678</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>581721</v>
+        <v>584685</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>82.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>