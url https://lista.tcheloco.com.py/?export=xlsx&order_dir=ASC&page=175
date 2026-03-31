--- v3 (2026-03-31)
+++ v4 (2026-03-31)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 30/03/2026 22:05</t>
+    <t>Lista gerada no: 30/03/2026 23:43</t>
   </si>
   <si>
     <t>CAMERA IP MEGASTAR CA968 - 2MP - ICSEE</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
     <t>SPEAKER PARTY YE-082 - USB/FM/BLUT</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>KIT DE FERRAMENTAS PORTATIL SATE A-TK1221 - 12 PCS - BIVOLT</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f1063126679d3998994e2c74a08efb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0d997639c18c04c447a2905b3c5f18e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4997e42066a95e59ab8a0a920c562e86.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0dac72e3e04c52d1ca31400b9ab2d5e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96bb584f0c1486cd145f4f8675efbbf3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a311c9ef1d804a026cdc3554df567dac.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97e3be147fef998d6b46388edbce036.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bfeaec071210458e895a2d9a2a9dab5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b4bf1e30de38e268c972e5158dfbb96.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba215afbba43032bd04ac05541d8b092.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44f5de47dec47c3a8b904e749a8c3c84.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76f3c113920feb1ac519fa13ba3bfb0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dadb589b4ff174d67e0b604435ddc4ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c87f2e66b95fe5a3adf310b3a783697d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fde81968555744fd982b48d6c2a14a33.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de89674498bd4753a1ba489c5bac6b7d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6e85ed66bdd3489f945c8250b011840.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29650e935fd163447d9ac7a595b2931a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74a09ad813b1e3e82c3d996b288113bb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16472f0183b4b4d0459f323931170fcb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66ad34c317a8f91eda07853ae187644a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2fe1731fd6334c5f6e83794ae7d736b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/243933c8a8141c7911beaf618fd8fe82.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38082a2fda6093bdd3da0853284a093d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a85a1eddf6c2c3ec3e74d3d5373c8f0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0f8e97d0eaaa6271c8dce1c23c7866c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d892734cab440848c7b0fbfacbfc039.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ad2dccd3c5c0f0d7dc65a1b57e05fe1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee02d2e73ae7988f798b3c8141b4f5b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5059c91e1d52c01eac10792f3d9e69f9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8963917e4a3932a70bc28028978b3e79.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/122a597028d499003b41c91c3ca1bc32.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22499a54fd63bf3fb844a451831abb54.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ed9dde5e32a37c1dd8d10aec7a3fedd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2426d11be1d679d6cc8d0c96aa3fec2f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0089acf846809d8b546b6c404bdc0568.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f5f1fd220d844bcd8d67a15e1e1e6d4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c36c74523d63ad37f2374605a542299.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36d8c1e94befe473c5f3fcc6f3b0f306.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f35519f3bb88ca4f7951b3e945d99d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>