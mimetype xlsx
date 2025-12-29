--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -14,194 +14,185 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 04:47</t>
-[...38 lines deleted...]
-    <t>FRITADEIRA AIR FRYER PROSPER P-3301 - 6L - BRANCO - 220V</t>
+    <t>Lista gerada no: 29/12/2025 11:08</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PORTATIL QYLAR BLENDER TWIST QY-1602 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR TURBO QY-2002 - 1000W - 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR QYLAR TURBO QY-2002 - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATTCH Z97 MINI - 4 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATTH Y80 - 8 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>GRILL INTERBRAS H20BR - 110V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>INTERBRAS</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO INTERBRAS C10BR - 1 BOCA - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>SANDUICHERA INTERBRAS G30BR - 4 UNID - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - GIRATORIO - 32"/85" - SATE A-RM3281</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8013</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8018</t>
+  </si>
+  <si>
+    <t>MINI PROJETOR TUCANO TC-00</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>PROJETOR TUCANO TC-005 - WIFI NEW</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PINGUIN TV MXQBOX10 / 16GB-256GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>PINGUIM TV</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE-021 - PRETO - 10L - 110V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
-    <t>PROSPER</t>
-[...77 lines deleted...]
-    <t>VACUUM</t>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE-021 - PRETO - 10L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 110V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +215,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df143befc03b27db118d76ca82752f3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04e923f8798e09cf375242f5b7637e09.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a2fa04cb2a5761ff5cd0d94924808c8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e900032ba55ee9d10798f1b1f911cb1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bcc95c4e9c593a0298c56153b88178e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c58fef6f0ae554387e5fbfd4b78f3125.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c891e61255b1853a4ffb1b0ff86bae4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccf5105bf3649ff6362b08bfa9227d40.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/238caa61497751ad596b97f63333596c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f217fac4db0f17d35f19639ae5e60c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/572d79af37f7dc301786a687b176d1b9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/441bf1e95b30b106aaa8eddbb7f461a7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de326d7d8fa8a30aa427a68f5acaab45.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b61829bf2556a42970e39b9b731b6ece.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/049fc77604259177533b3e08daf61762.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241d4f4802fad2523155b862b4a68920.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a0e863266beab348256b902f05473a9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e469e2c5f4d01dfd2d16bab9060ee2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6562535d0ba6c6c8b949f09f6664f0fb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0136334d29ee7de002bbf5d7ff62f0b1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6c593d8b8a1aa2542db3067d4594cd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64409ffdebb77f8681a26b6cf80d9ce9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bd1583c028f86c4056104003f3aa110.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762c0a3d9c520e601ecccb6bffb4ce53.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9c434b38385e9c9c80c90f87495cef.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c98f60d5c493cb364126c44fe5eabf50.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2599934094ffa69542f93f96da673572.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bec5201df93974588ffe2d30f526d3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bec0c3b18eab7d334f43446bbd4913.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68e554f528beec5de1925ab6b8f0603.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6191ddaf2c7e550b1ab57f394e605f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7dd590080d0b6de75395947f61b1e69.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44dcfded55e284b9edad90c640a3a3e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acfc70d90dd30ebbdab3dada7689cc07.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d66b8a9a197708755e1f78c0105d6d9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13058a1c27798363aab18ddfe4967e03.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b94bdae9d48e30b342efec864f8ad93d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09532e64d9102ed192a7a4b63e146be.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205c1ea28124fb7dc00256c0cfd234ff.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1912a73842f02a52c449607f8655959.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1126,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>570268</v>
+        <v>576826</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>93.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>570299</v>
+        <v>576833</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>570312</v>
+        <v>576840</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>570329</v>
+        <v>576857</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>575.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>570336</v>
+        <v>576864</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>28.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>570343</v>
+        <v>576871</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>28.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570350</v>
+        <v>576888</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570367</v>
+        <v>576895</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>29.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570374</v>
+        <v>576918</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F10" s="3">
-        <v>72.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570381</v>
+        <v>576956</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>24.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570398</v>
+        <v>577045</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570404</v>
+        <v>577069</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>32.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570411</v>
+        <v>577076</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>22.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570428</v>
+        <v>577090</v>
       </c>
       <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>53.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570442</v>
+        <v>577106</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570466</v>
+        <v>577120</v>
       </c>
       <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
         <v>38</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>22.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570473</v>
+        <v>577137</v>
       </c>
       <c r="C18" t="s">
+        <v>39</v>
+      </c>
+      <c r="D18" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" t="s">
         <v>41</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>22.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570480</v>
+        <v>577144</v>
       </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570497</v>
+        <v>577168</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570503</v>
+        <v>577205</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>30.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>