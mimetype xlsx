--- v1 (2025-12-29)
+++ v2 (2026-02-13)
@@ -14,185 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 29/12/2025 11:08</t>
-[...2 lines deleted...]
-    <t>LIQUIDIFICADOR PORTATIL QYLAR BLENDER TWIST QY-1602 - 220V</t>
+    <t>Lista gerada no: 12/02/2026 21:59</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X12 MAX - VERMELHA</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X12 MAX - PRETO/FOSCO</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X12 MAX - BANDEIRA</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 18000BTU - 220V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 24000BTU - 220V/60HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO WADFOW WMD15851 - 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 15CM OM 19665 - SEM CAPA</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LED MATRIX PAINEL SATE A-MP27 - 12X59.5CM</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LED  MATRIX PAINEL SATE A-MP32 - 30X20.0CM</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS + UTENSILIOS / OFERTA /  4 PANELAS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS - OFERTA - 3 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A07 (A075M) - 64GB/4RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3201 - 600W - 1.5L - 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BARBEADOR PORTATIL XO CF32 - 4 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA NOBEL NH-30356 - 500ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA NOBEL NH-30357 - 750ML</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL QYLAR QY-0813 - 200W - 110V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
     <t>QYLAR</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR QYLAR POWER BLEND QY-1216 - 110V</t>
-[...101 lines deleted...]
-    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 110V</t>
+    <t>BATEDEIRA MANUAL QYLAR QY-0813 - 200W - 220V</t>
+  </si>
+  <si>
+    <t>BATEDEIRA WINNINGSTAR T-5302A PLANT - 16L - 220V</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb6c593d8b8a1aa2542db3067d4594cd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64409ffdebb77f8681a26b6cf80d9ce9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bd1583c028f86c4056104003f3aa110.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/762c0a3d9c520e601ecccb6bffb4ce53.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c9c434b38385e9c9c80c90f87495cef.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c98f60d5c493cb364126c44fe5eabf50.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2599934094ffa69542f93f96da673572.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30bec5201df93974588ffe2d30f526d3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51bec0c3b18eab7d334f43446bbd4913.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68e554f528beec5de1925ab6b8f0603.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc6191ddaf2c7e550b1ab57f394e605f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7dd590080d0b6de75395947f61b1e69.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a44dcfded55e284b9edad90c640a3a3e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acfc70d90dd30ebbdab3dada7689cc07.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d66b8a9a197708755e1f78c0105d6d9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13058a1c27798363aab18ddfe4967e03.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b94bdae9d48e30b342efec864f8ad93d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d09532e64d9102ed192a7a4b63e146be.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205c1ea28124fb7dc00256c0cfd234ff.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1912a73842f02a52c449607f8655959.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52fbe8dd5f232b459d039ebee53e8c5e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cbc158006b38a12e68727b451a90f15.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c9ac83a60a02be24be9e0cd22c65de.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dfbd6eb54cff075a4a3c8807e6e257b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23ceff00c6c7d75e4a9c6d356d5f3664.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52454c896f0011288e9a1c12af27dce5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c527b504d27c5fb3d8f26e881a8eb188.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c683c1c75a4938edcd7f3b3ea482ef2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e857a2e54f12c218fea8247cf3f915c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b36a1dfe6153c7ab59ce25aaf5fec1f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b792046d72c7e36829e6194dc75758.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0082c6b55e3defafd3ca94b7d02ed49a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3e06436dfafb6cb8a4f3ea632a996e0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d182634f3f735a353fe8d711b657fc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a9d510a02135ccd276a3508fbd98128.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d14b0b97953b89b63b6f267d6e8ffff.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f8277b7c7bde7e6961fb97767c62ee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2330ba4ad4cfc48fb643c3271b9bbd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1573313e285ccf09b15f7ca4362c26dd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca484c31149b337e881d16d1a4d9f0c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576826</v>
+        <v>580816</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>24.0</v>
+        <v>820.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576833</v>
+        <v>580830</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>21.0</v>
+        <v>820.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576840</v>
+        <v>580847</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>21.0</v>
+        <v>820.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576857</v>
+        <v>580854</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>27.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576864</v>
+        <v>580861</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
         <v>13</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576871</v>
+        <v>580878</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576888</v>
+        <v>580908</v>
       </c>
       <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" t="s">
         <v>17</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576895</v>
+        <v>580915</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>15.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576918</v>
+        <v>580922</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>3.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576956</v>
+        <v>580953</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577045</v>
+        <v>580960</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>24.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577069</v>
+        <v>580977</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>5.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577076</v>
+        <v>580984</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577090</v>
+        <v>580991</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577106</v>
+        <v>581004</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>52.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577120</v>
+        <v>581011</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577137</v>
+        <v>581035</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>60.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577144</v>
+        <v>581042</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>60.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577168</v>
+        <v>581066</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>30.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577205</v>
+        <v>581073</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>30.0</v>
+        <v>179.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>