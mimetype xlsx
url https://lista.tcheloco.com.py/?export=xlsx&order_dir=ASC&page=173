--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -14,194 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 21:59</t>
-[...38 lines deleted...]
-    <t>CANIVETE COM TRAVA 15CM OM 19665 - SEM CAPA</t>
+    <t>Lista gerada no: 31/03/2026 00:05</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - RED GRAFFITI - S/G</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - BLUE GRAFFITI</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LEXICAL LAF-3050 - 8L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>LEXICAL</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER  LEXICAL LAF-3057 - 9L - 220V</t>
+  </si>
+  <si>
+    <t>LAMPADA SOLAR JORTAN JT-8TYCOB-400W - EXTERNO</t>
+  </si>
+  <si>
+    <t>Lampadas Externa</t>
+  </si>
+  <si>
+    <t>JORTAN</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MONDIAL AF-50DV - 5L - 220V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 256GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>ASPIRADOR 2 EM 1 MEGASTAR VC1206 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CONVERSOR TV DIGITAL BAK BK-2026 - ISDBT</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO AOC ACD2534 - BLUETOOTH - BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>AOC</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO AOC ACT1511 - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC COM MICROFONE - AOC ACG2500 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5921 - 40W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5923 - 50W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE BOOSTER BW-1500MB - 15" - BOBINA DUPLA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O ONIDA ON-5026 - PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>INTER COMUNICADOR PARA MOTO ONTECK - BLT</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LED MATRIX PAINEL SATE A-MP27 - 12X59.5CM</t>
-[...77 lines deleted...]
-    <t>WINNINGSTAR</t>
+    <t>WAFFLERA ELECTROBRAS SMART EBWF-01 - 110V</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2281 - BLT/FM/MP3/TF/10"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52fbe8dd5f232b459d039ebee53e8c5e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cbc158006b38a12e68727b451a90f15.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c9ac83a60a02be24be9e0cd22c65de.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dfbd6eb54cff075a4a3c8807e6e257b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23ceff00c6c7d75e4a9c6d356d5f3664.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52454c896f0011288e9a1c12af27dce5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c527b504d27c5fb3d8f26e881a8eb188.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c683c1c75a4938edcd7f3b3ea482ef2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e857a2e54f12c218fea8247cf3f915c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b36a1dfe6153c7ab59ce25aaf5fec1f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4b792046d72c7e36829e6194dc75758.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0082c6b55e3defafd3ca94b7d02ed49a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3e06436dfafb6cb8a4f3ea632a996e0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2d182634f3f735a353fe8d711b657fc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a9d510a02135ccd276a3508fbd98128.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d14b0b97953b89b63b6f267d6e8ffff.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07f8277b7c7bde7e6961fb97767c62ee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f2330ba4ad4cfc48fb643c3271b9bbd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1573313e285ccf09b15f7ca4362c26dd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca484c31149b337e881d16d1a4d9f0c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc383df67970a0376c1968479444aed.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f189bd0a80852cae11ffab842be5ac9f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8995fa722af44e788cb6fa1d1c2fcb8d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fba843b3b4924e8a72a9767213278824.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667725503fafda6ad87d71b1aec07f3b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680298d5b55df898e9c7f28d48345726.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1145cd70b06fe26d49f7ba72ce187b3a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1def377b8aadef58e4c25266c37f2e63.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf5e9fc16a4f6bce1c6e4bbf72bb461.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65dfd53e46dcdf0e9971ef9b7f39471c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a66eb86678b2d7c4018d84396a14e6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a47345ee766a41865567f924401257ca.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297a72a908a15cccb1b4c2375e78e2b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16b5c73ca6e0df60961ff9f2326085c3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f9c9c05b3ce04c6448dab0340cb7dd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b4efdb10104322a7f5bdc1b4f3ec4f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5cd20e027f2e4b4027641ae8ca92c8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/095a9243287fc95b30ff7595ddeab16a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1fa40f387e4425d2aaf67a63a2211a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ec49efb3cc1051bef39f9d14e87b647.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580816</v>
+        <v>583725</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>820.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580830</v>
+        <v>583732</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>820.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580847</v>
+        <v>583756</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>820.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580854</v>
+        <v>583763</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>12</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>13</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>405.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580861</v>
+        <v>583787</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>505.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580878</v>
+        <v>583794</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>26.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580908</v>
+        <v>583916</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>1.8</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580915</v>
+        <v>583923</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>29.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580922</v>
+        <v>583930</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>49.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580953</v>
+        <v>583947</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580960</v>
+        <v>583954</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580977</v>
+        <v>583961</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>96.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580984</v>
+        <v>584012</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580991</v>
+        <v>584029</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>581004</v>
+        <v>584036</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>581011</v>
+        <v>584050</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>6.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>581035</v>
+        <v>584081</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>581042</v>
+        <v>584098</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>581066</v>
+        <v>584104</v>
       </c>
       <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>129.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>581073</v>
+        <v>584128</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>179.0</v>
+        <v>76.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>