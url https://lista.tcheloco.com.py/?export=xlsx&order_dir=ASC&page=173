--- v3 (2026-03-31)
+++ v4 (2026-03-31)
@@ -14,85 +14,82 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 31/03/2026 00:05</t>
-[...2 lines deleted...]
-    <t>SCOOTER 8.5" HYE HY-SC8.5 - RED GRAFFITI - S/G</t>
+    <t>Lista gerada no: 31/03/2026 01:40</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - BLUE GRAFFITI</t>
   </si>
   <si>
     <t>Scooter</t>
   </si>
   <si>
     <t>HYE</t>
   </si>
   <si>
-    <t>SCOOTER 8.5" HYE HY-SC8.5 - BLUE GRAFFITI</t>
-[...1 lines deleted...]
-  <si>
     <t>FRITADEIRA AIR FRYER LEXICAL LAF-3050 - 8L - 220V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
     <t>LEXICAL</t>
   </si>
   <si>
     <t>FRITADEIRA AIR FRYER  LEXICAL LAF-3057 - 9L - 220V</t>
   </si>
   <si>
     <t>LAMPADA SOLAR JORTAN JT-8TYCOB-400W - EXTERNO</t>
   </si>
   <si>
     <t>Lampadas Externa</t>
   </si>
   <si>
     <t>JORTAN</t>
   </si>
   <si>
     <t>FRITADEIRA AIR FRYER MONDIAL AF-50DV - 5L - 220V</t>
   </si>
   <si>
     <t>MONDIAL</t>
@@ -176,50 +173,56 @@
     <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 - 110V</t>
   </si>
   <si>
     <t>Wafflera</t>
   </si>
   <si>
     <t>INTER COMUNICADOR PARA MOTO ONTECK - BLT</t>
   </si>
   <si>
     <t>Esportivo</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>WAFFLERA ELECTROBRAS SMART EBWF-01 - 110V</t>
   </si>
   <si>
     <t>ELECTROBRAS</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2281 - BLT/FM/MP3/TF/10"</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR FAN2024 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfc383df67970a0376c1968479444aed.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f189bd0a80852cae11ffab842be5ac9f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8995fa722af44e788cb6fa1d1c2fcb8d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fba843b3b4924e8a72a9767213278824.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/667725503fafda6ad87d71b1aec07f3b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680298d5b55df898e9c7f28d48345726.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1145cd70b06fe26d49f7ba72ce187b3a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1def377b8aadef58e4c25266c37f2e63.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf5e9fc16a4f6bce1c6e4bbf72bb461.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65dfd53e46dcdf0e9971ef9b7f39471c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48a66eb86678b2d7c4018d84396a14e6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a47345ee766a41865567f924401257ca.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1297a72a908a15cccb1b4c2375e78e2b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16b5c73ca6e0df60961ff9f2326085c3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45f9c9c05b3ce04c6448dab0340cb7dd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b4efdb10104322a7f5bdc1b4f3ec4f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b5cd20e027f2e4b4027641ae8ca92c8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/095a9243287fc95b30ff7595ddeab16a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e1fa40f387e4425d2aaf67a63a2211a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ec49efb3cc1051bef39f9d14e87b647.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e48d6c889832ef876c6dfb99f918d14d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f88c246a4afb01b744b4c042438ccd5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd42b3b5eae84458c6a3f54beac03aae.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f98d4a50740c44fdfa0a073e901b3fb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3708b0179530713bd5b4796c7cd311a8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba504acefb1662cee40bafd28f70d547.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c63df147b50ac335dedf2e16dbc1c9f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe943266354c324caa218b8ccb1d23a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3b30449c12507019ab8ebacd29d59cb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f3b270e490d104204329f19a944d64.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/607afa8dba844980ff313cae6047c3fe.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa9ee11680f8375dbb9c9a11eb8ba2b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97fe6112d09a3e8e43cccfacf50b1f9d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e81d09ff4a5a18bc5a14e21ccb46ef.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6aacd8ce75b282f3544744bb0fc5532.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05ec30987498b75b165a61af609320a8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e49b9fa723eb12f8e8f8ca490f8f9a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/121625d7f4d706fe2c4496cc0726e18b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ae4b4ab484d1660da30406e5959c078.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2105661a9407a5cedbe84455efae29b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1184,386 +1187,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>583725</v>
+        <v>583732</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>115.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>583732</v>
+        <v>583756</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>115.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>583756</v>
+        <v>583763</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>65.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>583763</v>
+        <v>583787</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>70.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>583787</v>
+        <v>583794</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>583794</v>
+        <v>583916</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>63.0</v>
+        <v>181.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>583916</v>
+        <v>583923</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>181.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>583923</v>
+        <v>583930</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>583930</v>
+        <v>583947</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>583947</v>
+        <v>583954</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>15.0</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>583954</v>
+        <v>583961</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>10.25</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>583961</v>
+        <v>584012</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>584012</v>
+        <v>584029</v>
       </c>
       <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
         <v>35</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>584029</v>
+        <v>584036</v>
       </c>
       <c r="C15" t="s">
         <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>584036</v>
+        <v>584050</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>40.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>584050</v>
+        <v>584081</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>35.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>584081</v>
+        <v>584098</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>25.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>584098</v>
+        <v>584104</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>584104</v>
+        <v>584128</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>584128</v>
+        <v>584166</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>76.0</v>
+        <v>22.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>