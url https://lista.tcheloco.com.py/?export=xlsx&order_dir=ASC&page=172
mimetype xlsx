--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -14,200 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 14/11/2025 05:09</t>
-[...17 lines deleted...]
-    <t>Baterias</t>
+    <t>Lista gerada no: 12/02/2026 23:16</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA FACIAL LIMPEZA MEGASTAR BR905</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO SATE A-TK842 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PARAFUSADEIRA DE IMPACTO SATE A-TK841 - BIVOLT</t>
+  </si>
+  <si>
+    <t>CCTV CONECTOR P4 FEMEA</t>
+  </si>
+  <si>
+    <t>Acess�rios dvr</t>
+  </si>
+  <si>
+    <t>VISIONBRAS</t>
+  </si>
+  <si>
+    <t>VENTILADOR LEVEL DE P LVC-207-110 / 16" / 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA KODAK - AA - 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>KODAK</t>
+  </si>
+  <si>
+    <t>TV 32'' SMART LED JVC 32KM158 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>TV 58'' SMART LED JVC 58KM558 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED JVC 65KM558 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV D1238 12"/USB/TF/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV D2118 2X10" - REC/USB/MIC/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV J2225 2X12" REC/USB/MIC/BLT</t>
+  </si>
+  <si>
+    <t>BIKE ELETRICA FOSTON P170 - PRETO - ARO 16''</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS WINNINGSTAR ST-5214 - 4 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>HOME THEATER AILIANG UF-DC6038 - BLT/REC/USB/ 3.1</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>AILIANG</t>
+  </si>
+  <si>
+    <t>PULVERIZADOR WADFOW WRS1820 - 2L</t>
   </si>
   <si>
     <t>WADFOW</t>
   </si>
   <si>
-    <t>SECADOR ECOPOWER EP-3537 - 2800W - 220V</t>
-[...44 lines deleted...]
-    <t>Ferros</t>
+    <t>BATEDEIRA MANUAL RAF R.96633 - 110V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>JARRA ELETRICA CONTINENTAL - 2L - INOX - 110V</t>
-[...53 lines deleted...]
-    <t>DIVERSOS</t>
+    <t>BATEDEIRA RAF R.96637 - 110V</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA FOSTON X12 MAX - AZUL</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5bc43d6b2580322455af45b21d0630c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad68ee97ab62e458a3e913965553686.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbfe6c6c1da6dc02fb6fcbefd31b0710.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46cc18224bbdb92fed1ef21cfb4e7867.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd8cdc86290865e90246ba7fa856e169.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a21c847a297477dba601fa4e207be2b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a02f01ba7dfac0f4bc7d99a972bd8f45.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec3f5f708581a5b2c53ed45e71d572f7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e6a3c2320786210168722402c85349.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47317354b54eff33f43fe5610318d083.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80c7274a6178d743615c3615b6cab7a1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3da5d7d5f3f5bca8e82ae06c2a33f38c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6814303f8e009870bd2af6ea41b1029.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/824ddaef6f7cc4022196141a9b15d311.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d82c472b6131e8ca0b051cd25143f16b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f1214f5da885f36b4d8ca7f088fe2cf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6bc976b73330156caef7e32d57bd40b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c066bd8f837e64a880b99157c9c796d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b09c4ce680fc89290001c08f5808e595.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9f049505c6d8c12c5d867aaf9ae80ad.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd4b71ab02cb4e342c0ebe0243376e5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50eb454ff250be47562283a1e417c3b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75ecc0d9b24215a1b2b937ec63c77dd7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eed0cb239a477fd3fa4c7b90d8869610.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed6ddb6b80712c756b4f462e5e092be1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48add12ebf91effdd1d592b5d6220cc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8aba6803aa0900b15b131d59cfb06c6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f9a55d86bcebb44bc3a1a10f6a4162.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43354f965daab5a99a3aa84b89b7748f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc46981c294baedc010534482d0dcd8c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fdf6ce193c1c665142ab7d389bca30f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4903fa5397c1dac04f0d6fe366d08db6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716b6e25f00fa32dbbed649e4cefb55e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e9e618230720d40a2d8f7b3bfa4ee6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1b406ef8f9e36afb43e8d57e06f184.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6cbda5518135713b4afdc8d666e945.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9527257adb3a8662b0441e7959952b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ddb0d420739713f82ffc2bdef84460.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d0208024c5720443738614a5f0b107.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd8ec27e1cc6370fab53d91045b7390.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569910</v>
+        <v>580502</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>135.0</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569927</v>
+        <v>580526</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>135.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569934</v>
+        <v>580533</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>0.76</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569941</v>
+        <v>580540</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569958</v>
+        <v>580595</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569965</v>
+        <v>580601</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>139.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569972</v>
+        <v>580618</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>139.0</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570015</v>
+        <v>580632</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570022</v>
+        <v>580656</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>2.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570077</v>
+        <v>580663</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570084</v>
+        <v>580694</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>10.5</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570091</v>
+        <v>580700</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>5.25</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570107</v>
+        <v>580717</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>5.25</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570114</v>
+        <v>580724</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>53.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570121</v>
+        <v>580748</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>2.2</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570138</v>
+        <v>580755</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>2.75</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570145</v>
+        <v>580762</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570152</v>
+        <v>580779</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>45.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570190</v>
+        <v>580786</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>21.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570206</v>
+        <v>580809</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>820.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>