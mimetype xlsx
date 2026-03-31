--- v1 (2026-02-13)
+++ v2 (2026-03-31)
@@ -14,209 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 12/02/2026 23:16</t>
-[...14 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 31/03/2026 02:13</t>
+  </si>
+  <si>
+    <t>DRIVER SHAMSONIC D800</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>SHAMSONIC</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR PORTATIL YM88209A</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MINI VENTILADOR SD-12 - 3 VELOCIDADES - BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>TV 58'' SMART LED JVC LT-58KM858 - UHD/SMART/4K/BT/QLED</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115A - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY3115B - BLT/IPX7/40W/FLIP</t>
+  </si>
+  <si>
+    <t>TERMICA INFANTIL INOVA VT-037 - 600ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>ADAPTADOR TOMADA 2 PINOS - PADRAO ARGENTINA AR</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TERMICA SPORTS EMBORRACHADA - 550ML</t>
+  </si>
+  <si>
+    <t>COPO TERMICO LOVE - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>KIT DE 3 LAMPADAS COM CONTROLE - 1+3COB - AAA</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8768 - BT/USB - 9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BAK BK-COC-220 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST127 - 600W - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST220 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL BRITANIA PRESS 180 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS RAF R.2509 - 16 UNID - 220V</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA VIDRO RAF R.7204 - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CABO RCA MEGA STAR RCA5 - 5M</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>FURADEIRA DE IMPACTO SATE A-TK842 - BIVOLT</t>
-[...116 lines deleted...]
-    <t>Motos el�tricas</t>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - RED GRAFFITI - S/G</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>HYE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd4b71ab02cb4e342c0ebe0243376e5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50eb454ff250be47562283a1e417c3b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75ecc0d9b24215a1b2b937ec63c77dd7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eed0cb239a477fd3fa4c7b90d8869610.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed6ddb6b80712c756b4f462e5e092be1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c48add12ebf91effdd1d592b5d6220cc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8aba6803aa0900b15b131d59cfb06c6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f9a55d86bcebb44bc3a1a10f6a4162.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43354f965daab5a99a3aa84b89b7748f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc46981c294baedc010534482d0dcd8c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fdf6ce193c1c665142ab7d389bca30f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4903fa5397c1dac04f0d6fe366d08db6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716b6e25f00fa32dbbed649e4cefb55e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e9e618230720d40a2d8f7b3bfa4ee6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab1b406ef8f9e36afb43e8d57e06f184.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec6cbda5518135713b4afdc8d666e945.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa9527257adb3a8662b0441e7959952b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ddb0d420739713f82ffc2bdef84460.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4d0208024c5720443738614a5f0b107.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dd8ec27e1cc6370fab53d91045b7390.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41f49a0cc126ca47fb2bde78c72ef9b0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9beae2d20eff2a8fda46403e676a1508.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a0a148234a2ab78a11a38cb6b0f97b7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de29fdb1adae3e23456c3b29c8c69fc0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2a910f11a18965ff7aa3836f8884389.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253b3b4ffc717baa002cebe75bfb6cf4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31c84c02ead44c1c2d40ac40176791e2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec951b2a37830eba3b5f6ed0a083533b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c84721a613784994416088576de29eb6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1094afaa926bb5e81d527582acbf3d6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/875ac12fd58d2d57d95d844052a96389.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e7e1b71a58cf64af4c779d412a2e70e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0486be9f3d240c3e072e625852f51e5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caf7ba1d019b3378856a88625853912.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fca4ad887ced9b85213a1e69f01c639b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac97336022115f44dbd76b9d0ea670d5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50debb029428e423859b1a3dafc34c87.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba083670e7cef8b96a7329a63940e909.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e9448e797d9df6f381c45ed69114506.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79fd944986df78ae9050914f9d0cc142.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580502</v>
+        <v>583435</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>59.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580526</v>
+        <v>583480</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580533</v>
+        <v>583497</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>21.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580540</v>
+        <v>583510</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>338.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580595</v>
+        <v>583527</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>0.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580601</v>
+        <v>583534</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>14.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580618</v>
+        <v>583572</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>0.59</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580632</v>
+        <v>583596</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>120.0</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580656</v>
+        <v>583602</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>310.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580663</v>
+        <v>583619</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>399.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580694</v>
+        <v>583626</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="F12" s="3">
-        <v>83.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580700</v>
+        <v>583633</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>187.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580717</v>
+        <v>583640</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" t="s">
         <v>35</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>217.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580724</v>
+        <v>583657</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>285.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580748</v>
+        <v>583664</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>43.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580755</v>
+        <v>583671</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>42.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580762</v>
+        <v>583688</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580779</v>
+        <v>583695</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580786</v>
+        <v>583701</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" t="s">
         <v>48</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580809</v>
+        <v>583725</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>820.0</v>
+        <v>115.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>